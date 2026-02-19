--- v0 (2025-10-30)
+++ v1 (2026-02-19)
@@ -6,59 +6,59 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\RiaPozybill\Downloads\Exceln zur Veröff\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\RiaPozybill\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC673714-6E1E-4AE3-A37C-F6B223D11A8E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB3305D6-E20B-4191-8B82-90DC99515074}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B8AA120A-12EC-44C8-A6F0-96E89D5B6FD9}"/>
   </bookViews>
   <sheets>
-    <sheet name="Tabelle1" sheetId="6" r:id="rId1"/>
+    <sheet name="Tabelle1" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Erg_R1_V1">#REF!</definedName>
     <definedName name="Erg_R1_V10">#REF!</definedName>
     <definedName name="Erg_R1_V11">#REF!</definedName>
     <definedName name="Erg_R1_V12">#REF!</definedName>
     <definedName name="Erg_R1_V13">#REF!</definedName>
     <definedName name="Erg_R1_V14">#REF!</definedName>
     <definedName name="Erg_R1_V15">#REF!</definedName>
     <definedName name="Erg_R1_V16">#REF!</definedName>
     <definedName name="Erg_R1_V2">#REF!</definedName>
     <definedName name="Erg_R1_V3">#REF!</definedName>
     <definedName name="Erg_R1_V4">#REF!</definedName>
     <definedName name="Erg_R1_V5">#REF!</definedName>
     <definedName name="Erg_R1_V6">#REF!</definedName>
     <definedName name="Erg_R1_V7">#REF!</definedName>
     <definedName name="Erg_R1_V8">#REF!</definedName>
     <definedName name="Erg_R1_V9">#REF!</definedName>
     <definedName name="Erg_R2_V1">#REF!</definedName>
     <definedName name="Erg_R2_V10">#REF!</definedName>
     <definedName name="Erg_R2_V11">#REF!</definedName>
     <definedName name="Erg_R2_V12">#REF!</definedName>
     <definedName name="Erg_R2_V13">#REF!</definedName>
     <definedName name="Erg_R2_V14">#REF!</definedName>
     <definedName name="Erg_R2_V15">#REF!</definedName>
@@ -374,86 +374,86 @@
     <definedName name="Erg_U9_V13">#REF!</definedName>
     <definedName name="Erg_U9_V14">#REF!</definedName>
     <definedName name="Erg_U9_V15">#REF!</definedName>
     <definedName name="Erg_U9_V16">#REF!</definedName>
     <definedName name="Erg_U9_V17">#REF!</definedName>
     <definedName name="Erg_U9_V18">#REF!</definedName>
     <definedName name="Erg_U9_V19">#REF!</definedName>
     <definedName name="Erg_U9_V2">#REF!</definedName>
     <definedName name="Erg_U9_V20">#REF!</definedName>
     <definedName name="Erg_U9_V21">#REF!</definedName>
     <definedName name="Erg_U9_V22">#REF!</definedName>
     <definedName name="Erg_U9_V23">#REF!</definedName>
     <definedName name="Erg_U9_V24">#REF!</definedName>
     <definedName name="Erg_U9_V25">#REF!</definedName>
     <definedName name="Erg_U9_V3">#REF!</definedName>
     <definedName name="Erg_U9_V4">#REF!</definedName>
     <definedName name="Erg_U9_V5">#REF!</definedName>
     <definedName name="Erg_U9_V6">#REF!</definedName>
     <definedName name="Erg_U9_V7">#REF!</definedName>
     <definedName name="Erg_U9_V8">#REF!</definedName>
     <definedName name="Erg_U9_V9">#REF!</definedName>
     <definedName name="Kalenderjahr">#REF!</definedName>
     <definedName name="Sum_u1113">#REF!</definedName>
     <definedName name="Tabelle_Feiertage">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191028" calcOnSave="0"/>
+  <calcPr calcId="191028"/>
   <customWorkbookViews>
     <customWorkbookView name="1_U07_ohne_ordinal_mit_Irrelevanz" guid="{54F5DCCB-8F2E-8449-AC73-1595D48F9C31}" yWindow="25" windowWidth="1771" windowHeight="1415" activeSheetId="10"/>
     <customWorkbookView name="1_U03_ohne_ordinal_mit_Irrelevanz" guid="{03052AE1-D000-5E4D-B08B-66A7BAB5E859}" yWindow="25" windowWidth="1824" windowHeight="1364" activeSheetId="5"/>
     <customWorkbookView name="1_U06_ohne_ordinal_mit_Irrelevanz" guid="{A0BD6FB5-3554-2E4C-807B-BBBC5C128E52}" xWindow="5" yWindow="25" windowWidth="1880" windowHeight="1415" activeSheetId="9"/>
     <customWorkbookView name="1_R1-8_ohne_ordinal_mit Irrelevanz" guid="{D97E70A1-6659-704E-B9E5-0FA03559346B}" xWindow="5" yWindow="25" windowWidth="1784" windowHeight="875" activeSheetId="14"/>
     <customWorkbookView name="1_U10_ohne_ordinal_mit_Irrelvanz" guid="{CFA2DFC2-6E98-2C40-99AD-2A143AA82600}" xWindow="5" yWindow="25" windowWidth="1784" windowHeight="875" activeSheetId="13"/>
     <customWorkbookView name="1_U09_ohne_ordinal_mit_Irrelevanz" guid="{55AE2304-890E-FB42-A71F-FF919DEB7F46}" xWindow="5" yWindow="25" windowWidth="1784" windowHeight="875" activeSheetId="12"/>
     <customWorkbookView name="1_U08_ohne_ordinal_mit_Irrelevanz" guid="{6D97E0A7-B9E9-134C-9AF8-10E8EB3C7692}" xWindow="5" yWindow="25" windowWidth="1784" windowHeight="875" activeSheetId="11"/>
     <customWorkbookView name="1_U05_ohne_ordinal_mit_Irrelevanz" guid="{C15095ED-9778-2242-B96A-353165188D00}" maximized="1" yWindow="24" windowWidth="1440" windowHeight="876" activeSheetId="8"/>
     <customWorkbookView name="1_U04_ohne_ordinal_mit_Irrelevanz" guid="{4631F51A-69FD-D94F-A0C4-5DD1E50CC33F}" maximized="1" yWindow="24" windowWidth="1440" windowHeight="876" activeSheetId="7"/>
     <customWorkbookView name="1_U02_ohne_ordinal_mit_Irrelevanz" guid="{1EEE22D1-FFCE-A740-9261-9526A03EE573}" yWindow="25" windowWidth="1784" windowHeight="875" activeSheetId="4"/>
     <customWorkbookView name="1_U01_ohne_ordinal_mit_Irrelevanz" guid="{62781E48-638B-0D4C-9D81-EADADB294BD2}" yWindow="25" windowWidth="1437" windowHeight="856" activeSheetId="3"/>
     <customWorkbookView name="2_R1-8_nur_Zielerreichungsgrade" guid="{5FCA0B66-DBE8-F043-8536-BD8F97C8A59C}" xWindow="5" yWindow="27" windowWidth="1324" windowHeight="1393" activeSheetId="14"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3321" uniqueCount="656">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3354" uniqueCount="655">
   <si>
     <t>Nutzwertanalyse Trassensuche H-Bi / Variantenvergleich</t>
   </si>
   <si>
     <t>Gewichtung</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>V1</t>
   </si>
   <si>
     <t>V2</t>
   </si>
   <si>
     <t>V3</t>
   </si>
   <si>
     <t>V4</t>
   </si>
   <si>
     <t>V5</t>
   </si>
   <si>
@@ -2349,78 +2349,75 @@
   <si>
     <t>T4.1</t>
   </si>
   <si>
     <t>Kompatibilität von Verkehrskonzepten</t>
   </si>
   <si>
     <t>– Verbal-argumentative Einzelfallbewertung (Punkte)</t>
   </si>
   <si>
     <t>T4.2</t>
   </si>
   <si>
     <t>Teilinbetriebnahmen</t>
   </si>
   <si>
     <t>T4.3</t>
   </si>
   <si>
     <t>Sperrpausennotwendigkeit</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>o</t>
+  </si>
+  <si>
     <t>+</t>
   </si>
   <si>
-    <t>o</t>
+    <t/>
+  </si>
+  <si>
+    <t>--</t>
   </si>
   <si>
     <t>++</t>
   </si>
   <si>
-    <t>--</t>
-[...4 lines deleted...]
-  <si>
     <t>irrelevant</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>– Messwerte (Anzahl/qualitativ)</t>
   </si>
   <si>
     <t>Schallimmissionen in VR industr. Anlagen + Gewerbe; Standort Sicher. + Entwickl. von Arbeitsstätten; VR  gewerbl- + industr. Nutzungen; Gewerbe- + Industriegebiete (Schall-Isophone 16. BImSchV) – Bestand und Planung</t>
-  </si>
-[...1 lines deleted...]
-    <t>!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0_ ;[Red]\-#,##0.0\ "/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
   </numFmts>
   <fonts count="36">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2649,54 +2646,56 @@
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFC572D"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF000000"/>
+      <i/>
+      <sz val="10"/>
+      <color theme="0" tint="-4.9989318521683403E-2"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="18">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFC572D"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
@@ -2759,51 +2758,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="63">
+  <borders count="62">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
@@ -3568,72 +3567,66 @@
       <left style="thick">
         <color theme="0"/>
       </left>
       <right style="dashed">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dashed">
         <color theme="0"/>
       </left>
       <right style="thick">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="256">
+  <cellXfs count="260">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -4045,50 +4038,53 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="52" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="49" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="54" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="12" fillId="3" borderId="50" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="12" fillId="3" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="3" borderId="10" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="3" borderId="5" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="3" borderId="33" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4250,50 +4246,51 @@
     <xf numFmtId="1" fontId="20" fillId="17" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="26" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="30" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="3" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="25" fillId="3" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="32" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="29" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="28" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="28" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="27" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="27" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="27" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="27" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="27" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4319,94 +4316,81 @@
     </xf>
     <xf numFmtId="49" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="33" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="27" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="32" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="34" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="28" fillId="16" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="3" fontId="35" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="35" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Link 2" xfId="2" xr:uid="{B9BC1F70-8FC4-4B40-88B1-9152A70CDAFD}"/>
     <cellStyle name="Link 3" xfId="3" xr:uid="{C2142813-F706-477D-8B8C-2523DEFF09C2}"/>
     <cellStyle name="Prozent" xfId="4" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{A1E949BF-8F8E-4BA7-8C7B-708B736A6FD9}"/>
   </cellStyles>
-  <dxfs count="58">
-[...9 lines deleted...]
-    </dxf>
+  <dxfs count="57">
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
       <fill>
@@ -5201,34747 +5185,34656 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32E1F018-8491-4159-B653-52648EED8B95}">
-  <dimension ref="A1:U723"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E035492-1EE8-4870-89A1-D45124067712}">
+  <sheetPr>
+    <outlinePr summaryBelow="0"/>
+  </sheetPr>
+  <dimension ref="A1:T723"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="78" workbookViewId="0">
-      <selection activeCell="B734" sqref="B734"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B732" sqref="B732"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" outlineLevelRow="2"/>
   <cols>
-    <col min="2" max="2" width="94" customWidth="1"/>
+    <col min="2" max="2" width="75.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="245" customFormat="1" ht="39.950000000000003" customHeight="1">
-[...4 lines deleted...]
-      <c r="C1" s="250" t="s">
+    <row r="1" spans="1:16" s="250" customFormat="1" ht="39.950000000000003" customHeight="1">
+      <c r="A1" s="244" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="245"/>
+      <c r="C1" s="254" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="250" t="s">
+      <c r="D1" s="254" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="241" t="s">
+      <c r="E1" s="246" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="242" t="s">
+      <c r="F1" s="247" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="243" t="s">
+      <c r="G1" s="248" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="243" t="s">
+      <c r="H1" s="248" t="s">
         <v>6</v>
       </c>
-      <c r="I1" s="244" t="s">
+      <c r="I1" s="249" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="243" t="s">
+      <c r="J1" s="248" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="244" t="s">
+      <c r="K1" s="249" t="s">
         <v>9</v>
       </c>
-      <c r="L1" s="243" t="s">
+      <c r="L1" s="248" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="244" t="s">
+      <c r="M1" s="249" t="s">
         <v>11</v>
       </c>
-      <c r="N1" s="243" t="s">
+      <c r="N1" s="248" t="s">
         <v>12</v>
       </c>
-      <c r="O1" s="244" t="s">
+      <c r="O1" s="249" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="243" t="s">
+      <c r="P1" s="248" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:16" s="1" customFormat="1" ht="39.950000000000003" customHeight="1">
-      <c r="A2" s="99" t="s">
+      <c r="A2" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="B2" s="100" t="s">
+      <c r="B2" s="103" t="s">
         <v>16</v>
       </c>
-      <c r="C2" s="133" t="s">
+      <c r="C2" s="136" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="155" t="s">
+      <c r="D2" s="159" t="s">
         <v>17</v>
       </c>
-      <c r="E2" s="224" t="s">
+      <c r="E2" s="229" t="s">
         <v>645</v>
       </c>
-      <c r="F2" s="224" t="s">
+      <c r="F2" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J2" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="K2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="L2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M2" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O2" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="P2" s="229" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" collapsed="1" thickBot="1">
+      <c r="A3" s="101"/>
+      <c r="B3" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" s="136"/>
+      <c r="D3" s="160"/>
+      <c r="E3" s="240">
+        <v>38.623259770912824</v>
+      </c>
+      <c r="F3" s="240">
+        <v>45.067110339150211</v>
+      </c>
+      <c r="G3" s="240">
+        <v>78.157781193660469</v>
+      </c>
+      <c r="H3" s="240">
+        <v>73.107244084340195</v>
+      </c>
+      <c r="I3" s="240">
+        <v>64.296598881372205</v>
+      </c>
+      <c r="J3" s="240">
+        <v>59.226332473670915</v>
+      </c>
+      <c r="K3" s="240">
+        <v>60.852498098454525</v>
+      </c>
+      <c r="L3" s="240">
+        <v>66.040770849432192</v>
+      </c>
+      <c r="M3" s="240">
+        <v>43.929080294677036</v>
+      </c>
+      <c r="N3" s="240">
+        <v>74.807060656760129</v>
+      </c>
+      <c r="O3" s="240">
+        <v>70.355342886301372</v>
+      </c>
+      <c r="P3" s="240">
+        <v>54.200468891343917</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" s="5" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A4" s="85" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="218">
+        <v>3</v>
+      </c>
+      <c r="D4" s="161">
+        <v>0.1875</v>
+      </c>
+      <c r="E4" s="229" t="s">
         <v>645</v>
       </c>
-      <c r="G2" s="224" t="s">
+      <c r="F4" s="229" t="s">
         <v>646</v>
       </c>
-      <c r="H2" s="224" t="s">
+      <c r="G4" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H4" s="229" t="s">
         <v>646</v>
       </c>
-      <c r="I2" s="224" t="s">
+      <c r="I4" s="229" t="s">
         <v>647</v>
       </c>
-      <c r="J2" s="224" t="s">
+      <c r="J4" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="K4" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L4" s="229" t="s">
         <v>647</v>
       </c>
-      <c r="K2" s="224" t="s">
+      <c r="M4" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="N4" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O4" s="229" t="s">
         <v>646</v>
       </c>
-      <c r="L2" s="224" t="s">
+      <c r="P4" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A5" s="78"/>
+      <c r="B5" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="137"/>
+      <c r="D5" s="162"/>
+      <c r="E5" s="242">
+        <v>26.729568740426998</v>
+      </c>
+      <c r="F5" s="242">
+        <v>49.608109154751666</v>
+      </c>
+      <c r="G5" s="242">
+        <v>76.921968433041741</v>
+      </c>
+      <c r="H5" s="242">
+        <v>57.370653243423568</v>
+      </c>
+      <c r="I5" s="242">
+        <v>66.818702135660715</v>
+      </c>
+      <c r="J5" s="242">
+        <v>47.48867520480573</v>
+      </c>
+      <c r="K5" s="242">
+        <v>43.679314388905595</v>
+      </c>
+      <c r="L5" s="242">
+        <v>63.279967851302636</v>
+      </c>
+      <c r="M5" s="242">
+        <v>60.323797254310122</v>
+      </c>
+      <c r="N5" s="242">
+        <v>70.435311543898294</v>
+      </c>
+      <c r="O5" s="242">
+        <v>54.589706081432546</v>
+      </c>
+      <c r="P5" s="242">
+        <v>75.063354533923786</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A6" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="133">
+        <v>3</v>
+      </c>
+      <c r="D6" s="163">
+        <v>0.15625</v>
+      </c>
+      <c r="E6" s="221">
+        <v>26.532336217666078</v>
+      </c>
+      <c r="F6" s="221">
+        <v>53.521795075530996</v>
+      </c>
+      <c r="G6" s="221">
+        <v>79.381043919083552</v>
+      </c>
+      <c r="H6" s="221">
+        <v>54.056166659277075</v>
+      </c>
+      <c r="I6" s="221">
+        <v>72.890456607888623</v>
+      </c>
+      <c r="J6" s="221">
+        <v>47.847919028927741</v>
+      </c>
+      <c r="K6" s="221">
+        <v>42.185745918938146</v>
+      </c>
+      <c r="L6" s="221">
+        <v>67.552158050421212</v>
+      </c>
+      <c r="M6" s="221">
+        <v>65.47201103580359</v>
+      </c>
+      <c r="N6" s="221">
+        <v>67.154888333681996</v>
+      </c>
+      <c r="O6" s="221">
+        <v>46.29720409317121</v>
+      </c>
+      <c r="P6" s="221">
+        <v>74.157202227370377</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A7" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="133">
+        <v>2.5</v>
+      </c>
+      <c r="D7" s="164">
+        <v>4.8828125E-2</v>
+      </c>
+      <c r="E7" s="221">
+        <v>39.069664902998241</v>
+      </c>
+      <c r="F7" s="221">
+        <v>76.84142764318203</v>
+      </c>
+      <c r="G7" s="221">
+        <v>83.517543859649123</v>
+      </c>
+      <c r="H7" s="221">
+        <v>51.005847953216367</v>
+      </c>
+      <c r="I7" s="221">
+        <v>90.350877192982466</v>
+      </c>
+      <c r="J7" s="221">
+        <v>58.672514619883032</v>
+      </c>
+      <c r="K7" s="221">
+        <v>15.755490578297602</v>
+      </c>
+      <c r="L7" s="221">
+        <v>48.501104613385316</v>
+      </c>
+      <c r="M7" s="221">
+        <v>75.07936507936509</v>
+      </c>
+      <c r="N7" s="221">
+        <v>47.967771280051991</v>
+      </c>
+      <c r="O7" s="221">
+        <v>15.456075373619232</v>
+      </c>
+      <c r="P7" s="221">
+        <v>75.07936507936509</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" s="8" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A8" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="133">
+        <v>2</v>
+      </c>
+      <c r="D8" s="165">
+        <v>1.953125E-2</v>
+      </c>
+      <c r="E8" s="221">
+        <v>2.0833333333333477</v>
+      </c>
+      <c r="F8" s="221">
+        <v>61.416666666666686</v>
+      </c>
+      <c r="G8" s="221">
+        <v>69.583333333333343</v>
+      </c>
+      <c r="H8" s="221">
+        <v>19.999999999999989</v>
+      </c>
+      <c r="I8" s="221">
+        <v>86.666666666666671</v>
+      </c>
+      <c r="J8" s="221">
+        <v>39.166666666666657</v>
+      </c>
+      <c r="K8" s="221">
+        <v>35.75</v>
+      </c>
+      <c r="L8" s="221">
+        <v>85.333333333333329</v>
+      </c>
+      <c r="M8" s="221">
+        <v>91.666666666666671</v>
+      </c>
+      <c r="N8" s="221">
+        <v>84</v>
+      </c>
+      <c r="O8" s="221">
+        <v>34.416666666666657</v>
+      </c>
+      <c r="P8" s="221">
+        <v>91.666666666666671</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" customFormat="1" ht="38.25" hidden="1" outlineLevel="2">
+      <c r="A9" s="49" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="133">
+        <v>2</v>
+      </c>
+      <c r="D9" s="164">
+        <v>1.3020833333333299E-2</v>
+      </c>
+      <c r="E9" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="F9" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="G9" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="H9" s="221" t="s">
+        <v>645</v>
+      </c>
+      <c r="I9" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="J9" s="221" t="s">
         <v>646</v>
       </c>
-      <c r="M2" s="224" t="s">
+      <c r="K9" s="221" t="s">
+        <v>645</v>
+      </c>
+      <c r="L9" s="221" t="s">
         <v>647</v>
       </c>
-      <c r="N2" s="224" t="s">
+      <c r="M9" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="N9" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="O9" s="221" t="s">
+        <v>645</v>
+      </c>
+      <c r="P9" s="221" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A10" s="6"/>
+      <c r="B10" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="219" t="s">
         <v>648</v>
       </c>
-      <c r="O2" s="224" t="s">
+      <c r="D10" s="220">
+        <v>0.59523809523809523</v>
+      </c>
+      <c r="E10" s="231">
+        <v>8.4</v>
+      </c>
+      <c r="F10" s="231">
+        <v>5.1999999999999993</v>
+      </c>
+      <c r="G10" s="231">
+        <v>4.8999999999999995</v>
+      </c>
+      <c r="H10" s="231">
+        <v>6.9</v>
+      </c>
+      <c r="I10" s="231">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J10" s="231">
+        <v>6.4</v>
+      </c>
+      <c r="K10" s="231">
+        <v>6.5</v>
+      </c>
+      <c r="L10" s="231">
+        <v>4.5</v>
+      </c>
+      <c r="M10" s="231">
+        <v>3.4</v>
+      </c>
+      <c r="N10" s="231">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="O10" s="231">
+        <v>6.6000000000000005</v>
+      </c>
+      <c r="P10" s="231">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A11" s="6"/>
+      <c r="B11" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="139"/>
+      <c r="D11" s="166"/>
+      <c r="E11" s="230">
+        <v>0</v>
+      </c>
+      <c r="F11" s="230">
+        <v>64.000000000000014</v>
+      </c>
+      <c r="G11" s="230">
+        <v>70.000000000000014</v>
+      </c>
+      <c r="H11" s="230">
+        <v>29.999999999999986</v>
+      </c>
+      <c r="I11" s="230">
+        <v>80</v>
+      </c>
+      <c r="J11" s="230">
+        <v>39.999999999999986</v>
+      </c>
+      <c r="K11" s="230">
+        <v>38</v>
+      </c>
+      <c r="L11" s="230">
+        <v>78</v>
+      </c>
+      <c r="M11" s="230">
+        <v>100</v>
+      </c>
+      <c r="N11" s="230">
+        <v>76</v>
+      </c>
+      <c r="O11" s="230">
+        <v>35.999999999999986</v>
+      </c>
+      <c r="P11" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" customFormat="1" ht="38.25" hidden="1" outlineLevel="2">
+      <c r="A12" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="133">
+        <v>1</v>
+      </c>
+      <c r="D12" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E12" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="F12" s="221" t="s">
         <v>646</v>
       </c>
-      <c r="P2" s="224" t="s">
+      <c r="G12" s="221" t="s">
         <v>647</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B3" s="76" t="s">
+      <c r="H12" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="I12" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="J12" s="221" t="s">
+        <v>645</v>
+      </c>
+      <c r="K12" s="221" t="s">
+        <v>645</v>
+      </c>
+      <c r="L12" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="M12" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="N12" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="O12" s="221" t="s">
+        <v>645</v>
+      </c>
+      <c r="P12" s="221" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A13" s="6"/>
+      <c r="B13" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D13" s="220">
+        <v>0.38095238095238093</v>
+      </c>
+      <c r="E13" s="231">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="F13" s="231">
+        <v>3.3</v>
+      </c>
+      <c r="G13" s="231">
+        <v>3.1</v>
+      </c>
+      <c r="H13" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="I13" s="231">
+        <v>2.6</v>
+      </c>
+      <c r="J13" s="231">
+        <v>3.6</v>
+      </c>
+      <c r="K13" s="231">
+        <v>3.7</v>
+      </c>
+      <c r="L13" s="231">
+        <v>2.6</v>
+      </c>
+      <c r="M13" s="231">
+        <v>3</v>
+      </c>
+      <c r="N13" s="231">
+        <v>2.6</v>
+      </c>
+      <c r="O13" s="231">
+        <v>3.7</v>
+      </c>
+      <c r="P13" s="231">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A14" s="6"/>
+      <c r="B14" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="135"/>
+      <c r="D14" s="168"/>
+      <c r="E14" s="230">
+        <v>6.2500000000000426</v>
+      </c>
+      <c r="F14" s="230">
+        <v>56.250000000000021</v>
+      </c>
+      <c r="G14" s="230">
+        <v>68.75</v>
+      </c>
+      <c r="H14" s="230">
+        <v>0</v>
+      </c>
+      <c r="I14" s="230">
+        <v>100</v>
+      </c>
+      <c r="J14" s="230">
+        <v>37.5</v>
+      </c>
+      <c r="K14" s="230">
+        <v>31.25</v>
+      </c>
+      <c r="L14" s="230">
+        <v>100</v>
+      </c>
+      <c r="M14" s="230">
+        <v>75</v>
+      </c>
+      <c r="N14" s="230">
+        <v>100</v>
+      </c>
+      <c r="O14" s="230">
+        <v>31.25</v>
+      </c>
+      <c r="P14" s="230">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" customFormat="1" ht="54" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A15" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="133">
+        <v>2</v>
+      </c>
+      <c r="D15" s="165">
+        <v>0.02</v>
+      </c>
+      <c r="E15" s="221">
+        <v>95.590828924162267</v>
+      </c>
+      <c r="F15" s="221">
+        <v>97.178130511463849</v>
+      </c>
+      <c r="G15" s="221">
+        <v>100</v>
+      </c>
+      <c r="H15" s="221">
+        <v>100</v>
+      </c>
+      <c r="I15" s="221">
+        <v>100</v>
+      </c>
+      <c r="J15" s="221">
+        <v>100</v>
+      </c>
+      <c r="K15" s="221">
+        <v>2.4691358024691397</v>
+      </c>
+      <c r="L15" s="221">
+        <v>2.4691358024691397</v>
+      </c>
+      <c r="M15" s="221">
+        <v>46.031746031746032</v>
+      </c>
+      <c r="N15" s="221">
+        <v>2.4691358024691397</v>
+      </c>
+      <c r="O15" s="221">
+        <v>2.4691358024691397</v>
+      </c>
+      <c r="P15" s="221">
+        <v>46.031746031746032</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A16" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="133">
+        <v>2</v>
+      </c>
+      <c r="D16" s="167">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E16" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="F16" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="G16" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="H16" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="I16" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="J16" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="K16" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="L16" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="M16" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="N16" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="O16" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="P16" s="221" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A17" s="6"/>
+      <c r="B17" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D17" s="220">
+        <v>1</v>
+      </c>
+      <c r="E17" s="231">
+        <v>0.2</v>
+      </c>
+      <c r="F17" s="231">
+        <v>0.1</v>
+      </c>
+      <c r="G17" s="231">
+        <v>0</v>
+      </c>
+      <c r="H17" s="231">
+        <v>0</v>
+      </c>
+      <c r="I17" s="231">
+        <v>0</v>
+      </c>
+      <c r="J17" s="231">
+        <v>0</v>
+      </c>
+      <c r="K17" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="L17" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="M17" s="231">
+        <v>1.2999999999999998</v>
+      </c>
+      <c r="N17" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="O17" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="P17" s="231">
+        <v>1.2999999999999998</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A18" s="6"/>
+      <c r="B18" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="135"/>
+      <c r="D18" s="168"/>
+      <c r="E18" s="230">
+        <v>95.238095238095241</v>
+      </c>
+      <c r="F18" s="230">
+        <v>97.61904761904762</v>
+      </c>
+      <c r="G18" s="230">
+        <v>100</v>
+      </c>
+      <c r="H18" s="230">
+        <v>100</v>
+      </c>
+      <c r="I18" s="230">
+        <v>100</v>
+      </c>
+      <c r="J18" s="230">
+        <v>100</v>
+      </c>
+      <c r="K18" s="230">
+        <v>0</v>
+      </c>
+      <c r="L18" s="230">
+        <v>0</v>
+      </c>
+      <c r="M18" s="230">
+        <v>69.047619047619051</v>
+      </c>
+      <c r="N18" s="230">
+        <v>0</v>
+      </c>
+      <c r="O18" s="230">
+        <v>0</v>
+      </c>
+      <c r="P18" s="230">
+        <v>69.047619047619051</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A19" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="133">
+        <v>1</v>
+      </c>
+      <c r="D19" s="167">
+        <v>6.9999999999999993E-3</v>
+      </c>
+      <c r="E19" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="F19" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="G19" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="H19" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="I19" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="J19" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="K19" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="L19" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="M19" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="N19" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="O19" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="P19" s="221" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A20" s="6"/>
+      <c r="B20" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D20" s="220">
+        <v>1</v>
+      </c>
+      <c r="E20" s="231">
+        <v>0.1</v>
+      </c>
+      <c r="F20" s="231">
+        <v>0.1</v>
+      </c>
+      <c r="G20" s="231">
+        <v>0</v>
+      </c>
+      <c r="H20" s="231">
+        <v>0</v>
+      </c>
+      <c r="I20" s="231">
+        <v>0</v>
+      </c>
+      <c r="J20" s="231">
+        <v>0</v>
+      </c>
+      <c r="K20" s="231">
+        <v>2.5</v>
+      </c>
+      <c r="L20" s="231">
+        <v>2.5</v>
+      </c>
+      <c r="M20" s="231">
+        <v>2.7</v>
+      </c>
+      <c r="N20" s="231">
+        <v>2.5</v>
+      </c>
+      <c r="O20" s="231">
+        <v>2.5</v>
+      </c>
+      <c r="P20" s="231">
+        <v>2.7</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A21" s="6"/>
+      <c r="B21" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="135"/>
+      <c r="D21" s="168"/>
+      <c r="E21" s="230">
+        <v>96.296296296296291</v>
+      </c>
+      <c r="F21" s="230">
+        <v>96.296296296296291</v>
+      </c>
+      <c r="G21" s="230">
+        <v>100</v>
+      </c>
+      <c r="H21" s="230">
+        <v>100</v>
+      </c>
+      <c r="I21" s="230">
+        <v>100</v>
+      </c>
+      <c r="J21" s="230">
+        <v>100</v>
+      </c>
+      <c r="K21" s="230">
+        <v>7.407407407407419</v>
+      </c>
+      <c r="L21" s="230">
+        <v>7.407407407407419</v>
+      </c>
+      <c r="M21" s="230">
+        <v>0</v>
+      </c>
+      <c r="N21" s="230">
+        <v>7.407407407407419</v>
+      </c>
+      <c r="O21" s="230">
+        <v>7.407407407407419</v>
+      </c>
+      <c r="P21" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" customFormat="1" ht="45.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A22" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="133">
+        <v>1</v>
+      </c>
+      <c r="D22" s="167">
+        <v>0.01</v>
+      </c>
+      <c r="E22" s="221">
+        <v>0</v>
+      </c>
+      <c r="F22" s="221">
+        <v>67.017543859649123</v>
+      </c>
+      <c r="G22" s="221">
+        <v>78.421052631578945</v>
+      </c>
+      <c r="H22" s="221">
+        <v>15.029239766081872</v>
+      </c>
+      <c r="I22" s="221">
+        <v>78.421052631578945</v>
+      </c>
+      <c r="J22" s="221">
+        <v>15.029239766081872</v>
+      </c>
+      <c r="K22" s="221">
+        <v>2.3391812865497266</v>
+      </c>
+      <c r="L22" s="221">
+        <v>66.900584795321649</v>
+      </c>
+      <c r="M22" s="221">
+        <v>100</v>
+      </c>
+      <c r="N22" s="221">
+        <v>66.900584795321649</v>
+      </c>
+      <c r="O22" s="221">
+        <v>3.5087719298245665</v>
+      </c>
+      <c r="P22" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A23" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="133">
+        <v>2</v>
+      </c>
+      <c r="D23" s="167">
+        <v>6.9999999999999993E-3</v>
+      </c>
+      <c r="E23" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="F23" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="G23" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="H23" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="I23" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="J23" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="K23" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="L23" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="M23" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="N23" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="O23" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="P23" s="221" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A24" s="6"/>
+      <c r="B24" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D24" s="220">
+        <v>0.6785714285714286</v>
+      </c>
+      <c r="E24" s="231">
+        <v>8.4</v>
+      </c>
+      <c r="F24" s="231">
+        <v>4</v>
+      </c>
+      <c r="G24" s="231">
+        <v>3.5</v>
+      </c>
+      <c r="H24" s="231">
+        <v>7.4</v>
+      </c>
+      <c r="I24" s="231">
+        <v>3.5</v>
+      </c>
+      <c r="J24" s="231">
+        <v>7.4</v>
+      </c>
+      <c r="K24" s="231">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="L24" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="M24" s="231">
+        <v>2.7</v>
+      </c>
+      <c r="N24" s="231">
+        <v>4.2</v>
+      </c>
+      <c r="O24" s="231">
+        <v>8.1</v>
+      </c>
+      <c r="P24" s="231">
+        <v>2.7</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A25" s="6"/>
+      <c r="B25" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C25" s="135"/>
+      <c r="D25" s="168"/>
+      <c r="E25" s="230">
+        <v>0</v>
+      </c>
+      <c r="F25" s="230">
+        <v>77.192982456140356</v>
+      </c>
+      <c r="G25" s="230">
+        <v>85.964912280701753</v>
+      </c>
+      <c r="H25" s="230">
+        <v>17.543859649122808</v>
+      </c>
+      <c r="I25" s="230">
+        <v>85.964912280701753</v>
+      </c>
+      <c r="J25" s="230">
+        <v>17.543859649122808</v>
+      </c>
+      <c r="K25" s="230">
+        <v>3.5087719298245901</v>
+      </c>
+      <c r="L25" s="230">
+        <v>73.684210526315795</v>
+      </c>
+      <c r="M25" s="230">
+        <v>100</v>
+      </c>
+      <c r="N25" s="230">
+        <v>73.684210526315795</v>
+      </c>
+      <c r="O25" s="230">
+        <v>5.2631578947368496</v>
+      </c>
+      <c r="P25" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A26" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C26" s="133">
+        <v>1</v>
+      </c>
+      <c r="D26" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E26" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="F26" s="221" t="s">
+        <v>646</v>
+      </c>
+      <c r="G26" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="H26" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="I26" s="221" t="s">
+        <v>647</v>
+      </c>
+      <c r="J26" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="K26" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="L26" s="221" t="s">
+        <v>646</v>
+      </c>
+      <c r="M26" s="221" t="s">
+        <v>650</v>
+      </c>
+      <c r="N26" s="221" t="s">
+        <v>646</v>
+      </c>
+      <c r="O26" s="221" t="s">
+        <v>649</v>
+      </c>
+      <c r="P26" s="221" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A27" s="6"/>
+      <c r="B27" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C27" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D27" s="220">
+        <v>0.69767441860465118</v>
+      </c>
+      <c r="E27" s="231">
+        <v>4.3</v>
+      </c>
+      <c r="F27" s="231">
+        <v>2.9</v>
+      </c>
+      <c r="G27" s="231">
+        <v>2.4</v>
+      </c>
+      <c r="H27" s="231">
+        <v>4</v>
+      </c>
+      <c r="I27" s="231">
+        <v>2.4</v>
+      </c>
+      <c r="J27" s="231">
+        <v>4</v>
+      </c>
+      <c r="K27" s="231">
+        <v>4.3</v>
+      </c>
+      <c r="L27" s="231">
+        <v>2.7</v>
+      </c>
+      <c r="M27" s="231">
+        <v>1.3</v>
+      </c>
+      <c r="N27" s="231">
+        <v>2.7</v>
+      </c>
+      <c r="O27" s="231">
+        <v>4.3</v>
+      </c>
+      <c r="P27" s="231">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A28" s="6"/>
+      <c r="B28" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C28" s="135"/>
+      <c r="D28" s="168"/>
+      <c r="E28" s="230">
+        <v>0</v>
+      </c>
+      <c r="F28" s="230">
+        <v>46.666666666666664</v>
+      </c>
+      <c r="G28" s="230">
+        <v>63.333333333333336</v>
+      </c>
+      <c r="H28" s="230">
+        <v>10</v>
+      </c>
+      <c r="I28" s="230">
+        <v>63.333333333333336</v>
+      </c>
+      <c r="J28" s="230">
+        <v>10</v>
+      </c>
+      <c r="K28" s="230">
+        <v>0</v>
+      </c>
+      <c r="L28" s="230">
+        <v>53.333333333333336</v>
+      </c>
+      <c r="M28" s="230">
+        <v>100</v>
+      </c>
+      <c r="N28" s="230">
+        <v>53.333333333333336</v>
+      </c>
+      <c r="O28" s="230">
+        <v>0</v>
+      </c>
+      <c r="P28" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A29" s="26" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C29" s="133">
+        <v>3</v>
+      </c>
+      <c r="D29" s="167">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="E29" s="221">
+        <v>0.439453125</v>
+      </c>
+      <c r="F29" s="221">
+        <v>30.396159868078776</v>
+      </c>
+      <c r="G29" s="221">
+        <v>82.723251203353897</v>
+      </c>
+      <c r="H29" s="221">
+        <v>50.777154406415669</v>
+      </c>
+      <c r="I29" s="221">
+        <v>71.985650349165482</v>
+      </c>
+      <c r="J29" s="221">
+        <v>40.050958309896806</v>
+      </c>
+      <c r="K29" s="221">
+        <v>53.218077767212328</v>
+      </c>
+      <c r="L29" s="221">
+        <v>85.144305040687954</v>
+      </c>
+      <c r="M29" s="221">
+        <v>70.034635057130146</v>
+      </c>
+      <c r="N29" s="221">
+        <v>95.079320266070496</v>
+      </c>
+      <c r="O29" s="221">
+        <v>63.161556093475006</v>
+      </c>
+      <c r="P29" s="221">
+        <v>79.980597073825663</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A30" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" s="133">
+        <v>3</v>
+      </c>
+      <c r="D30" s="167">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="E30" s="221">
+        <v>0</v>
+      </c>
+      <c r="F30" s="221">
+        <v>34.208696228102127</v>
+      </c>
+      <c r="G30" s="221">
+        <v>77.991191177931583</v>
+      </c>
+      <c r="H30" s="221">
+        <v>41.7558035566447</v>
+      </c>
+      <c r="I30" s="221">
+        <v>77.881908798887309</v>
+      </c>
+      <c r="J30" s="221">
+        <v>41.643209590356655</v>
+      </c>
+      <c r="K30" s="221">
+        <v>52.677418286584761</v>
+      </c>
+      <c r="L30" s="221">
+        <v>88.886313209921511</v>
+      </c>
+      <c r="M30" s="221">
+        <v>84.779945027651749</v>
+      </c>
+      <c r="N30" s="221">
+        <v>100</v>
+      </c>
+      <c r="O30" s="221">
+        <v>63.791105076663243</v>
+      </c>
+      <c r="P30" s="221">
+        <v>95.89694340497401</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A31" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C31" s="133">
+        <v>0</v>
+      </c>
+      <c r="D31" s="167">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="E31" s="230">
+        <v>0</v>
+      </c>
+      <c r="F31" s="230">
+        <v>0</v>
+      </c>
+      <c r="G31" s="230">
+        <v>0</v>
+      </c>
+      <c r="H31" s="230">
+        <v>0</v>
+      </c>
+      <c r="I31" s="230">
+        <v>0</v>
+      </c>
+      <c r="J31" s="230">
+        <v>0</v>
+      </c>
+      <c r="K31" s="230">
+        <v>0</v>
+      </c>
+      <c r="L31" s="230">
+        <v>0</v>
+      </c>
+      <c r="M31" s="230">
+        <v>0</v>
+      </c>
+      <c r="N31" s="230">
+        <v>0</v>
+      </c>
+      <c r="O31" s="230">
+        <v>0</v>
+      </c>
+      <c r="P31" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A32" s="6"/>
+      <c r="B32" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D32" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E32" s="231">
+        <v>0</v>
+      </c>
+      <c r="F32" s="231">
+        <v>0</v>
+      </c>
+      <c r="G32" s="231">
+        <v>0</v>
+      </c>
+      <c r="H32" s="231">
+        <v>0</v>
+      </c>
+      <c r="I32" s="231">
+        <v>0</v>
+      </c>
+      <c r="J32" s="231">
+        <v>0</v>
+      </c>
+      <c r="K32" s="231">
+        <v>0</v>
+      </c>
+      <c r="L32" s="231">
+        <v>0</v>
+      </c>
+      <c r="M32" s="231">
+        <v>0</v>
+      </c>
+      <c r="N32" s="231">
+        <v>0</v>
+      </c>
+      <c r="O32" s="231">
+        <v>0</v>
+      </c>
+      <c r="P32" s="231">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A33" s="6"/>
+      <c r="B33" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" s="135"/>
+      <c r="D33" s="168"/>
+      <c r="E33" s="230">
+        <v>0</v>
+      </c>
+      <c r="F33" s="230">
+        <v>0</v>
+      </c>
+      <c r="G33" s="230">
+        <v>0</v>
+      </c>
+      <c r="H33" s="230">
+        <v>0</v>
+      </c>
+      <c r="I33" s="230">
+        <v>0</v>
+      </c>
+      <c r="J33" s="230">
+        <v>0</v>
+      </c>
+      <c r="K33" s="230">
+        <v>0</v>
+      </c>
+      <c r="L33" s="230">
+        <v>0</v>
+      </c>
+      <c r="M33" s="230">
+        <v>0</v>
+      </c>
+      <c r="N33" s="230">
+        <v>0</v>
+      </c>
+      <c r="O33" s="230">
+        <v>0</v>
+      </c>
+      <c r="P33" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A34" s="49" t="s">
+        <v>51</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C34" s="133">
+        <v>1</v>
+      </c>
+      <c r="D34" s="167">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="E34" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F34" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G34" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H34" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I34" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J34" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K34" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L34" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M34" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N34" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O34" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P34" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A35" s="6"/>
+      <c r="B35" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="C35" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D35" s="220">
+        <v>0.28435425396675928</v>
+      </c>
+      <c r="E35" s="231">
+        <v>106195</v>
+      </c>
+      <c r="F35" s="231">
+        <v>95865</v>
+      </c>
+      <c r="G35" s="231">
+        <v>82644</v>
+      </c>
+      <c r="H35" s="231">
+        <v>93586</v>
+      </c>
+      <c r="I35" s="231">
+        <v>82677</v>
+      </c>
+      <c r="J35" s="231">
+        <v>93620</v>
+      </c>
+      <c r="K35" s="231">
+        <v>90288</v>
+      </c>
+      <c r="L35" s="231">
+        <v>79354</v>
+      </c>
+      <c r="M35" s="231">
+        <v>80594</v>
+      </c>
+      <c r="N35" s="231">
+        <v>75998</v>
+      </c>
+      <c r="O35" s="231">
+        <v>86932</v>
+      </c>
+      <c r="P35" s="231">
+        <v>77237</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A36" s="6"/>
+      <c r="B36" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C36" s="135"/>
+      <c r="D36" s="168"/>
+      <c r="E36" s="230">
+        <v>0</v>
+      </c>
+      <c r="F36" s="230">
+        <v>34.208696228102127</v>
+      </c>
+      <c r="G36" s="230">
+        <v>77.991191177931583</v>
+      </c>
+      <c r="H36" s="230">
+        <v>41.7558035566447</v>
+      </c>
+      <c r="I36" s="230">
+        <v>77.881908798887309</v>
+      </c>
+      <c r="J36" s="230">
+        <v>41.643209590356655</v>
+      </c>
+      <c r="K36" s="230">
+        <v>52.677418286584761</v>
+      </c>
+      <c r="L36" s="230">
+        <v>88.886313209921511</v>
+      </c>
+      <c r="M36" s="230">
+        <v>84.779945027651749</v>
+      </c>
+      <c r="N36" s="230">
+        <v>100</v>
+      </c>
+      <c r="O36" s="230">
+        <v>63.791105076663243</v>
+      </c>
+      <c r="P36" s="230">
+        <v>95.89694340497401</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A37" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C37" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D37" s="169">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E37" s="221">
+        <v>3.515625</v>
+      </c>
+      <c r="F37" s="221">
+        <v>12.934027777777786</v>
+      </c>
+      <c r="G37" s="221">
+        <v>100</v>
+      </c>
+      <c r="H37" s="221">
+        <v>91.362847222222229</v>
+      </c>
+      <c r="I37" s="221">
+        <v>8.59375</v>
+      </c>
+      <c r="J37" s="221">
+        <v>0</v>
+      </c>
+      <c r="K37" s="221">
+        <v>67.838541666666671</v>
+      </c>
+      <c r="L37" s="221">
+        <v>76.475694444444443</v>
+      </c>
+      <c r="M37" s="221">
+        <v>21.875</v>
+      </c>
+      <c r="N37" s="221">
+        <v>77.560763888888886</v>
+      </c>
+      <c r="O37" s="221">
+        <v>68.923611111111114</v>
+      </c>
+      <c r="P37" s="221">
+        <v>22.960069444444443</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A38" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="133">
+        <v>0</v>
+      </c>
+      <c r="D38" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E38" s="230">
+        <v>0</v>
+      </c>
+      <c r="F38" s="230">
+        <v>0</v>
+      </c>
+      <c r="G38" s="230">
+        <v>0</v>
+      </c>
+      <c r="H38" s="230">
+        <v>0</v>
+      </c>
+      <c r="I38" s="230">
+        <v>0</v>
+      </c>
+      <c r="J38" s="230">
+        <v>0</v>
+      </c>
+      <c r="K38" s="230">
+        <v>0</v>
+      </c>
+      <c r="L38" s="230">
+        <v>0</v>
+      </c>
+      <c r="M38" s="230">
+        <v>0</v>
+      </c>
+      <c r="N38" s="230">
+        <v>0</v>
+      </c>
+      <c r="O38" s="230">
+        <v>0</v>
+      </c>
+      <c r="P38" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A39" s="6"/>
+      <c r="B39" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C39" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D39" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E39" s="231">
+        <v>0</v>
+      </c>
+      <c r="F39" s="231">
+        <v>0</v>
+      </c>
+      <c r="G39" s="231">
+        <v>0</v>
+      </c>
+      <c r="H39" s="231">
+        <v>0</v>
+      </c>
+      <c r="I39" s="231">
+        <v>0</v>
+      </c>
+      <c r="J39" s="231">
+        <v>0</v>
+      </c>
+      <c r="K39" s="231">
+        <v>0</v>
+      </c>
+      <c r="L39" s="231">
+        <v>0</v>
+      </c>
+      <c r="M39" s="231">
+        <v>0</v>
+      </c>
+      <c r="N39" s="231">
+        <v>0</v>
+      </c>
+      <c r="O39" s="231">
+        <v>0</v>
+      </c>
+      <c r="P39" s="231">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A40" s="6"/>
+      <c r="B40" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C40" s="135"/>
+      <c r="D40" s="168"/>
+      <c r="E40" s="230">
+        <v>0</v>
+      </c>
+      <c r="F40" s="230">
+        <v>0</v>
+      </c>
+      <c r="G40" s="230">
+        <v>0</v>
+      </c>
+      <c r="H40" s="230">
+        <v>0</v>
+      </c>
+      <c r="I40" s="230">
+        <v>0</v>
+      </c>
+      <c r="J40" s="230">
+        <v>0</v>
+      </c>
+      <c r="K40" s="230">
+        <v>0</v>
+      </c>
+      <c r="L40" s="230">
+        <v>0</v>
+      </c>
+      <c r="M40" s="230">
+        <v>0</v>
+      </c>
+      <c r="N40" s="230">
+        <v>0</v>
+      </c>
+      <c r="O40" s="230">
+        <v>0</v>
+      </c>
+      <c r="P40" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A41" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C41" s="133">
+        <v>1</v>
+      </c>
+      <c r="D41" s="167" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F41" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G41" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H41" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I41" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J41" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K41" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L41" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M41" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N41" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O41" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P41" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A42" s="6"/>
+      <c r="B42" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C42" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D42" s="220">
+        <v>0.85175600739371538</v>
+      </c>
+      <c r="E42" s="231">
+        <v>262.39999999999998</v>
+      </c>
+      <c r="F42" s="231">
+        <v>240.7</v>
+      </c>
+      <c r="G42" s="231">
+        <v>40.1</v>
+      </c>
+      <c r="H42" s="231">
+        <v>60</v>
+      </c>
+      <c r="I42" s="231">
+        <v>250.7</v>
+      </c>
+      <c r="J42" s="231">
+        <v>270.5</v>
+      </c>
+      <c r="K42" s="231">
+        <v>114.2</v>
+      </c>
+      <c r="L42" s="231">
+        <v>94.3</v>
+      </c>
+      <c r="M42" s="231">
+        <v>220.1</v>
+      </c>
+      <c r="N42" s="231">
+        <v>91.8</v>
+      </c>
+      <c r="O42" s="231">
+        <v>111.7</v>
+      </c>
+      <c r="P42" s="231">
+        <v>217.6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A43" s="6"/>
+      <c r="B43" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C43" s="135"/>
+      <c r="D43" s="168"/>
+      <c r="E43" s="230">
+        <v>3.515625</v>
+      </c>
+      <c r="F43" s="230">
+        <v>12.934027777777786</v>
+      </c>
+      <c r="G43" s="230">
+        <v>100</v>
+      </c>
+      <c r="H43" s="230">
+        <v>91.362847222222229</v>
+      </c>
+      <c r="I43" s="230">
+        <v>8.59375</v>
+      </c>
+      <c r="J43" s="230">
+        <v>0</v>
+      </c>
+      <c r="K43" s="230">
+        <v>67.838541666666671</v>
+      </c>
+      <c r="L43" s="230">
+        <v>76.475694444444443</v>
+      </c>
+      <c r="M43" s="230">
+        <v>21.875</v>
+      </c>
+      <c r="N43" s="230">
+        <v>77.560763888888886</v>
+      </c>
+      <c r="O43" s="230">
+        <v>68.923611111111114</v>
+      </c>
+      <c r="P43" s="230">
+        <v>22.960069444444443</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A44" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C44" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D44" s="169">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E44" s="221">
+        <v>0</v>
+      </c>
+      <c r="F44" s="221">
+        <v>24.983073798239658</v>
+      </c>
+      <c r="G44" s="221">
+        <v>93.83886255924169</v>
+      </c>
+      <c r="H44" s="221">
+        <v>64.319566689234932</v>
+      </c>
+      <c r="I44" s="221">
+        <v>100</v>
+      </c>
+      <c r="J44" s="221">
+        <v>70.548408937034523</v>
+      </c>
+      <c r="K44" s="221">
+        <v>41.841570751523363</v>
+      </c>
+      <c r="L44" s="221">
+        <v>71.360866621530121</v>
+      </c>
+      <c r="M44" s="221">
+        <v>29.722410291130657</v>
+      </c>
+      <c r="N44" s="221">
+        <v>83.073798239675014</v>
+      </c>
+      <c r="O44" s="221">
+        <v>53.622207176709544</v>
+      </c>
+      <c r="P44" s="221">
+        <v>41.503046716316867</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A45" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C45" s="133">
+        <v>0</v>
+      </c>
+      <c r="D45" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E45" s="230">
+        <v>0</v>
+      </c>
+      <c r="F45" s="230">
+        <v>0</v>
+      </c>
+      <c r="G45" s="230">
+        <v>0</v>
+      </c>
+      <c r="H45" s="230">
+        <v>0</v>
+      </c>
+      <c r="I45" s="230">
+        <v>0</v>
+      </c>
+      <c r="J45" s="230">
+        <v>0</v>
+      </c>
+      <c r="K45" s="230">
+        <v>0</v>
+      </c>
+      <c r="L45" s="230">
+        <v>0</v>
+      </c>
+      <c r="M45" s="230">
+        <v>0</v>
+      </c>
+      <c r="N45" s="230">
+        <v>0</v>
+      </c>
+      <c r="O45" s="230">
+        <v>0</v>
+      </c>
+      <c r="P45" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A46" s="6"/>
+      <c r="B46" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C46" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D46" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E46" s="231">
+        <v>0</v>
+      </c>
+      <c r="F46" s="231">
+        <v>0</v>
+      </c>
+      <c r="G46" s="231">
+        <v>0</v>
+      </c>
+      <c r="H46" s="231">
+        <v>0</v>
+      </c>
+      <c r="I46" s="231">
+        <v>0</v>
+      </c>
+      <c r="J46" s="231">
+        <v>0</v>
+      </c>
+      <c r="K46" s="231">
+        <v>0</v>
+      </c>
+      <c r="L46" s="231">
+        <v>0</v>
+      </c>
+      <c r="M46" s="231">
+        <v>0</v>
+      </c>
+      <c r="N46" s="231">
+        <v>0</v>
+      </c>
+      <c r="O46" s="231">
+        <v>0</v>
+      </c>
+      <c r="P46" s="231">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A47" s="6"/>
+      <c r="B47" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C47" s="135"/>
+      <c r="D47" s="168"/>
+      <c r="E47" s="230">
+        <v>0</v>
+      </c>
+      <c r="F47" s="230">
+        <v>0</v>
+      </c>
+      <c r="G47" s="230">
+        <v>0</v>
+      </c>
+      <c r="H47" s="230">
+        <v>0</v>
+      </c>
+      <c r="I47" s="230">
+        <v>0</v>
+      </c>
+      <c r="J47" s="230">
+        <v>0</v>
+      </c>
+      <c r="K47" s="230">
+        <v>0</v>
+      </c>
+      <c r="L47" s="230">
+        <v>0</v>
+      </c>
+      <c r="M47" s="230">
+        <v>0</v>
+      </c>
+      <c r="N47" s="230">
+        <v>0</v>
+      </c>
+      <c r="O47" s="230">
+        <v>0</v>
+      </c>
+      <c r="P47" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A48" s="49" t="s">
+        <v>65</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C48" s="133">
+        <v>1</v>
+      </c>
+      <c r="D48" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E48" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F48" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G48" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H48" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I48" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J48" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K48" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L48" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M48" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N48" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O48" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P48" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A49" s="6"/>
+      <c r="B49" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C49" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D49" s="220">
+        <v>0.37232165364255104</v>
+      </c>
+      <c r="E49" s="231">
+        <v>396.7</v>
+      </c>
+      <c r="F49" s="231">
+        <v>359.8</v>
+      </c>
+      <c r="G49" s="231">
+        <v>258.10000000000002</v>
+      </c>
+      <c r="H49" s="231">
+        <v>301.7</v>
+      </c>
+      <c r="I49" s="231">
+        <v>249</v>
+      </c>
+      <c r="J49" s="231">
+        <v>292.5</v>
+      </c>
+      <c r="K49" s="231">
+        <v>334.9</v>
+      </c>
+      <c r="L49" s="231">
+        <v>291.3</v>
+      </c>
+      <c r="M49" s="231">
+        <v>352.8</v>
+      </c>
+      <c r="N49" s="231">
+        <v>274</v>
+      </c>
+      <c r="O49" s="231">
+        <v>317.5</v>
+      </c>
+      <c r="P49" s="231">
+        <v>335.4</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A50" s="6"/>
+      <c r="B50" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C50" s="135"/>
+      <c r="D50" s="168"/>
+      <c r="E50" s="230">
+        <v>0</v>
+      </c>
+      <c r="F50" s="230">
+        <v>24.983073798239658</v>
+      </c>
+      <c r="G50" s="230">
+        <v>93.83886255924169</v>
+      </c>
+      <c r="H50" s="230">
+        <v>64.319566689234932</v>
+      </c>
+      <c r="I50" s="230">
+        <v>100</v>
+      </c>
+      <c r="J50" s="230">
+        <v>70.548408937034523</v>
+      </c>
+      <c r="K50" s="230">
+        <v>41.841570751523363</v>
+      </c>
+      <c r="L50" s="230">
+        <v>71.360866621530121</v>
+      </c>
+      <c r="M50" s="230">
+        <v>29.722410291130657</v>
+      </c>
+      <c r="N50" s="230">
+        <v>83.073798239675014</v>
+      </c>
+      <c r="O50" s="230">
+        <v>53.622207176709544</v>
+      </c>
+      <c r="P50" s="230">
+        <v>41.503046716316867</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" customFormat="1" ht="32.1" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A51" s="26" t="s">
+        <v>67</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C51" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D51" s="169">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E51" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F51" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G51" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H51" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I51" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J51" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K51" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L51" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M51" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N51" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O51" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P51" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A52" s="6"/>
+      <c r="B52" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C52" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D52" s="220">
+        <v>0.37864077669902912</v>
+      </c>
+      <c r="E52" s="231">
+        <v>61.8</v>
+      </c>
+      <c r="F52" s="231">
+        <v>49.9</v>
+      </c>
+      <c r="G52" s="231">
+        <v>44.9</v>
+      </c>
+      <c r="H52" s="231">
+        <v>55.2</v>
+      </c>
+      <c r="I52" s="231">
+        <v>44.2</v>
+      </c>
+      <c r="J52" s="231">
+        <v>54.5</v>
+      </c>
+      <c r="K52" s="231">
+        <v>49.7</v>
+      </c>
+      <c r="L52" s="231">
+        <v>39.5</v>
+      </c>
+      <c r="M52" s="231">
+        <v>38.799999999999997</v>
+      </c>
+      <c r="N52" s="231">
+        <v>39.1</v>
+      </c>
+      <c r="O52" s="231">
+        <v>49.4</v>
+      </c>
+      <c r="P52" s="231">
+        <v>38.4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A53" s="6"/>
+      <c r="B53" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C53" s="135"/>
+      <c r="D53" s="168"/>
+      <c r="E53" s="230">
+        <v>0</v>
+      </c>
+      <c r="F53" s="230">
+        <v>50.854700854700852</v>
+      </c>
+      <c r="G53" s="230">
+        <v>72.222222222222229</v>
+      </c>
+      <c r="H53" s="230">
+        <v>28.205128205128176</v>
+      </c>
+      <c r="I53" s="230">
+        <v>75.213675213675188</v>
+      </c>
+      <c r="J53" s="230">
+        <v>31.196581196581178</v>
+      </c>
+      <c r="K53" s="230">
+        <v>51.709401709401689</v>
+      </c>
+      <c r="L53" s="230">
+        <v>95.299145299145295</v>
+      </c>
+      <c r="M53" s="230">
+        <v>98.290598290598297</v>
+      </c>
+      <c r="N53" s="230">
+        <v>97.008547008546998</v>
+      </c>
+      <c r="O53" s="230">
+        <v>52.991452991452988</v>
+      </c>
+      <c r="P53" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" customFormat="1" ht="32.1" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A54" s="26" t="s">
+        <v>69</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C54" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D54" s="169">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E54" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F54" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G54" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H54" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I54" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J54" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K54" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L54" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M54" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N54" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O54" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P54" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A55" s="6"/>
+      <c r="B55" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C55" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D55" s="220">
+        <v>0.35054021608643454</v>
+      </c>
+      <c r="E55" s="231">
+        <v>166.6</v>
+      </c>
+      <c r="F55" s="231">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="G55" s="231">
+        <v>125</v>
+      </c>
+      <c r="H55" s="231">
+        <v>153.19999999999999</v>
+      </c>
+      <c r="I55" s="231">
+        <v>127</v>
+      </c>
+      <c r="J55" s="231">
+        <v>155.19999999999999</v>
+      </c>
+      <c r="K55" s="231">
+        <v>137.6</v>
+      </c>
+      <c r="L55" s="231">
+        <v>109.4</v>
+      </c>
+      <c r="M55" s="231">
+        <v>115.1</v>
+      </c>
+      <c r="N55" s="231">
+        <v>108.2</v>
+      </c>
+      <c r="O55" s="231">
+        <v>136.30000000000001</v>
+      </c>
+      <c r="P55" s="231">
+        <v>113.8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A56" s="6"/>
+      <c r="B56" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C56" s="135"/>
+      <c r="D56" s="168"/>
+      <c r="E56" s="230">
+        <v>0</v>
+      </c>
+      <c r="F56" s="230">
+        <v>52.054794520547965</v>
+      </c>
+      <c r="G56" s="230">
+        <v>71.232876712328761</v>
+      </c>
+      <c r="H56" s="230">
+        <v>22.945205479452071</v>
+      </c>
+      <c r="I56" s="230">
+        <v>67.808219178082197</v>
+      </c>
+      <c r="J56" s="230">
+        <v>19.520547945205493</v>
+      </c>
+      <c r="K56" s="230">
+        <v>49.657534246575352</v>
+      </c>
+      <c r="L56" s="230">
+        <v>97.945205479452056</v>
+      </c>
+      <c r="M56" s="230">
+        <v>88.184931506849324</v>
+      </c>
+      <c r="N56" s="230">
+        <v>100</v>
+      </c>
+      <c r="O56" s="230">
+        <v>51.883561643835591</v>
+      </c>
+      <c r="P56" s="230">
+        <v>90.410958904109592</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A57" s="26" t="s">
+        <v>71</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C57" s="133">
+        <v>1</v>
+      </c>
+      <c r="D57" s="167">
+        <v>0.01</v>
+      </c>
+      <c r="E57" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F57" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G57" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H57" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I57" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J57" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K57" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L57" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M57" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N57" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O57" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P57" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A58" s="6"/>
+      <c r="B58" s="47" t="s">
+        <v>653</v>
+      </c>
+      <c r="C58" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D58" s="220">
+        <v>0.5</v>
+      </c>
+      <c r="E58" s="231">
+        <v>3</v>
+      </c>
+      <c r="F58" s="231">
+        <v>4</v>
+      </c>
+      <c r="G58" s="231">
+        <v>4</v>
+      </c>
+      <c r="H58" s="231">
+        <v>3</v>
+      </c>
+      <c r="I58" s="231">
+        <v>5</v>
+      </c>
+      <c r="J58" s="231">
+        <v>4</v>
+      </c>
+      <c r="K58" s="231">
+        <v>4</v>
+      </c>
+      <c r="L58" s="231">
+        <v>5</v>
+      </c>
+      <c r="M58" s="231">
+        <v>6</v>
+      </c>
+      <c r="N58" s="231">
+        <v>6</v>
+      </c>
+      <c r="O58" s="231">
+        <v>4</v>
+      </c>
+      <c r="P58" s="231">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A59" s="6"/>
+      <c r="B59" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C59" s="135"/>
+      <c r="D59" s="168"/>
+      <c r="E59" s="230">
+        <v>100</v>
+      </c>
+      <c r="F59" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="G59" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="H59" s="230">
+        <v>100</v>
+      </c>
+      <c r="I59" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="J59" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="K59" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="L59" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="M59" s="230">
+        <v>0</v>
+      </c>
+      <c r="N59" s="230">
+        <v>0</v>
+      </c>
+      <c r="O59" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="P59" s="230">
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16" customFormat="1" ht="32.25" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A60" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B60" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="C60" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D60" s="169">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="E60" s="221">
+        <v>19.624769797421727</v>
+      </c>
+      <c r="F60" s="221">
+        <v>27.182287240859132</v>
+      </c>
+      <c r="G60" s="221">
+        <v>69.042998759004774</v>
+      </c>
+      <c r="H60" s="221">
+        <v>75.09759556933102</v>
+      </c>
+      <c r="I60" s="221">
+        <v>43.751915729425441</v>
+      </c>
+      <c r="J60" s="221">
+        <v>49.701238300358071</v>
+      </c>
+      <c r="K60" s="221">
+        <v>41.990168054910114</v>
+      </c>
+      <c r="L60" s="221">
+        <v>36.04610919594716</v>
+      </c>
+      <c r="M60" s="221">
+        <v>22.112853984629961</v>
+      </c>
+      <c r="N60" s="221">
+        <v>89.33011049723757</v>
+      </c>
+      <c r="O60" s="221">
+        <v>95.262659227287088</v>
+      </c>
+      <c r="P60" s="221">
+        <v>75.512939280028903</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16" customFormat="1" ht="35.1" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A61" s="26" t="s">
+        <v>75</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C61" s="133">
+        <v>1</v>
+      </c>
+      <c r="D61" s="169">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E61" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F61" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G61" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H61" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I61" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J61" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K61" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L61" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M61" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N61" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O61" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P61" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A62" s="6"/>
+      <c r="B62" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C62" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D62" s="220">
+        <v>0.19085794655414909</v>
+      </c>
+      <c r="E62" s="231">
+        <v>49770</v>
+      </c>
+      <c r="F62" s="231">
+        <v>47582</v>
+      </c>
+      <c r="G62" s="231">
+        <v>43163</v>
+      </c>
+      <c r="H62" s="231">
+        <v>44042</v>
+      </c>
+      <c r="I62" s="231">
+        <v>46916</v>
+      </c>
+      <c r="J62" s="231">
+        <v>47815</v>
+      </c>
+      <c r="K62" s="231">
+        <v>45919</v>
+      </c>
+      <c r="L62" s="231">
+        <v>45019</v>
+      </c>
+      <c r="M62" s="231">
+        <v>45569</v>
+      </c>
+      <c r="N62" s="231">
+        <v>40271</v>
+      </c>
+      <c r="O62" s="231">
+        <v>41171</v>
+      </c>
+      <c r="P62" s="231">
+        <v>40823</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A63" s="6"/>
+      <c r="B63" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C63" s="135"/>
+      <c r="D63" s="168"/>
+      <c r="E63" s="230">
+        <v>0</v>
+      </c>
+      <c r="F63" s="230">
+        <v>23.034003579324136</v>
+      </c>
+      <c r="G63" s="230">
+        <v>69.554689967364993</v>
+      </c>
+      <c r="H63" s="230">
+        <v>60.301084324665752</v>
+      </c>
+      <c r="I63" s="230">
+        <v>30.04526792293926</v>
+      </c>
+      <c r="J63" s="230">
+        <v>20.581113801452787</v>
+      </c>
+      <c r="K63" s="230">
+        <v>40.54110959048321</v>
+      </c>
+      <c r="L63" s="230">
+        <v>50.015791135909041</v>
+      </c>
+      <c r="M63" s="230">
+        <v>44.225707969259922</v>
+      </c>
+      <c r="N63" s="230">
+        <v>100</v>
+      </c>
+      <c r="O63" s="230">
+        <v>90.525318454574162</v>
+      </c>
+      <c r="P63" s="230">
+        <v>94.188861985472158</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A64" s="26" t="s">
+        <v>77</v>
+      </c>
+      <c r="B64" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C64" s="133">
+        <v>1</v>
+      </c>
+      <c r="D64" s="167">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E64" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F64" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G64" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H64" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I64" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J64" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K64" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L64" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M64" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N64" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O64" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P64" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A65" s="6"/>
+      <c r="B65" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C65" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D65" s="220">
+        <v>0.28259172521467607</v>
+      </c>
+      <c r="E65" s="231">
+        <v>1366.7</v>
+      </c>
+      <c r="F65" s="231">
+        <v>1401.1</v>
+      </c>
+      <c r="G65" s="231">
+        <v>1239.5</v>
+      </c>
+      <c r="H65" s="231">
+        <v>1146.7</v>
+      </c>
+      <c r="I65" s="231">
+        <v>1287.5999999999999</v>
+      </c>
+      <c r="J65" s="231">
+        <v>1194.8</v>
+      </c>
+      <c r="K65" s="231">
+        <v>1348.5</v>
+      </c>
+      <c r="L65" s="231">
+        <v>1441.3</v>
+      </c>
+      <c r="M65" s="231">
+        <v>1537.2</v>
+      </c>
+      <c r="N65" s="231">
+        <v>1195.5</v>
+      </c>
+      <c r="O65" s="231">
+        <v>1102.8</v>
+      </c>
+      <c r="P65" s="231">
+        <v>1290.3</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A66" s="6"/>
+      <c r="B66" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C66" s="135"/>
+      <c r="D66" s="168"/>
+      <c r="E66" s="230">
+        <v>39.249539594843455</v>
+      </c>
+      <c r="F66" s="230">
+        <v>31.330570902394129</v>
+      </c>
+      <c r="G66" s="230">
+        <v>68.53130755064457</v>
+      </c>
+      <c r="H66" s="230">
+        <v>89.894106813996302</v>
+      </c>
+      <c r="I66" s="230">
+        <v>57.458563535911622</v>
+      </c>
+      <c r="J66" s="230">
+        <v>78.821362799263355</v>
+      </c>
+      <c r="K66" s="230">
+        <v>43.439226519337019</v>
+      </c>
+      <c r="L66" s="230">
+        <v>22.07642725598528</v>
+      </c>
+      <c r="M66" s="230">
+        <v>0</v>
+      </c>
+      <c r="N66" s="230">
+        <v>78.660220994475139</v>
+      </c>
+      <c r="O66" s="230">
+        <v>100</v>
+      </c>
+      <c r="P66" s="230">
+        <v>56.837016574585647</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16" s="27" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A67" s="25" t="s">
+        <v>79</v>
+      </c>
+      <c r="B67" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C67" s="132">
+        <v>0.1</v>
+      </c>
+      <c r="D67" s="169">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E67" s="221">
+        <v>68.170539138281072</v>
+      </c>
+      <c r="F67" s="221">
+        <v>44.326641100834649</v>
+      </c>
+      <c r="G67" s="221">
+        <v>42.544552221971578</v>
+      </c>
+      <c r="H67" s="221">
+        <v>68.170539138281072</v>
+      </c>
+      <c r="I67" s="221">
+        <v>0</v>
+      </c>
+      <c r="J67" s="221">
+        <v>25.648545003383717</v>
+      </c>
+      <c r="K67" s="221">
+        <v>96.932100157906603</v>
+      </c>
+      <c r="L67" s="221">
+        <v>71.283555154522901</v>
+      </c>
+      <c r="M67" s="221">
+        <v>96.932100157906603</v>
+      </c>
+      <c r="N67" s="221">
+        <v>74.3740130836905</v>
+      </c>
+      <c r="O67" s="221">
+        <v>100</v>
+      </c>
+      <c r="P67" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A68" s="97" t="s">
+        <v>81</v>
+      </c>
+      <c r="B68" s="98" t="s">
+        <v>82</v>
+      </c>
+      <c r="C68" s="133">
+        <v>1</v>
+      </c>
+      <c r="D68" s="169">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E68" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F68" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G68" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H68" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I68" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J68" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K68" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L68" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M68" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N68" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O68" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P68" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A69" s="6"/>
+      <c r="B69" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C69" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D69" s="220">
+        <v>0.44017475920961174</v>
+      </c>
+      <c r="E69" s="231">
+        <v>7049</v>
+      </c>
+      <c r="F69" s="231">
+        <v>8106</v>
+      </c>
+      <c r="G69" s="231">
+        <v>8185</v>
+      </c>
+      <c r="H69" s="231">
+        <v>7049</v>
+      </c>
+      <c r="I69" s="231">
+        <v>10071</v>
+      </c>
+      <c r="J69" s="231">
+        <v>8934</v>
+      </c>
+      <c r="K69" s="231">
+        <v>5774</v>
+      </c>
+      <c r="L69" s="231">
+        <v>6911</v>
+      </c>
+      <c r="M69" s="231">
+        <v>5774</v>
+      </c>
+      <c r="N69" s="231">
+        <v>6774</v>
+      </c>
+      <c r="O69" s="231">
+        <v>5638</v>
+      </c>
+      <c r="P69" s="231">
+        <v>5638</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A70" s="6"/>
+      <c r="B70" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C70" s="135"/>
+      <c r="D70" s="168"/>
+      <c r="E70" s="230">
+        <v>68.170539138281072</v>
+      </c>
+      <c r="F70" s="230">
+        <v>44.326641100834649</v>
+      </c>
+      <c r="G70" s="230">
+        <v>42.544552221971578</v>
+      </c>
+      <c r="H70" s="230">
+        <v>68.170539138281072</v>
+      </c>
+      <c r="I70" s="230">
+        <v>0</v>
+      </c>
+      <c r="J70" s="230">
+        <v>25.648545003383717</v>
+      </c>
+      <c r="K70" s="230">
+        <v>96.932100157906603</v>
+      </c>
+      <c r="L70" s="230">
+        <v>71.283555154522901</v>
+      </c>
+      <c r="M70" s="230">
+        <v>96.932100157906603</v>
+      </c>
+      <c r="N70" s="230">
+        <v>74.3740130836905</v>
+      </c>
+      <c r="O70" s="230">
+        <v>100</v>
+      </c>
+      <c r="P70" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A71" s="82" t="s">
+        <v>83</v>
+      </c>
+      <c r="B71" s="83" t="s">
+        <v>84</v>
+      </c>
+      <c r="C71" s="218">
+        <v>2</v>
+      </c>
+      <c r="D71" s="170">
+        <v>0.125</v>
+      </c>
+      <c r="E71" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="F71" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="G71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="L71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M71" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="N71" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O71" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P71" s="229" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A72" s="78"/>
+      <c r="B72" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="133"/>
-[...39 lines deleted...]
-      <c r="A4" s="82" t="s">
+      <c r="C72" s="137"/>
+      <c r="D72" s="162"/>
+      <c r="E72" s="113">
+        <v>42.407267993348327</v>
+      </c>
+      <c r="F72" s="113">
+        <v>27.339244051245949</v>
+      </c>
+      <c r="G72" s="113">
+        <v>64.306428390014091</v>
+      </c>
+      <c r="H72" s="113">
+        <v>73.900790582397505</v>
+      </c>
+      <c r="I72" s="113">
+        <v>64.424477484492058</v>
+      </c>
+      <c r="J72" s="113">
+        <v>74.068128256776291</v>
+      </c>
+      <c r="K72" s="113">
+        <v>73.471494529758573</v>
+      </c>
+      <c r="L72" s="113">
+        <v>63.824160100546585</v>
+      </c>
+      <c r="M72" s="113">
+        <v>13.044621260490246</v>
+      </c>
+      <c r="N72" s="113">
+        <v>71.689053668591612</v>
+      </c>
+      <c r="O72" s="113">
+        <v>81.336388097803592</v>
+      </c>
+      <c r="P72" s="113">
+        <v>20.903667030238402</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A73" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B73" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C73" s="133">
+        <v>2</v>
+      </c>
+      <c r="D73" s="169">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="E73" s="221">
+        <v>42.692265728161857</v>
+      </c>
+      <c r="F73" s="221">
+        <v>25.323183760683758</v>
+      </c>
+      <c r="G73" s="221">
+        <v>68.420734093309193</v>
+      </c>
+      <c r="H73" s="221">
+        <v>81.178598329661199</v>
+      </c>
+      <c r="I73" s="221">
+        <v>56.279695396771523</v>
+      </c>
+      <c r="J73" s="221">
+        <v>69.037559633123536</v>
+      </c>
+      <c r="K73" s="221">
+        <v>83.62913995726494</v>
+      </c>
+      <c r="L73" s="221">
+        <v>70.871275720912934</v>
+      </c>
+      <c r="M73" s="221">
+        <v>9.1799893115766338</v>
+      </c>
+      <c r="N73" s="221">
+        <v>74.365826948566252</v>
+      </c>
+      <c r="O73" s="221">
+        <v>87.123691184918258</v>
+      </c>
+      <c r="P73" s="221">
+        <v>12.659454169764762</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A74" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="B74" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C74" s="133">
+        <v>2</v>
+      </c>
+      <c r="D74" s="167">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="E74" s="221">
+        <v>32.27322575591414</v>
+      </c>
+      <c r="F74" s="221">
+        <v>17.948717948717945</v>
+      </c>
+      <c r="G74" s="221">
+        <v>82.371577279927592</v>
+      </c>
+      <c r="H74" s="221">
+        <v>92.654098560412208</v>
+      </c>
+      <c r="I74" s="221">
+        <v>83.865127856981218</v>
+      </c>
+      <c r="J74" s="221">
+        <v>94.147649137465834</v>
+      </c>
+      <c r="K74" s="221">
+        <v>94.871794871794862</v>
+      </c>
+      <c r="L74" s="221">
+        <v>84.589273591310246</v>
+      </c>
+      <c r="M74" s="221">
+        <v>11.405295315682286</v>
+      </c>
+      <c r="N74" s="221">
+        <v>84.317718940936857</v>
+      </c>
+      <c r="O74" s="221">
+        <v>94.600240221421473</v>
+      </c>
+      <c r="P74" s="221">
+        <v>11.088481556913333</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A75" s="49" t="s">
+        <v>89</v>
+      </c>
+      <c r="B75" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C75" s="133">
+        <v>2</v>
+      </c>
+      <c r="D75" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E75" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F75" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G75" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H75" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I75" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J75" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K75" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L75" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M75" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N75" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O75" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P75" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A76" s="6"/>
+      <c r="B76" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C76" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D76" s="220">
+        <v>0.50000000000000011</v>
+      </c>
+      <c r="E76" s="232">
+        <v>1.4</v>
+      </c>
+      <c r="F76" s="232">
+        <v>1.6</v>
+      </c>
+      <c r="G76" s="232">
+        <v>1</v>
+      </c>
+      <c r="H76" s="232">
+        <v>0.79999999999999993</v>
+      </c>
+      <c r="I76" s="232">
+        <v>1</v>
+      </c>
+      <c r="J76" s="232">
+        <v>0.79999999999999993</v>
+      </c>
+      <c r="K76" s="232">
+        <v>0.79999999999999993</v>
+      </c>
+      <c r="L76" s="232">
+        <v>1</v>
+      </c>
+      <c r="M76" s="232">
+        <v>1.6</v>
+      </c>
+      <c r="N76" s="232">
+        <v>1</v>
+      </c>
+      <c r="O76" s="232">
+        <v>0.79999999999999993</v>
+      </c>
+      <c r="P76" s="232">
+        <v>1.6</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A77" s="6"/>
+      <c r="B77" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C77" s="135"/>
+      <c r="D77" s="168"/>
+      <c r="E77" s="230">
+        <v>25.000000000000014</v>
+      </c>
+      <c r="F77" s="230">
+        <v>0</v>
+      </c>
+      <c r="G77" s="230">
+        <v>75</v>
+      </c>
+      <c r="H77" s="230">
+        <v>100</v>
+      </c>
+      <c r="I77" s="230">
+        <v>75</v>
+      </c>
+      <c r="J77" s="230">
+        <v>100</v>
+      </c>
+      <c r="K77" s="230">
+        <v>100</v>
+      </c>
+      <c r="L77" s="230">
+        <v>75</v>
+      </c>
+      <c r="M77" s="230">
+        <v>0</v>
+      </c>
+      <c r="N77" s="230">
+        <v>75</v>
+      </c>
+      <c r="O77" s="230">
+        <v>100</v>
+      </c>
+      <c r="P77" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A78" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B78" s="24" t="s">
+        <v>92</v>
+      </c>
+      <c r="C78" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D78" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E78" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F78" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M78" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O78" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P78" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A79" s="6"/>
+      <c r="B79" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C79" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D79" s="220">
+        <v>0.76470588235294112</v>
+      </c>
+      <c r="E79" s="232">
+        <v>1</v>
+      </c>
+      <c r="F79" s="232">
+        <v>1</v>
+      </c>
+      <c r="G79" s="232">
+        <v>0.4</v>
+      </c>
+      <c r="H79" s="232">
+        <v>0.6</v>
+      </c>
+      <c r="I79" s="232">
+        <v>0.4</v>
+      </c>
+      <c r="J79" s="232">
+        <v>0.6</v>
+      </c>
+      <c r="K79" s="232">
+        <v>0.6</v>
+      </c>
+      <c r="L79" s="232">
+        <v>0.4</v>
+      </c>
+      <c r="M79" s="232">
+        <v>1.7</v>
+      </c>
+      <c r="N79" s="232">
+        <v>0.4</v>
+      </c>
+      <c r="O79" s="232">
+        <v>0.6</v>
+      </c>
+      <c r="P79" s="232">
+        <v>1.7</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A80" s="6"/>
+      <c r="B80" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C80" s="135"/>
+      <c r="D80" s="168"/>
+      <c r="E80" s="230">
+        <v>53.84615384615384</v>
+      </c>
+      <c r="F80" s="230">
+        <v>53.84615384615384</v>
+      </c>
+      <c r="G80" s="230">
+        <v>100</v>
+      </c>
+      <c r="H80" s="230">
+        <v>84.615384615384613</v>
+      </c>
+      <c r="I80" s="230">
+        <v>100</v>
+      </c>
+      <c r="J80" s="230">
+        <v>84.615384615384613</v>
+      </c>
+      <c r="K80" s="230">
+        <v>84.615384615384613</v>
+      </c>
+      <c r="L80" s="230">
+        <v>100</v>
+      </c>
+      <c r="M80" s="230">
+        <v>1.4210854715202004E-14</v>
+      </c>
+      <c r="N80" s="230">
+        <v>100</v>
+      </c>
+      <c r="O80" s="230">
+        <v>84.615384615384613</v>
+      </c>
+      <c r="P80" s="230">
+        <v>1.4210854715202004E-14</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16" customFormat="1" ht="45.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A81" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B81" s="24" t="s">
+        <v>94</v>
+      </c>
+      <c r="C81" s="133">
+        <v>1</v>
+      </c>
+      <c r="D81" s="169">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E81" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F81" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G81" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H81" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I81" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J81" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K81" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L81" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M81" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N81" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O81" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P81" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A82" s="6"/>
+      <c r="B82" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C82" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D82" s="220">
+        <v>0.44035874439461886</v>
+      </c>
+      <c r="E82" s="232">
+        <v>104.4</v>
+      </c>
+      <c r="F82" s="232">
+        <v>111.5</v>
+      </c>
+      <c r="G82" s="232">
+        <v>76.8</v>
+      </c>
+      <c r="H82" s="232">
+        <v>67.3</v>
+      </c>
+      <c r="I82" s="232">
+        <v>73.5</v>
+      </c>
+      <c r="J82" s="232">
+        <v>64</v>
+      </c>
+      <c r="K82" s="232">
+        <v>62.4</v>
+      </c>
+      <c r="L82" s="232">
+        <v>71.900000000000006</v>
+      </c>
+      <c r="M82" s="232">
+        <v>86.3</v>
+      </c>
+      <c r="N82" s="232">
+        <v>72.5</v>
+      </c>
+      <c r="O82" s="232">
+        <v>63</v>
+      </c>
+      <c r="P82" s="232">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A83" s="6"/>
+      <c r="B83" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C83" s="135"/>
+      <c r="D83" s="168"/>
+      <c r="E83" s="230">
+        <v>14.460285132382879</v>
+      </c>
+      <c r="F83" s="230">
+        <v>0</v>
+      </c>
+      <c r="G83" s="230">
+        <v>70.672097759674145</v>
+      </c>
+      <c r="H83" s="230">
+        <v>90.020366598778011</v>
+      </c>
+      <c r="I83" s="230">
+        <v>77.39307535641548</v>
+      </c>
+      <c r="J83" s="230">
+        <v>96.741344195519346</v>
+      </c>
+      <c r="K83" s="230">
+        <v>100</v>
+      </c>
+      <c r="L83" s="230">
+        <v>80.651731160896119</v>
+      </c>
+      <c r="M83" s="230">
+        <v>51.323828920570264</v>
+      </c>
+      <c r="N83" s="230">
+        <v>79.429735234215883</v>
+      </c>
+      <c r="O83" s="230">
+        <v>98.77800407331975</v>
+      </c>
+      <c r="P83" s="230">
+        <v>49.898167006109979</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A84" s="42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B84" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C84" s="133">
+        <v>0</v>
+      </c>
+      <c r="D84" s="167">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="E84" s="221">
+        <v>0</v>
+      </c>
+      <c r="F84" s="221">
+        <v>0</v>
+      </c>
+      <c r="G84" s="221">
+        <v>0</v>
+      </c>
+      <c r="H84" s="221">
+        <v>0</v>
+      </c>
+      <c r="I84" s="221">
+        <v>0</v>
+      </c>
+      <c r="J84" s="221">
+        <v>0</v>
+      </c>
+      <c r="K84" s="221">
+        <v>0</v>
+      </c>
+      <c r="L84" s="221">
+        <v>0</v>
+      </c>
+      <c r="M84" s="221">
+        <v>0</v>
+      </c>
+      <c r="N84" s="221">
+        <v>0</v>
+      </c>
+      <c r="O84" s="221">
+        <v>0</v>
+      </c>
+      <c r="P84" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A85" s="49" t="s">
+        <v>97</v>
+      </c>
+      <c r="B85" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C85" s="133">
+        <v>0</v>
+      </c>
+      <c r="D85" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E85" s="230">
+        <v>0</v>
+      </c>
+      <c r="F85" s="230">
+        <v>0</v>
+      </c>
+      <c r="G85" s="230">
+        <v>0</v>
+      </c>
+      <c r="H85" s="230">
+        <v>0</v>
+      </c>
+      <c r="I85" s="230">
+        <v>0</v>
+      </c>
+      <c r="J85" s="230">
+        <v>0</v>
+      </c>
+      <c r="K85" s="230">
+        <v>0</v>
+      </c>
+      <c r="L85" s="230">
+        <v>0</v>
+      </c>
+      <c r="M85" s="230">
+        <v>0</v>
+      </c>
+      <c r="N85" s="230">
+        <v>0</v>
+      </c>
+      <c r="O85" s="230">
+        <v>0</v>
+      </c>
+      <c r="P85" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A86" s="6"/>
+      <c r="B86" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C86" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D86" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E86" s="232">
+        <v>0</v>
+      </c>
+      <c r="F86" s="232">
+        <v>0</v>
+      </c>
+      <c r="G86" s="232">
+        <v>0</v>
+      </c>
+      <c r="H86" s="232">
+        <v>0</v>
+      </c>
+      <c r="I86" s="232">
+        <v>0</v>
+      </c>
+      <c r="J86" s="232">
+        <v>0</v>
+      </c>
+      <c r="K86" s="232">
+        <v>0</v>
+      </c>
+      <c r="L86" s="232">
+        <v>0</v>
+      </c>
+      <c r="M86" s="232">
+        <v>0</v>
+      </c>
+      <c r="N86" s="232">
+        <v>0</v>
+      </c>
+      <c r="O86" s="232">
+        <v>0</v>
+      </c>
+      <c r="P86" s="232">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A87" s="6"/>
+      <c r="B87" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C87" s="135"/>
+      <c r="D87" s="168"/>
+      <c r="E87" s="230">
+        <v>0</v>
+      </c>
+      <c r="F87" s="230">
+        <v>0</v>
+      </c>
+      <c r="G87" s="230">
+        <v>0</v>
+      </c>
+      <c r="H87" s="230">
+        <v>0</v>
+      </c>
+      <c r="I87" s="230">
+        <v>0</v>
+      </c>
+      <c r="J87" s="230">
+        <v>0</v>
+      </c>
+      <c r="K87" s="230">
+        <v>0</v>
+      </c>
+      <c r="L87" s="230">
+        <v>0</v>
+      </c>
+      <c r="M87" s="230">
+        <v>0</v>
+      </c>
+      <c r="N87" s="230">
+        <v>0</v>
+      </c>
+      <c r="O87" s="230">
+        <v>0</v>
+      </c>
+      <c r="P87" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A88" s="49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B88" s="23" t="s">
+        <v>100</v>
+      </c>
+      <c r="C88" s="133">
+        <v>0</v>
+      </c>
+      <c r="D88" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E88" s="230">
+        <v>0</v>
+      </c>
+      <c r="F88" s="230">
+        <v>0</v>
+      </c>
+      <c r="G88" s="230">
+        <v>0</v>
+      </c>
+      <c r="H88" s="230">
+        <v>0</v>
+      </c>
+      <c r="I88" s="230">
+        <v>0</v>
+      </c>
+      <c r="J88" s="230">
+        <v>0</v>
+      </c>
+      <c r="K88" s="230">
+        <v>0</v>
+      </c>
+      <c r="L88" s="230">
+        <v>0</v>
+      </c>
+      <c r="M88" s="230">
+        <v>0</v>
+      </c>
+      <c r="N88" s="230">
+        <v>0</v>
+      </c>
+      <c r="O88" s="230">
+        <v>0</v>
+      </c>
+      <c r="P88" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A89" s="6"/>
+      <c r="B89" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C89" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D89" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E89" s="232">
+        <v>0</v>
+      </c>
+      <c r="F89" s="232">
+        <v>0</v>
+      </c>
+      <c r="G89" s="232">
+        <v>0</v>
+      </c>
+      <c r="H89" s="232">
+        <v>0</v>
+      </c>
+      <c r="I89" s="232">
+        <v>0</v>
+      </c>
+      <c r="J89" s="232">
+        <v>0</v>
+      </c>
+      <c r="K89" s="232">
+        <v>0</v>
+      </c>
+      <c r="L89" s="232">
+        <v>0</v>
+      </c>
+      <c r="M89" s="232">
+        <v>0</v>
+      </c>
+      <c r="N89" s="232">
+        <v>0</v>
+      </c>
+      <c r="O89" s="232">
+        <v>0</v>
+      </c>
+      <c r="P89" s="232">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A90" s="6"/>
+      <c r="B90" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C90" s="135"/>
+      <c r="D90" s="168"/>
+      <c r="E90" s="230">
+        <v>0</v>
+      </c>
+      <c r="F90" s="230">
+        <v>0</v>
+      </c>
+      <c r="G90" s="230">
+        <v>0</v>
+      </c>
+      <c r="H90" s="230">
+        <v>0</v>
+      </c>
+      <c r="I90" s="230">
+        <v>0</v>
+      </c>
+      <c r="J90" s="230">
+        <v>0</v>
+      </c>
+      <c r="K90" s="230">
+        <v>0</v>
+      </c>
+      <c r="L90" s="230">
+        <v>0</v>
+      </c>
+      <c r="M90" s="230">
+        <v>0</v>
+      </c>
+      <c r="N90" s="230">
+        <v>0</v>
+      </c>
+      <c r="O90" s="230">
+        <v>0</v>
+      </c>
+      <c r="P90" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16" customFormat="1" ht="38.25" hidden="1" outlineLevel="2">
+      <c r="A91" s="49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B91" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C91" s="133">
+        <v>0</v>
+      </c>
+      <c r="D91" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E91" s="230">
+        <v>0</v>
+      </c>
+      <c r="F91" s="230">
+        <v>0</v>
+      </c>
+      <c r="G91" s="230">
+        <v>0</v>
+      </c>
+      <c r="H91" s="230">
+        <v>0</v>
+      </c>
+      <c r="I91" s="230">
+        <v>0</v>
+      </c>
+      <c r="J91" s="230">
+        <v>0</v>
+      </c>
+      <c r="K91" s="230">
+        <v>0</v>
+      </c>
+      <c r="L91" s="230">
+        <v>0</v>
+      </c>
+      <c r="M91" s="230">
+        <v>0</v>
+      </c>
+      <c r="N91" s="230">
+        <v>0</v>
+      </c>
+      <c r="O91" s="230">
+        <v>0</v>
+      </c>
+      <c r="P91" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A92" s="6"/>
+      <c r="B92" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C92" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D92" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E92" s="232">
+        <v>0</v>
+      </c>
+      <c r="F92" s="232">
+        <v>0</v>
+      </c>
+      <c r="G92" s="232">
+        <v>0</v>
+      </c>
+      <c r="H92" s="232">
+        <v>0</v>
+      </c>
+      <c r="I92" s="232">
+        <v>0</v>
+      </c>
+      <c r="J92" s="232">
+        <v>0</v>
+      </c>
+      <c r="K92" s="232">
+        <v>0</v>
+      </c>
+      <c r="L92" s="232">
+        <v>0</v>
+      </c>
+      <c r="M92" s="232">
+        <v>0</v>
+      </c>
+      <c r="N92" s="232">
+        <v>0</v>
+      </c>
+      <c r="O92" s="232">
+        <v>0</v>
+      </c>
+      <c r="P92" s="232">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A93" s="6"/>
+      <c r="B93" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C93" s="135"/>
+      <c r="D93" s="168"/>
+      <c r="E93" s="230">
+        <v>0</v>
+      </c>
+      <c r="F93" s="230">
+        <v>0</v>
+      </c>
+      <c r="G93" s="230">
+        <v>0</v>
+      </c>
+      <c r="H93" s="230">
+        <v>0</v>
+      </c>
+      <c r="I93" s="230">
+        <v>0</v>
+      </c>
+      <c r="J93" s="230">
+        <v>0</v>
+      </c>
+      <c r="K93" s="230">
+        <v>0</v>
+      </c>
+      <c r="L93" s="230">
+        <v>0</v>
+      </c>
+      <c r="M93" s="230">
+        <v>0</v>
+      </c>
+      <c r="N93" s="230">
+        <v>0</v>
+      </c>
+      <c r="O93" s="230">
+        <v>0</v>
+      </c>
+      <c r="P93" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A94" s="42" t="s">
+        <v>103</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C94" s="133">
+        <v>1</v>
+      </c>
+      <c r="D94" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E94" s="221">
+        <v>90</v>
+      </c>
+      <c r="F94" s="221">
+        <v>46.666666666666664</v>
+      </c>
+      <c r="G94" s="221">
+        <v>56.666666666666664</v>
+      </c>
+      <c r="H94" s="221">
+        <v>100</v>
+      </c>
+      <c r="I94" s="221">
+        <v>0</v>
+      </c>
+      <c r="J94" s="221">
+        <v>43.333333333333336</v>
+      </c>
+      <c r="K94" s="221">
+        <v>56.666666666666664</v>
+      </c>
+      <c r="L94" s="221">
+        <v>13.333333333333332</v>
+      </c>
+      <c r="M94" s="221">
+        <v>16.666666666666664</v>
+      </c>
+      <c r="N94" s="221">
+        <v>13.333333333333332</v>
+      </c>
+      <c r="O94" s="221">
+        <v>56.666666666666664</v>
+      </c>
+      <c r="P94" s="221">
+        <v>16.666666666666664</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A95" s="49" t="s">
+        <v>105</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C95" s="133">
+        <v>1</v>
+      </c>
+      <c r="D95" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E95" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F95" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G95" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H95" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I95" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J95" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K95" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L95" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M95" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N95" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O95" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P95" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A96" s="6"/>
+      <c r="B96" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C96" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D96" s="220">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E96" s="232">
+        <v>1</v>
+      </c>
+      <c r="F96" s="232">
+        <v>2</v>
+      </c>
+      <c r="G96" s="232">
+        <v>2</v>
+      </c>
+      <c r="H96" s="232">
+        <v>1</v>
+      </c>
+      <c r="I96" s="232">
+        <v>3</v>
+      </c>
+      <c r="J96" s="232">
+        <v>2</v>
+      </c>
+      <c r="K96" s="232">
+        <v>2</v>
+      </c>
+      <c r="L96" s="232">
+        <v>3</v>
+      </c>
+      <c r="M96" s="232">
+        <v>3</v>
+      </c>
+      <c r="N96" s="232">
+        <v>3</v>
+      </c>
+      <c r="O96" s="232">
+        <v>2</v>
+      </c>
+      <c r="P96" s="232">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A97" s="6"/>
+      <c r="B97" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C97" s="135"/>
+      <c r="D97" s="168"/>
+      <c r="E97" s="230">
+        <v>100</v>
+      </c>
+      <c r="F97" s="230">
+        <v>50</v>
+      </c>
+      <c r="G97" s="230">
+        <v>50</v>
+      </c>
+      <c r="H97" s="230">
+        <v>100</v>
+      </c>
+      <c r="I97" s="230">
+        <v>0</v>
+      </c>
+      <c r="J97" s="230">
+        <v>50</v>
+      </c>
+      <c r="K97" s="230">
+        <v>50</v>
+      </c>
+      <c r="L97" s="230">
+        <v>0</v>
+      </c>
+      <c r="M97" s="230">
+        <v>0</v>
+      </c>
+      <c r="N97" s="230">
+        <v>0</v>
+      </c>
+      <c r="O97" s="230">
+        <v>50</v>
+      </c>
+      <c r="P97" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A98" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="B98" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="C98" s="133">
+        <v>1</v>
+      </c>
+      <c r="D98" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E98" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F98" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G98" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H98" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I98" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J98" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K98" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L98" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M98" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N98" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O98" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P98" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A99" s="6"/>
+      <c r="B99" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="C99" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D99" s="220">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E99" s="232">
+        <v>1</v>
+      </c>
+      <c r="F99" s="232">
+        <v>2</v>
+      </c>
+      <c r="G99" s="232">
+        <v>2</v>
+      </c>
+      <c r="H99" s="232">
+        <v>1</v>
+      </c>
+      <c r="I99" s="232">
+        <v>3</v>
+      </c>
+      <c r="J99" s="232">
+        <v>2</v>
+      </c>
+      <c r="K99" s="232">
+        <v>2</v>
+      </c>
+      <c r="L99" s="232">
+        <v>3</v>
+      </c>
+      <c r="M99" s="232">
+        <v>3</v>
+      </c>
+      <c r="N99" s="232">
+        <v>3</v>
+      </c>
+      <c r="O99" s="232">
+        <v>2</v>
+      </c>
+      <c r="P99" s="232">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A100" s="6"/>
+      <c r="B100" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C100" s="135"/>
+      <c r="D100" s="168"/>
+      <c r="E100" s="230">
+        <v>100</v>
+      </c>
+      <c r="F100" s="230">
+        <v>50</v>
+      </c>
+      <c r="G100" s="230">
+        <v>50</v>
+      </c>
+      <c r="H100" s="230">
+        <v>100</v>
+      </c>
+      <c r="I100" s="230">
+        <v>0</v>
+      </c>
+      <c r="J100" s="230">
+        <v>50</v>
+      </c>
+      <c r="K100" s="230">
+        <v>50</v>
+      </c>
+      <c r="L100" s="230">
+        <v>0</v>
+      </c>
+      <c r="M100" s="230">
+        <v>0</v>
+      </c>
+      <c r="N100" s="230">
+        <v>0</v>
+      </c>
+      <c r="O100" s="230">
+        <v>50</v>
+      </c>
+      <c r="P100" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A101" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="B101" s="33" t="s">
+        <v>111</v>
+      </c>
+      <c r="C101" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D101" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E101" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F101" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G101" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H101" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I101" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J101" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K101" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L101" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M101" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N101" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O101" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P101" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A102" s="6"/>
+      <c r="B102" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="C102" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D102" s="220">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E102" s="232">
+        <v>6</v>
+      </c>
+      <c r="F102" s="232">
+        <v>7</v>
+      </c>
+      <c r="G102" s="232">
+        <v>4</v>
+      </c>
+      <c r="H102" s="232">
+        <v>3</v>
+      </c>
+      <c r="I102" s="232">
+        <v>9</v>
+      </c>
+      <c r="J102" s="232">
+        <v>8</v>
+      </c>
+      <c r="K102" s="232">
+        <v>4</v>
+      </c>
+      <c r="L102" s="232">
+        <v>5</v>
+      </c>
+      <c r="M102" s="232">
+        <v>4</v>
+      </c>
+      <c r="N102" s="232">
+        <v>5</v>
+      </c>
+      <c r="O102" s="232">
+        <v>4</v>
+      </c>
+      <c r="P102" s="232">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A103" s="6"/>
+      <c r="B103" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C103" s="135"/>
+      <c r="D103" s="168"/>
+      <c r="E103" s="230">
+        <v>50</v>
+      </c>
+      <c r="F103" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="G103" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="H103" s="230">
+        <v>100</v>
+      </c>
+      <c r="I103" s="230">
+        <v>0</v>
+      </c>
+      <c r="J103" s="230">
+        <v>16.666666666666671</v>
+      </c>
+      <c r="K103" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="L103" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="M103" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="N103" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="O103" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="P103" s="230">
+        <v>83.333333333333329</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A104" s="42" t="s">
+        <v>112</v>
+      </c>
+      <c r="B104" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C104" s="133">
+        <v>1</v>
+      </c>
+      <c r="D104" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E104" s="221">
+        <v>42.857142857142854</v>
+      </c>
+      <c r="F104" s="221">
+        <v>60</v>
+      </c>
+      <c r="G104" s="221">
+        <v>60</v>
+      </c>
+      <c r="H104" s="221">
+        <v>42.857142857142854</v>
+      </c>
+      <c r="I104" s="221">
+        <v>60</v>
+      </c>
+      <c r="J104" s="221">
+        <v>42.857142857142854</v>
+      </c>
+      <c r="K104" s="221">
+        <v>80</v>
+      </c>
+      <c r="L104" s="221">
+        <v>97.142857142857139</v>
+      </c>
+      <c r="M104" s="221">
+        <v>8.5714285714285712</v>
+      </c>
+      <c r="N104" s="221">
+        <v>97.142857142857139</v>
+      </c>
+      <c r="O104" s="221">
+        <v>80</v>
+      </c>
+      <c r="P104" s="221">
+        <v>8.5714285714285712</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A105" s="49" t="s">
+        <v>114</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="C105" s="133">
+        <v>1</v>
+      </c>
+      <c r="D105" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K105" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L105" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M105" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N105" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O105" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P105" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A106" s="6"/>
+      <c r="B106" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="C106" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D106" s="220">
+        <v>1</v>
+      </c>
+      <c r="E106" s="232">
+        <v>1</v>
+      </c>
+      <c r="F106" s="232">
+        <v>1</v>
+      </c>
+      <c r="G106" s="232">
+        <v>1</v>
+      </c>
+      <c r="H106" s="232">
+        <v>1</v>
+      </c>
+      <c r="I106" s="232">
+        <v>1</v>
+      </c>
+      <c r="J106" s="232">
+        <v>1</v>
+      </c>
+      <c r="K106" s="232">
+        <v>0</v>
+      </c>
+      <c r="L106" s="232">
+        <v>0</v>
+      </c>
+      <c r="M106" s="232">
+        <v>1</v>
+      </c>
+      <c r="N106" s="232">
+        <v>0</v>
+      </c>
+      <c r="O106" s="232">
+        <v>0</v>
+      </c>
+      <c r="P106" s="232">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A107" s="6"/>
+      <c r="B107" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C107" s="135"/>
+      <c r="D107" s="168"/>
+      <c r="E107" s="230">
+        <v>0</v>
+      </c>
+      <c r="F107" s="230">
+        <v>0</v>
+      </c>
+      <c r="G107" s="230">
+        <v>0</v>
+      </c>
+      <c r="H107" s="230">
+        <v>0</v>
+      </c>
+      <c r="I107" s="230">
+        <v>0</v>
+      </c>
+      <c r="J107" s="230">
+        <v>0</v>
+      </c>
+      <c r="K107" s="230">
+        <v>100</v>
+      </c>
+      <c r="L107" s="230">
+        <v>100</v>
+      </c>
+      <c r="M107" s="230">
+        <v>0</v>
+      </c>
+      <c r="N107" s="230">
+        <v>100</v>
+      </c>
+      <c r="O107" s="230">
+        <v>100</v>
+      </c>
+      <c r="P107" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A108" s="49" t="s">
+        <v>116</v>
+      </c>
+      <c r="B108" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="C108" s="133">
+        <v>1</v>
+      </c>
+      <c r="D108" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M108" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O108" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P108" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A109" s="6"/>
+      <c r="B109" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="C109" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D109" s="220">
+        <v>1</v>
+      </c>
+      <c r="E109" s="232">
+        <v>0</v>
+      </c>
+      <c r="F109" s="232">
+        <v>0</v>
+      </c>
+      <c r="G109" s="232">
+        <v>0</v>
+      </c>
+      <c r="H109" s="232">
+        <v>0</v>
+      </c>
+      <c r="I109" s="232">
+        <v>0</v>
+      </c>
+      <c r="J109" s="232">
+        <v>0</v>
+      </c>
+      <c r="K109" s="232">
+        <v>0</v>
+      </c>
+      <c r="L109" s="232">
+        <v>0</v>
+      </c>
+      <c r="M109" s="232">
+        <v>1</v>
+      </c>
+      <c r="N109" s="232">
+        <v>0</v>
+      </c>
+      <c r="O109" s="232">
+        <v>0</v>
+      </c>
+      <c r="P109" s="232">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A110" s="6"/>
+      <c r="B110" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C110" s="135"/>
+      <c r="D110" s="168"/>
+      <c r="E110" s="230">
+        <v>100</v>
+      </c>
+      <c r="F110" s="230">
+        <v>100</v>
+      </c>
+      <c r="G110" s="230">
+        <v>100</v>
+      </c>
+      <c r="H110" s="230">
+        <v>100</v>
+      </c>
+      <c r="I110" s="230">
+        <v>100</v>
+      </c>
+      <c r="J110" s="230">
+        <v>100</v>
+      </c>
+      <c r="K110" s="230">
+        <v>100</v>
+      </c>
+      <c r="L110" s="230">
+        <v>100</v>
+      </c>
+      <c r="M110" s="230">
+        <v>0</v>
+      </c>
+      <c r="N110" s="230">
+        <v>100</v>
+      </c>
+      <c r="O110" s="230">
+        <v>100</v>
+      </c>
+      <c r="P110" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" customFormat="1" ht="45" hidden="1" outlineLevel="2">
+      <c r="A111" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="B111" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="C111" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D111" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E111" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F111" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G111" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H111" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I111" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J111" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K111" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L111" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M111" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N111" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O111" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P111" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A112" s="6"/>
+      <c r="B112" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="C112" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D112" s="220">
+        <v>0.7</v>
+      </c>
+      <c r="E112" s="232">
+        <v>9</v>
+      </c>
+      <c r="F112" s="232">
+        <v>3</v>
+      </c>
+      <c r="G112" s="232">
+        <v>3</v>
+      </c>
+      <c r="H112" s="232">
+        <v>9</v>
+      </c>
+      <c r="I112" s="232">
+        <v>3</v>
+      </c>
+      <c r="J112" s="232">
+        <v>9</v>
+      </c>
+      <c r="K112" s="232">
+        <v>10</v>
+      </c>
+      <c r="L112" s="232">
+        <v>4</v>
+      </c>
+      <c r="M112" s="232">
+        <v>7</v>
+      </c>
+      <c r="N112" s="232">
+        <v>4</v>
+      </c>
+      <c r="O112" s="232">
+        <v>10</v>
+      </c>
+      <c r="P112" s="232">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A113" s="6"/>
+      <c r="B113" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C113" s="135"/>
+      <c r="D113" s="168"/>
+      <c r="E113" s="230">
+        <v>14.285714285714292</v>
+      </c>
+      <c r="F113" s="230">
+        <v>100</v>
+      </c>
+      <c r="G113" s="230">
+        <v>100</v>
+      </c>
+      <c r="H113" s="230">
+        <v>14.285714285714292</v>
+      </c>
+      <c r="I113" s="230">
+        <v>100</v>
+      </c>
+      <c r="J113" s="230">
+        <v>14.285714285714292</v>
+      </c>
+      <c r="K113" s="230">
+        <v>0</v>
+      </c>
+      <c r="L113" s="230">
+        <v>85.714285714285708</v>
+      </c>
+      <c r="M113" s="230">
+        <v>42.857142857142854</v>
+      </c>
+      <c r="N113" s="230">
+        <v>85.714285714285708</v>
+      </c>
+      <c r="O113" s="230">
+        <v>0</v>
+      </c>
+      <c r="P113" s="230">
+        <v>42.857142857142854</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A114" s="42" t="s">
+        <v>120</v>
+      </c>
+      <c r="B114" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="C114" s="133">
+        <v>2</v>
+      </c>
+      <c r="D114" s="167">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="E114" s="221">
+        <v>29.375</v>
+      </c>
+      <c r="F114" s="221">
+        <v>4.6874999999999982</v>
+      </c>
+      <c r="G114" s="221">
+        <v>64.557291666666671</v>
+      </c>
+      <c r="H114" s="221">
+        <v>79.453125</v>
+      </c>
+      <c r="I114" s="221">
+        <v>54.973958333333329</v>
+      </c>
+      <c r="J114" s="221">
+        <v>69.869791666666657</v>
+      </c>
+      <c r="K114" s="221">
+        <v>87.682291666666657</v>
+      </c>
+      <c r="L114" s="221">
+        <v>72.786458333333329</v>
+      </c>
+      <c r="M114" s="221">
+        <v>3.515625</v>
+      </c>
+      <c r="N114" s="221">
+        <v>83.541666666666657</v>
+      </c>
+      <c r="O114" s="221">
+        <v>98.4375</v>
+      </c>
+      <c r="P114" s="221">
+        <v>14.270833333333337</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A115" s="49" t="s">
+        <v>122</v>
+      </c>
+      <c r="B115" s="23" t="s">
+        <v>123</v>
+      </c>
+      <c r="C115" s="133">
+        <v>2</v>
+      </c>
+      <c r="D115" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E115" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F115" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G115" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H115" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I115" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J115" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K115" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L115" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M115" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N115" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O115" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P115" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A116" s="6"/>
+      <c r="B116" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C116" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D116" s="220">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="E116" s="232">
+        <v>12</v>
+      </c>
+      <c r="F116" s="232">
+        <v>18</v>
+      </c>
+      <c r="G116" s="232">
+        <v>10</v>
+      </c>
+      <c r="H116" s="232">
+        <v>6</v>
+      </c>
+      <c r="I116" s="232">
+        <v>11</v>
+      </c>
+      <c r="J116" s="232">
+        <v>7</v>
+      </c>
+      <c r="K116" s="232">
+        <v>4</v>
+      </c>
+      <c r="L116" s="232">
+        <v>8</v>
+      </c>
+      <c r="M116" s="232">
+        <v>18</v>
+      </c>
+      <c r="N116" s="232">
+        <v>7</v>
+      </c>
+      <c r="O116" s="232">
+        <v>3</v>
+      </c>
+      <c r="P116" s="232">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A117" s="6"/>
+      <c r="B117" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C117" s="135"/>
+      <c r="D117" s="168"/>
+      <c r="E117" s="230">
+        <v>40</v>
+      </c>
+      <c r="F117" s="230">
+        <v>0</v>
+      </c>
+      <c r="G117" s="230">
+        <v>53.333333333333336</v>
+      </c>
+      <c r="H117" s="230">
+        <v>80</v>
+      </c>
+      <c r="I117" s="230">
+        <v>46.666666666666664</v>
+      </c>
+      <c r="J117" s="230">
+        <v>73.333333333333329</v>
+      </c>
+      <c r="K117" s="230">
+        <v>93.333333333333329</v>
+      </c>
+      <c r="L117" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="M117" s="230">
+        <v>0</v>
+      </c>
+      <c r="N117" s="230">
+        <v>73.333333333333329</v>
+      </c>
+      <c r="O117" s="230">
+        <v>100</v>
+      </c>
+      <c r="P117" s="230">
+        <v>6.6666666666666714</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A118" s="49" t="s">
+        <v>125</v>
+      </c>
+      <c r="B118" s="23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C118" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D118" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E118" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F118" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G118" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H118" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I118" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J118" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K118" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L118" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M118" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N118" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O118" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P118" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A119" s="6"/>
+      <c r="B119" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C119" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D119" s="220">
+        <v>0.6</v>
+      </c>
+      <c r="E119" s="232">
+        <v>17</v>
+      </c>
+      <c r="F119" s="232">
         <v>19</v>
       </c>
-      <c r="B4" s="74" t="s">
+      <c r="G119" s="232">
+        <v>11</v>
+      </c>
+      <c r="H119" s="232">
+        <v>10</v>
+      </c>
+      <c r="I119" s="232">
+        <v>12</v>
+      </c>
+      <c r="J119" s="232">
+        <v>11</v>
+      </c>
+      <c r="K119" s="232">
+        <v>10</v>
+      </c>
+      <c r="L119" s="232">
+        <v>11</v>
+      </c>
+      <c r="M119" s="232">
         <v>20</v>
       </c>
-      <c r="C4" s="214">
+      <c r="N119" s="232">
+        <v>9</v>
+      </c>
+      <c r="O119" s="232">
+        <v>8</v>
+      </c>
+      <c r="P119" s="232">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A120" s="6"/>
+      <c r="B120" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C120" s="135"/>
+      <c r="D120" s="168"/>
+      <c r="E120" s="230">
+        <v>25</v>
+      </c>
+      <c r="F120" s="230">
+        <v>8.3333333333333286</v>
+      </c>
+      <c r="G120" s="230">
+        <v>75</v>
+      </c>
+      <c r="H120" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="I120" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="J120" s="230">
+        <v>75</v>
+      </c>
+      <c r="K120" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="L120" s="230">
+        <v>75</v>
+      </c>
+      <c r="M120" s="230">
+        <v>0</v>
+      </c>
+      <c r="N120" s="230">
+        <v>91.666666666666671</v>
+      </c>
+      <c r="O120" s="230">
+        <v>100</v>
+      </c>
+      <c r="P120" s="230">
+        <v>16.666666666666671</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A121" s="49" t="s">
+        <v>127</v>
+      </c>
+      <c r="B121" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="C121" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D121" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E121" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F121" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G121" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H121" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I121" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J121" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K121" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L121" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M121" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N121" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O121" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P121" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A122" s="104"/>
+      <c r="B122" s="114" t="s">
+        <v>124</v>
+      </c>
+      <c r="C122" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D122" s="220">
+        <v>0.3902439024390244</v>
+      </c>
+      <c r="E122" s="232">
+        <v>82</v>
+      </c>
+      <c r="F122" s="232">
+        <v>78</v>
+      </c>
+      <c r="G122" s="232">
+        <v>57</v>
+      </c>
+      <c r="H122" s="232">
+        <v>61</v>
+      </c>
+      <c r="I122" s="232">
+        <v>65</v>
+      </c>
+      <c r="J122" s="232">
+        <v>69</v>
+      </c>
+      <c r="K122" s="232">
+        <v>57</v>
+      </c>
+      <c r="L122" s="232">
+        <v>53</v>
+      </c>
+      <c r="M122" s="232">
+        <v>73</v>
+      </c>
+      <c r="N122" s="232">
+        <v>50</v>
+      </c>
+      <c r="O122" s="232">
+        <v>54</v>
+      </c>
+      <c r="P122" s="232">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A123" s="117"/>
+      <c r="B123" s="255" t="s">
+        <v>30</v>
+      </c>
+      <c r="C123" s="140"/>
+      <c r="D123" s="171"/>
+      <c r="E123" s="230">
+        <v>0</v>
+      </c>
+      <c r="F123" s="230">
+        <v>12.5</v>
+      </c>
+      <c r="G123" s="230">
+        <v>78.125</v>
+      </c>
+      <c r="H123" s="230">
+        <v>65.625</v>
+      </c>
+      <c r="I123" s="230">
+        <v>53.125</v>
+      </c>
+      <c r="J123" s="230">
+        <v>40.625</v>
+      </c>
+      <c r="K123" s="230">
+        <v>78.125</v>
+      </c>
+      <c r="L123" s="230">
+        <v>90.625</v>
+      </c>
+      <c r="M123" s="230">
+        <v>28.125</v>
+      </c>
+      <c r="N123" s="230">
+        <v>100</v>
+      </c>
+      <c r="O123" s="230">
+        <v>87.5</v>
+      </c>
+      <c r="P123" s="230">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16" customFormat="1" ht="32.25" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A124" s="115" t="s">
+        <v>129</v>
+      </c>
+      <c r="B124" s="116" t="s">
+        <v>130</v>
+      </c>
+      <c r="C124" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D124" s="169">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="E124" s="221">
+        <v>42.027271013596952</v>
+      </c>
+      <c r="F124" s="221">
+        <v>30.027324438662202</v>
+      </c>
+      <c r="G124" s="221">
+        <v>58.820687452287288</v>
+      </c>
+      <c r="H124" s="221">
+        <v>64.197046919379247</v>
+      </c>
+      <c r="I124" s="221">
+        <v>75.284186934786092</v>
+      </c>
+      <c r="J124" s="221">
+        <v>80.775553088313288</v>
+      </c>
+      <c r="K124" s="221">
+        <v>59.927967293083405</v>
+      </c>
+      <c r="L124" s="221">
+        <v>54.428005940058128</v>
+      </c>
+      <c r="M124" s="221">
+        <v>18.197463859041729</v>
+      </c>
+      <c r="N124" s="221">
+        <v>68.120022628625421</v>
+      </c>
+      <c r="O124" s="221">
+        <v>73.619983981650691</v>
+      </c>
+      <c r="P124" s="221">
+        <v>31.895950844203249</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A125" s="42" t="s">
+        <v>131</v>
+      </c>
+      <c r="B125" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="C125" s="133">
+        <v>1</v>
+      </c>
+      <c r="D125" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E125" s="221">
+        <v>59.780219780219781</v>
+      </c>
+      <c r="F125" s="221">
+        <v>1.5188834154351392</v>
+      </c>
+      <c r="G125" s="221">
+        <v>59.309262166405027</v>
+      </c>
+      <c r="H125" s="221">
+        <v>98.201970443349751</v>
+      </c>
+      <c r="I125" s="221">
+        <v>51.922896479546736</v>
+      </c>
+      <c r="J125" s="221">
+        <v>91.694725635612329</v>
+      </c>
+      <c r="K125" s="221">
+        <v>89.670780779155152</v>
+      </c>
+      <c r="L125" s="221">
+        <v>50.71527815370181</v>
+      </c>
+      <c r="M125" s="221">
+        <v>27.071672170194322</v>
+      </c>
+      <c r="N125" s="221">
+        <v>50.71527815370181</v>
+      </c>
+      <c r="O125" s="221">
+        <v>89.670780779155152</v>
+      </c>
+      <c r="P125" s="221">
+        <v>27.071672170194322</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A126" s="49" t="s">
+        <v>133</v>
+      </c>
+      <c r="B126" s="24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C126" s="133">
+        <v>2</v>
+      </c>
+      <c r="D126" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E126" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F126" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G126" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H126" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I126" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J126" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K126" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L126" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M126" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N126" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O126" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P126" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A127" s="6"/>
+      <c r="B127" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C127" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D127" s="220">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="E127" s="232">
+        <v>7.8000000000000007</v>
+      </c>
+      <c r="F127" s="232">
+        <v>12</v>
+      </c>
+      <c r="G127" s="232">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="H127" s="232">
+        <v>5.5</v>
+      </c>
+      <c r="I127" s="232">
+        <v>9.5</v>
+      </c>
+      <c r="J127" s="232">
+        <v>5.7</v>
+      </c>
+      <c r="K127" s="232">
+        <v>6.0000000000000009</v>
+      </c>
+      <c r="L127" s="232">
+        <v>9.7999999999999989</v>
+      </c>
+      <c r="M127" s="232">
+        <v>11.200000000000001</v>
+      </c>
+      <c r="N127" s="232">
+        <v>9.7999999999999989</v>
+      </c>
+      <c r="O127" s="232">
+        <v>6.0000000000000009</v>
+      </c>
+      <c r="P127" s="232">
+        <v>11.200000000000001</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A128" s="6"/>
+      <c r="B128" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C128" s="135"/>
+      <c r="D128" s="168"/>
+      <c r="E128" s="230">
+        <v>64.615384615384613</v>
+      </c>
+      <c r="F128" s="230">
+        <v>0</v>
+      </c>
+      <c r="G128" s="230">
+        <v>43.076923076923087</v>
+      </c>
+      <c r="H128" s="230">
+        <v>100</v>
+      </c>
+      <c r="I128" s="230">
+        <v>38.46153846153846</v>
+      </c>
+      <c r="J128" s="230">
+        <v>96.92307692307692</v>
+      </c>
+      <c r="K128" s="230">
+        <v>92.307692307692292</v>
+      </c>
+      <c r="L128" s="230">
+        <v>33.846153846153868</v>
+      </c>
+      <c r="M128" s="230">
+        <v>12.307692307692292</v>
+      </c>
+      <c r="N128" s="230">
+        <v>33.846153846153868</v>
+      </c>
+      <c r="O128" s="230">
+        <v>92.307692307692292</v>
+      </c>
+      <c r="P128" s="230">
+        <v>12.307692307692292</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A129" s="49" t="s">
+        <v>135</v>
+      </c>
+      <c r="B129" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="C129" s="133">
+        <v>1</v>
+      </c>
+      <c r="D129" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E129" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F129" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G129" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H129" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I129" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J129" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K129" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L129" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M129" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N129" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O129" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P129" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A130" s="6"/>
+      <c r="B130" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C130" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D130" s="220">
+        <v>0.36842105263157893</v>
+      </c>
+      <c r="E130" s="232">
+        <v>6.7</v>
+      </c>
+      <c r="F130" s="232">
+        <v>9.5</v>
+      </c>
+      <c r="G130" s="232">
+        <v>7</v>
+      </c>
+      <c r="H130" s="232">
+        <v>6</v>
+      </c>
+      <c r="I130" s="232">
+        <v>7.1</v>
+      </c>
+      <c r="J130" s="232">
+        <v>6.1</v>
+      </c>
+      <c r="K130" s="232">
+        <v>6.4</v>
+      </c>
+      <c r="L130" s="232">
+        <v>7.3</v>
+      </c>
+      <c r="M130" s="232">
+        <v>8.4</v>
+      </c>
+      <c r="N130" s="232">
+        <v>7.3</v>
+      </c>
+      <c r="O130" s="232">
+        <v>6.4</v>
+      </c>
+      <c r="P130" s="232">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A131" s="6"/>
+      <c r="B131" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C131" s="135"/>
+      <c r="D131" s="168"/>
+      <c r="E131" s="230">
+        <v>80</v>
+      </c>
+      <c r="F131" s="230">
+        <v>0</v>
+      </c>
+      <c r="G131" s="230">
+        <v>71.428571428571431</v>
+      </c>
+      <c r="H131" s="230">
+        <v>100</v>
+      </c>
+      <c r="I131" s="230">
+        <v>68.571428571428584</v>
+      </c>
+      <c r="J131" s="230">
+        <v>97.142857142857153</v>
+      </c>
+      <c r="K131" s="230">
+        <v>88.571428571428555</v>
+      </c>
+      <c r="L131" s="230">
+        <v>62.857142857142868</v>
+      </c>
+      <c r="M131" s="230">
+        <v>31.428571428571416</v>
+      </c>
+      <c r="N131" s="230">
+        <v>62.857142857142868</v>
+      </c>
+      <c r="O131" s="230">
+        <v>88.571428571428555</v>
+      </c>
+      <c r="P131" s="230">
+        <v>31.428571428571416</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A132" s="49" t="s">
+        <v>137</v>
+      </c>
+      <c r="B132" s="24" t="s">
+        <v>138</v>
+      </c>
+      <c r="C132" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D132" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E132" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F132" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G132" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H132" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I132" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J132" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K132" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L132" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M132" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N132" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O132" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P132" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A133" s="6"/>
+      <c r="B133" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C133" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D133" s="220">
+        <v>0.47385620915032683</v>
+      </c>
+      <c r="E133" s="232">
+        <v>367.2</v>
+      </c>
+      <c r="F133" s="232">
+        <v>348.7</v>
+      </c>
+      <c r="G133" s="232">
+        <v>193.2</v>
+      </c>
+      <c r="H133" s="232">
+        <v>215.1</v>
+      </c>
+      <c r="I133" s="232">
+        <v>241.1</v>
+      </c>
+      <c r="J133" s="232">
+        <v>263</v>
+      </c>
+      <c r="K133" s="232">
+        <v>225.7</v>
+      </c>
+      <c r="L133" s="232">
+        <v>203.8</v>
+      </c>
+      <c r="M133" s="232">
+        <v>232.5</v>
+      </c>
+      <c r="N133" s="232">
+        <v>203.8</v>
+      </c>
+      <c r="O133" s="232">
+        <v>225.7</v>
+      </c>
+      <c r="P133" s="232">
+        <v>232.5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A134" s="6"/>
+      <c r="B134" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C134" s="135"/>
+      <c r="D134" s="168"/>
+      <c r="E134" s="230">
+        <v>0</v>
+      </c>
+      <c r="F134" s="230">
+        <v>10.632183908045974</v>
+      </c>
+      <c r="G134" s="230">
+        <v>100</v>
+      </c>
+      <c r="H134" s="230">
+        <v>87.41379310344827</v>
+      </c>
+      <c r="I134" s="230">
+        <v>72.47126436781609</v>
+      </c>
+      <c r="J134" s="230">
+        <v>59.885057471264361</v>
+      </c>
+      <c r="K134" s="230">
+        <v>81.321839080459768</v>
+      </c>
+      <c r="L134" s="230">
+        <v>93.908045977011483</v>
+      </c>
+      <c r="M134" s="230">
+        <v>77.41379310344827</v>
+      </c>
+      <c r="N134" s="230">
+        <v>93.908045977011483</v>
+      </c>
+      <c r="O134" s="230">
+        <v>81.321839080459768</v>
+      </c>
+      <c r="P134" s="230">
+        <v>77.41379310344827</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A135" s="42" t="s">
+        <v>139</v>
+      </c>
+      <c r="B135" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="C135" s="133">
+        <v>1</v>
+      </c>
+      <c r="D135" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E135" s="221">
+        <v>74.701219848760829</v>
+      </c>
+      <c r="F135" s="221">
+        <v>24.267428382182466</v>
+      </c>
+      <c r="G135" s="221">
+        <v>67.059998896064457</v>
+      </c>
+      <c r="H135" s="221">
+        <v>96.111111111111114</v>
+      </c>
+      <c r="I135" s="221">
+        <v>66.959375172489928</v>
+      </c>
+      <c r="J135" s="221">
+        <v>95.936413313462495</v>
+      </c>
+      <c r="K135" s="221">
+        <v>89.352817795440743</v>
+      </c>
+      <c r="L135" s="221">
+        <v>59.482033449246565</v>
+      </c>
+      <c r="M135" s="221">
+        <v>0</v>
+      </c>
+      <c r="N135" s="221">
+        <v>60.259811227024343</v>
+      </c>
+      <c r="O135" s="221">
+        <v>90.130595573218514</v>
+      </c>
+      <c r="P135" s="221">
+        <v>0.96296296296296069</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A136" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B136" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C136" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D136" s="167">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E136" s="221">
+        <v>68.885577082298383</v>
+      </c>
+      <c r="F136" s="221">
+        <v>12.949163768835888</v>
+      </c>
+      <c r="G136" s="221">
+        <v>71.833084947839041</v>
+      </c>
+      <c r="H136" s="221">
+        <v>100</v>
+      </c>
+      <c r="I136" s="221">
+        <v>68.637191588011262</v>
+      </c>
+      <c r="J136" s="221">
+        <v>96.804106640172222</v>
+      </c>
+      <c r="K136" s="221">
+        <v>90.495115085279011</v>
+      </c>
+      <c r="L136" s="221">
+        <v>61.235303858254674</v>
+      </c>
+      <c r="M136" s="221">
+        <v>0</v>
+      </c>
+      <c r="N136" s="221">
+        <v>61.235303858254674</v>
+      </c>
+      <c r="O136" s="221">
+        <v>90.495115085279011</v>
+      </c>
+      <c r="P136" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A137" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B137" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C137" s="133">
+        <v>2</v>
+      </c>
+      <c r="D137" s="167">
+        <v>3.3E-3</v>
+      </c>
+      <c r="E137" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F137" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G137" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H137" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I137" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J137" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K137" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L137" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M137" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N137" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O137" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P137" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A138" s="6"/>
+      <c r="B138" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C138" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D138" s="220">
+        <v>0.49593495934959342</v>
+      </c>
+      <c r="E138" s="232">
+        <v>8.4</v>
+      </c>
+      <c r="F138" s="232">
+        <v>11.299999999999999</v>
+      </c>
+      <c r="G138" s="232">
+        <v>8.5</v>
+      </c>
+      <c r="H138" s="232">
+        <v>6.2</v>
+      </c>
+      <c r="I138" s="232">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="J138" s="232">
+        <v>6.4</v>
+      </c>
+      <c r="K138" s="232">
+        <v>6.7</v>
+      </c>
+      <c r="L138" s="232">
+        <v>9.1</v>
+      </c>
+      <c r="M138" s="232">
+        <v>12.299999999999999</v>
+      </c>
+      <c r="N138" s="232">
+        <v>9.1</v>
+      </c>
+      <c r="O138" s="232">
+        <v>6.7</v>
+      </c>
+      <c r="P138" s="232">
+        <v>12.299999999999999</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A139" s="6"/>
+      <c r="B139" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C139" s="135"/>
+      <c r="D139" s="168"/>
+      <c r="E139" s="230">
+        <v>63.934426229508183</v>
+      </c>
+      <c r="F139" s="230">
+        <v>16.393442622950815</v>
+      </c>
+      <c r="G139" s="230">
+        <v>62.295081967213115</v>
+      </c>
+      <c r="H139" s="230">
+        <v>100</v>
+      </c>
+      <c r="I139" s="230">
+        <v>59.016393442622956</v>
+      </c>
+      <c r="J139" s="230">
+        <v>96.721311475409834</v>
+      </c>
+      <c r="K139" s="230">
+        <v>91.803278688524586</v>
+      </c>
+      <c r="L139" s="230">
+        <v>52.459016393442624</v>
+      </c>
+      <c r="M139" s="230">
+        <v>0</v>
+      </c>
+      <c r="N139" s="230">
+        <v>52.459016393442624</v>
+      </c>
+      <c r="O139" s="230">
+        <v>91.803278688524586</v>
+      </c>
+      <c r="P139" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A140" s="18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B140" s="24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C140" s="133">
+        <v>1</v>
+      </c>
+      <c r="D140" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E140" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F140" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G140" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H140" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I140" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J140" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K140" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L140" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M140" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N140" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O140" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P140" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A141" s="6"/>
+      <c r="B141" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C141" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D141" s="220">
+        <v>0.34736842105263155</v>
+      </c>
+      <c r="E141" s="232">
+        <v>6.9</v>
+      </c>
+      <c r="F141" s="232">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G141" s="232">
+        <v>6.5</v>
+      </c>
+      <c r="H141" s="232">
+        <v>6.2</v>
+      </c>
+      <c r="I141" s="232">
+        <v>6.6</v>
+      </c>
+      <c r="J141" s="232">
+        <v>6.3</v>
+      </c>
+      <c r="K141" s="232">
+        <v>6.6</v>
+      </c>
+      <c r="L141" s="232">
+        <v>6.9</v>
+      </c>
+      <c r="M141" s="232">
+        <v>9.5</v>
+      </c>
+      <c r="N141" s="232">
+        <v>6.9</v>
+      </c>
+      <c r="O141" s="232">
+        <v>6.6</v>
+      </c>
+      <c r="P141" s="232">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A142" s="6"/>
+      <c r="B142" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C142" s="135"/>
+      <c r="D142" s="168"/>
+      <c r="E142" s="230">
+        <v>78.787878787878782</v>
+      </c>
+      <c r="F142" s="230">
+        <v>6.0606060606060339</v>
+      </c>
+      <c r="G142" s="230">
+        <v>90.909090909090907</v>
+      </c>
+      <c r="H142" s="230">
+        <v>100</v>
+      </c>
+      <c r="I142" s="230">
+        <v>87.87878787878789</v>
+      </c>
+      <c r="J142" s="230">
+        <v>96.969696969696983</v>
+      </c>
+      <c r="K142" s="230">
+        <v>87.87878787878789</v>
+      </c>
+      <c r="L142" s="230">
+        <v>78.787878787878782</v>
+      </c>
+      <c r="M142" s="230">
+        <v>0</v>
+      </c>
+      <c r="N142" s="230">
+        <v>78.787878787878782</v>
+      </c>
+      <c r="O142" s="230">
+        <v>87.87878787878789</v>
+      </c>
+      <c r="P142" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A143" s="49" t="s">
+        <v>147</v>
+      </c>
+      <c r="B143" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="C143" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D143" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E143" s="221">
+        <v>92.148148148148152</v>
+      </c>
+      <c r="F143" s="221">
+        <v>58.222222222222207</v>
+      </c>
+      <c r="G143" s="221">
+        <v>52.740740740740726</v>
+      </c>
+      <c r="H143" s="221">
+        <v>84.444444444444443</v>
+      </c>
+      <c r="I143" s="221">
+        <v>61.925925925925924</v>
+      </c>
+      <c r="J143" s="221">
+        <v>93.333333333333329</v>
+      </c>
+      <c r="K143" s="221">
+        <v>85.925925925925924</v>
+      </c>
+      <c r="L143" s="221">
+        <v>54.222222222222229</v>
+      </c>
+      <c r="M143" s="221">
+        <v>0</v>
+      </c>
+      <c r="N143" s="221">
+        <v>57.333333333333336</v>
+      </c>
+      <c r="O143" s="221">
+        <v>89.037037037037024</v>
+      </c>
+      <c r="P143" s="221">
+        <v>3.8518518518518428</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A144" s="18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B144" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C144" s="133">
+        <v>2</v>
+      </c>
+      <c r="D144" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E144" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F144" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G144" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H144" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I144" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J144" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K144" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L144" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M144" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N144" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O144" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P144" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A145" s="6"/>
+      <c r="B145" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C145" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D145" s="220">
+        <v>0.33962264150943394</v>
+      </c>
+      <c r="E145" s="232">
+        <v>18.5</v>
+      </c>
+      <c r="F145" s="232">
+        <v>22.6</v>
+      </c>
+      <c r="G145" s="232">
+        <v>23.700000000000003</v>
+      </c>
+      <c r="H145" s="232">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="I145" s="232">
+        <v>21.5</v>
+      </c>
+      <c r="J145" s="232">
+        <v>17.5</v>
+      </c>
+      <c r="K145" s="232">
+        <v>18.8</v>
+      </c>
+      <c r="L145" s="232">
+        <v>22.9</v>
+      </c>
+      <c r="M145" s="232">
+        <v>26.5</v>
+      </c>
+      <c r="N145" s="232">
+        <v>22.6</v>
+      </c>
+      <c r="O145" s="232">
+        <v>18.5</v>
+      </c>
+      <c r="P145" s="232">
+        <v>26.1</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A146" s="6"/>
+      <c r="B146" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C146" s="135"/>
+      <c r="D146" s="168"/>
+      <c r="E146" s="230">
+        <v>88.888888888888886</v>
+      </c>
+      <c r="F146" s="230">
+        <v>43.333333333333321</v>
+      </c>
+      <c r="G146" s="230">
+        <v>31.111111111111086</v>
+      </c>
+      <c r="H146" s="230">
+        <v>76.666666666666657</v>
+      </c>
+      <c r="I146" s="230">
+        <v>55.555555555555557</v>
+      </c>
+      <c r="J146" s="230">
+        <v>100</v>
+      </c>
+      <c r="K146" s="230">
+        <v>85.555555555555543</v>
+      </c>
+      <c r="L146" s="230">
+        <v>40.000000000000014</v>
+      </c>
+      <c r="M146" s="230">
+        <v>0</v>
+      </c>
+      <c r="N146" s="230">
+        <v>43.333333333333321</v>
+      </c>
+      <c r="O146" s="230">
+        <v>88.888888888888886</v>
+      </c>
+      <c r="P146" s="230">
+        <v>4.4444444444444287</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A147" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="B147" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C147" s="133">
+        <v>1</v>
+      </c>
+      <c r="D147" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I147" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M147" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O147" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P147" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A148" s="6"/>
+      <c r="B148" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C148" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D148" s="220">
+        <v>0.46583850931677023</v>
+      </c>
+      <c r="E148" s="232">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="F148" s="232">
+        <v>9.5</v>
+      </c>
+      <c r="G148" s="232">
+        <v>8.9</v>
+      </c>
+      <c r="H148" s="232">
+        <v>8.6</v>
+      </c>
+      <c r="I148" s="232">
+        <v>10.5</v>
+      </c>
+      <c r="J148" s="232">
+        <v>10.1</v>
+      </c>
+      <c r="K148" s="232">
+        <v>9.6</v>
+      </c>
+      <c r="L148" s="232">
+        <v>9.9</v>
+      </c>
+      <c r="M148" s="232">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="N148" s="232">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="O148" s="232">
+        <v>9.4</v>
+      </c>
+      <c r="P148" s="232">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A149" s="6"/>
+      <c r="B149" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C149" s="135"/>
+      <c r="D149" s="168"/>
+      <c r="E149" s="230">
+        <v>98.666666666666671</v>
+      </c>
+      <c r="F149" s="230">
+        <v>88</v>
+      </c>
+      <c r="G149" s="230">
+        <v>95.999999999999986</v>
+      </c>
+      <c r="H149" s="230">
+        <v>100</v>
+      </c>
+      <c r="I149" s="230">
+        <v>74.666666666666671</v>
+      </c>
+      <c r="J149" s="230">
+        <v>80</v>
+      </c>
+      <c r="K149" s="230">
+        <v>86.666666666666671</v>
+      </c>
+      <c r="L149" s="230">
+        <v>82.666666666666657</v>
+      </c>
+      <c r="M149" s="230">
+        <v>0</v>
+      </c>
+      <c r="N149" s="230">
+        <v>85.333333333333343</v>
+      </c>
+      <c r="O149" s="230">
+        <v>89.333333333333329</v>
+      </c>
+      <c r="P149" s="230">
+        <v>2.6666666666666714</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A150" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="B150" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C150" s="133">
+        <v>0</v>
+      </c>
+      <c r="D150" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E150" s="230">
+        <v>0</v>
+      </c>
+      <c r="F150" s="230">
+        <v>0</v>
+      </c>
+      <c r="G150" s="230">
+        <v>0</v>
+      </c>
+      <c r="H150" s="230">
+        <v>0</v>
+      </c>
+      <c r="I150" s="230">
+        <v>0</v>
+      </c>
+      <c r="J150" s="230">
+        <v>0</v>
+      </c>
+      <c r="K150" s="230">
+        <v>0</v>
+      </c>
+      <c r="L150" s="230">
+        <v>0</v>
+      </c>
+      <c r="M150" s="230">
+        <v>0</v>
+      </c>
+      <c r="N150" s="230">
+        <v>0</v>
+      </c>
+      <c r="O150" s="230">
+        <v>0</v>
+      </c>
+      <c r="P150" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A151" s="6"/>
+      <c r="B151" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C151" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D151" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E151" s="232">
+        <v>0</v>
+      </c>
+      <c r="F151" s="232">
+        <v>0</v>
+      </c>
+      <c r="G151" s="232">
+        <v>0</v>
+      </c>
+      <c r="H151" s="232">
+        <v>0</v>
+      </c>
+      <c r="I151" s="232">
+        <v>0</v>
+      </c>
+      <c r="J151" s="232">
+        <v>0</v>
+      </c>
+      <c r="K151" s="232">
+        <v>0</v>
+      </c>
+      <c r="L151" s="232">
+        <v>0</v>
+      </c>
+      <c r="M151" s="232">
+        <v>0</v>
+      </c>
+      <c r="N151" s="232">
+        <v>0</v>
+      </c>
+      <c r="O151" s="232">
+        <v>0</v>
+      </c>
+      <c r="P151" s="232">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A152" s="6"/>
+      <c r="B152" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C152" s="135"/>
+      <c r="D152" s="168"/>
+      <c r="E152" s="230">
+        <v>0</v>
+      </c>
+      <c r="F152" s="230">
+        <v>0</v>
+      </c>
+      <c r="G152" s="230">
+        <v>0</v>
+      </c>
+      <c r="H152" s="230">
+        <v>0</v>
+      </c>
+      <c r="I152" s="230">
+        <v>0</v>
+      </c>
+      <c r="J152" s="230">
+        <v>0</v>
+      </c>
+      <c r="K152" s="230">
+        <v>0</v>
+      </c>
+      <c r="L152" s="230">
+        <v>0</v>
+      </c>
+      <c r="M152" s="230">
+        <v>0</v>
+      </c>
+      <c r="N152" s="230">
+        <v>0</v>
+      </c>
+      <c r="O152" s="230">
+        <v>0</v>
+      </c>
+      <c r="P152" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A153" s="42" t="s">
+        <v>155</v>
+      </c>
+      <c r="B153" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="C153" s="133">
+        <v>1</v>
+      </c>
+      <c r="D153" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E153" s="221">
+        <v>15.204026325977521</v>
+      </c>
+      <c r="F153" s="221">
+        <v>13.92592592592592</v>
+      </c>
+      <c r="G153" s="221">
+        <v>8.4805781391147068</v>
+      </c>
+      <c r="H153" s="221">
+        <v>8.4805781391147068</v>
+      </c>
+      <c r="I153" s="221">
+        <v>75.765130984643179</v>
+      </c>
+      <c r="J153" s="221">
+        <v>75.765130984643179</v>
+      </c>
+      <c r="K153" s="221">
+        <v>41.953284294747696</v>
+      </c>
+      <c r="L153" s="221">
+        <v>41.953284294747696</v>
+      </c>
+      <c r="M153" s="221">
+        <v>16.174990321331773</v>
+      </c>
+      <c r="N153" s="221">
+        <v>98.518518518518533</v>
+      </c>
+      <c r="O153" s="221">
+        <v>98.518518518518533</v>
+      </c>
+      <c r="P153" s="221">
+        <v>72.147631952509983</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A154" s="49" t="s">
+        <v>157</v>
+      </c>
+      <c r="B154" s="24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C154" s="133">
+        <v>2</v>
+      </c>
+      <c r="D154" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E154" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F154" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G154" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H154" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I154" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J154" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K154" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L154" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M154" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N154" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O154" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P154" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A155" s="6"/>
+      <c r="B155" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C155" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D155" s="220">
+        <v>0.34722222222222227</v>
+      </c>
+      <c r="E155" s="232">
+        <v>19.8</v>
+      </c>
+      <c r="F155" s="232">
+        <v>20</v>
+      </c>
+      <c r="G155" s="232">
+        <v>20.8</v>
+      </c>
+      <c r="H155" s="232">
+        <v>20.8</v>
+      </c>
+      <c r="I155" s="232">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="J155" s="232">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="K155" s="232">
+        <v>20.800000000000004</v>
+      </c>
+      <c r="L155" s="232">
+        <v>20.800000000000004</v>
+      </c>
+      <c r="M155" s="232">
+        <v>21.6</v>
+      </c>
+      <c r="N155" s="232">
+        <v>14.1</v>
+      </c>
+      <c r="O155" s="232">
+        <v>14.1</v>
+      </c>
+      <c r="P155" s="232">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A156" s="6"/>
+      <c r="B156" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C156" s="135"/>
+      <c r="D156" s="168"/>
+      <c r="E156" s="230">
+        <v>24</v>
+      </c>
+      <c r="F156" s="230">
+        <v>21.333333333333357</v>
+      </c>
+      <c r="G156" s="230">
+        <v>10.666666666666671</v>
+      </c>
+      <c r="H156" s="230">
+        <v>10.666666666666671</v>
+      </c>
+      <c r="I156" s="230">
+        <v>62.666666666666693</v>
+      </c>
+      <c r="J156" s="230">
+        <v>62.666666666666693</v>
+      </c>
+      <c r="K156" s="230">
+        <v>10.666666666666629</v>
+      </c>
+      <c r="L156" s="230">
+        <v>10.666666666666629</v>
+      </c>
+      <c r="M156" s="230">
+        <v>0</v>
+      </c>
+      <c r="N156" s="230">
+        <v>100</v>
+      </c>
+      <c r="O156" s="230">
+        <v>100</v>
+      </c>
+      <c r="P156" s="230">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A157" s="49" t="s">
+        <v>159</v>
+      </c>
+      <c r="B157" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C157" s="133">
+        <v>1</v>
+      </c>
+      <c r="D157" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E157" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F157" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G157" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H157" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I157" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J157" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K157" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L157" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M157" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N157" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O157" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P157" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A158" s="6"/>
+      <c r="B158" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C158" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D158" s="220">
+        <v>0.15625</v>
+      </c>
+      <c r="E158" s="232">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="F158" s="232">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G158" s="232">
+        <v>9.6</v>
+      </c>
+      <c r="H158" s="232">
+        <v>9.6</v>
+      </c>
+      <c r="I158" s="232">
+        <v>8.1</v>
+      </c>
+      <c r="J158" s="232">
+        <v>8.1</v>
+      </c>
+      <c r="K158" s="232">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="L158" s="232">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="M158" s="232">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="N158" s="232">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="O158" s="232">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="P158" s="232">
+        <v>8.8000000000000007</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A159" s="6"/>
+      <c r="B159" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C159" s="135"/>
+      <c r="D159" s="168"/>
+      <c r="E159" s="230">
+        <v>19.999999999999929</v>
+      </c>
+      <c r="F159" s="230">
+        <v>19.999999999999929</v>
+      </c>
+      <c r="G159" s="230">
+        <v>0</v>
+      </c>
+      <c r="H159" s="230">
+        <v>0</v>
+      </c>
+      <c r="I159" s="230">
+        <v>100</v>
+      </c>
+      <c r="J159" s="230">
+        <v>100</v>
+      </c>
+      <c r="K159" s="230">
+        <v>60.000000000000021</v>
+      </c>
+      <c r="L159" s="230">
+        <v>60.000000000000021</v>
+      </c>
+      <c r="M159" s="230">
+        <v>19.999999999999929</v>
+      </c>
+      <c r="N159" s="230">
+        <v>93.333333333333357</v>
+      </c>
+      <c r="O159" s="230">
+        <v>93.333333333333357</v>
+      </c>
+      <c r="P159" s="230">
+        <v>53.333333333333258</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A160" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="B160" s="24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C160" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D160" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E160" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F160" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G160" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H160" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I160" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J160" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K160" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L160" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M160" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N160" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O160" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P160" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A161" s="6"/>
+      <c r="B161" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C161" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D161" s="220">
+        <v>0.22220501703313711</v>
+      </c>
+      <c r="E161" s="232">
+        <v>645.4</v>
+      </c>
+      <c r="F161" s="232">
+        <v>645.79999999999995</v>
+      </c>
+      <c r="G161" s="232">
+        <v>629.70000000000005</v>
+      </c>
+      <c r="H161" s="232">
+        <v>629.70000000000005</v>
+      </c>
+      <c r="I161" s="232">
+        <v>535.20000000000005</v>
+      </c>
+      <c r="J161" s="232">
+        <v>535.20000000000005</v>
+      </c>
+      <c r="K161" s="232">
+        <v>543</v>
+      </c>
+      <c r="L161" s="232">
+        <v>543</v>
+      </c>
+      <c r="M161" s="232">
+        <v>595.29999999999995</v>
+      </c>
+      <c r="N161" s="232">
+        <v>502.3</v>
+      </c>
+      <c r="O161" s="232">
+        <v>502.3</v>
+      </c>
+      <c r="P161" s="232">
+        <v>554.6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A162" s="6"/>
+      <c r="B162" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C162" s="135"/>
+      <c r="D162" s="168"/>
+      <c r="E162" s="230">
+        <v>0.27874564459928308</v>
+      </c>
+      <c r="F162" s="230">
+        <v>0</v>
+      </c>
+      <c r="G162" s="230">
+        <v>11.219512195121894</v>
+      </c>
+      <c r="H162" s="230">
+        <v>11.219512195121894</v>
+      </c>
+      <c r="I162" s="230">
+        <v>77.073170731707279</v>
+      </c>
+      <c r="J162" s="230">
+        <v>77.073170731707279</v>
+      </c>
+      <c r="K162" s="230">
+        <v>71.637630662020896</v>
+      </c>
+      <c r="L162" s="230">
+        <v>71.637630662020896</v>
+      </c>
+      <c r="M162" s="230">
+        <v>35.191637630662029</v>
+      </c>
+      <c r="N162" s="230">
+        <v>100</v>
+      </c>
+      <c r="O162" s="230">
+        <v>100</v>
+      </c>
+      <c r="P162" s="230">
+        <v>63.554006968641097</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A163" s="42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B163" s="48" t="s">
+        <v>164</v>
+      </c>
+      <c r="C163" s="133">
+        <v>1</v>
+      </c>
+      <c r="D163" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E163" s="221">
+        <v>76.702366333060908</v>
+      </c>
+      <c r="F163" s="221">
+        <v>73.18153487171368</v>
+      </c>
+      <c r="G163" s="221">
+        <v>99.131184507229065</v>
+      </c>
+      <c r="H163" s="221">
+        <v>99.131184507229065</v>
+      </c>
+      <c r="I163" s="221">
+        <v>95.519713261648732</v>
+      </c>
+      <c r="J163" s="221">
+        <v>95.519713261648732</v>
+      </c>
+      <c r="K163" s="221">
+        <v>34.505588859079737</v>
+      </c>
+      <c r="L163" s="221">
+        <v>34.505588859079737</v>
+      </c>
+      <c r="M163" s="221">
+        <v>15.751925114850792</v>
+      </c>
+      <c r="N163" s="221">
+        <v>19.675322730404041</v>
+      </c>
+      <c r="O163" s="221">
+        <v>19.675322730404041</v>
+      </c>
+      <c r="P163" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A164" s="49" t="s">
+        <v>165</v>
+      </c>
+      <c r="B164" s="24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C164" s="133">
+        <v>2</v>
+      </c>
+      <c r="D164" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E164" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F164" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G164" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H164" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I164" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J164" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K164" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L164" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M164" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N164" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O164" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P164" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A165" s="20"/>
+      <c r="B165" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C165" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D165" s="220">
+        <v>0.64583333333333326</v>
+      </c>
+      <c r="E165" s="232">
+        <v>5</v>
+      </c>
+      <c r="F165" s="232">
+        <v>5.4</v>
+      </c>
+      <c r="G165" s="232">
+        <v>3.4000000000000004</v>
+      </c>
+      <c r="H165" s="232">
+        <v>3.4000000000000004</v>
+      </c>
+      <c r="I165" s="232">
+        <v>3.8000000000000003</v>
+      </c>
+      <c r="J165" s="232">
+        <v>3.8000000000000003</v>
+      </c>
+      <c r="K165" s="232">
+        <v>7.8</v>
+      </c>
+      <c r="L165" s="232">
+        <v>7.8</v>
+      </c>
+      <c r="M165" s="232">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="N165" s="232">
+        <v>8.5</v>
+      </c>
+      <c r="O165" s="232">
+        <v>8.5</v>
+      </c>
+      <c r="P165" s="232">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A166" s="20"/>
+      <c r="B166" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C166" s="135"/>
+      <c r="D166" s="168"/>
+      <c r="E166" s="230">
+        <v>74.193548387096769</v>
+      </c>
+      <c r="F166" s="230">
+        <v>67.741935483870961</v>
+      </c>
+      <c r="G166" s="230">
+        <v>100</v>
+      </c>
+      <c r="H166" s="230">
+        <v>100</v>
+      </c>
+      <c r="I166" s="230">
+        <v>93.548387096774192</v>
+      </c>
+      <c r="J166" s="230">
+        <v>93.548387096774192</v>
+      </c>
+      <c r="K166" s="230">
+        <v>29.032258064516128</v>
+      </c>
+      <c r="L166" s="230">
+        <v>29.032258064516128</v>
+      </c>
+      <c r="M166" s="230">
+        <v>12.903225806451601</v>
+      </c>
+      <c r="N166" s="230">
+        <v>17.741935483870961</v>
+      </c>
+      <c r="O166" s="230">
+        <v>17.741935483870961</v>
+      </c>
+      <c r="P166" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A167" s="49" t="s">
+        <v>167</v>
+      </c>
+      <c r="B167" s="24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C167" s="133">
+        <v>1</v>
+      </c>
+      <c r="D167" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E167" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F167" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G167" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H167" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I167" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J167" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K167" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L167" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M167" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N167" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O167" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P167" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A168" s="20"/>
+      <c r="B168" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C168" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D168" s="220">
+        <v>0.64285714285714279</v>
+      </c>
+      <c r="E168" s="232">
+        <v>2.5</v>
+      </c>
+      <c r="F168" s="232">
+        <v>2.5</v>
+      </c>
+      <c r="G168" s="232">
+        <v>2</v>
+      </c>
+      <c r="H168" s="232">
+        <v>2</v>
+      </c>
+      <c r="I168" s="232">
+        <v>2.1</v>
+      </c>
+      <c r="J168" s="232">
+        <v>2.1</v>
+      </c>
+      <c r="K168" s="232">
+        <v>4.5</v>
+      </c>
+      <c r="L168" s="232">
+        <v>4.5</v>
+      </c>
+      <c r="M168" s="232">
+        <v>5.4</v>
+      </c>
+      <c r="N168" s="232">
+        <v>4.7</v>
+      </c>
+      <c r="O168" s="232">
+        <v>4.7</v>
+      </c>
+      <c r="P168" s="232">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A169" s="20"/>
+      <c r="B169" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C169" s="135"/>
+      <c r="D169" s="168"/>
+      <c r="E169" s="230">
+        <v>86.111111111111114</v>
+      </c>
+      <c r="F169" s="230">
+        <v>86.111111111111114</v>
+      </c>
+      <c r="G169" s="230">
+        <v>100</v>
+      </c>
+      <c r="H169" s="230">
+        <v>100</v>
+      </c>
+      <c r="I169" s="230">
+        <v>97.222222222222214</v>
+      </c>
+      <c r="J169" s="230">
+        <v>97.222222222222214</v>
+      </c>
+      <c r="K169" s="230">
+        <v>30.555555555555543</v>
+      </c>
+      <c r="L169" s="230">
+        <v>30.555555555555543</v>
+      </c>
+      <c r="M169" s="230">
+        <v>5.5555555555555287</v>
+      </c>
+      <c r="N169" s="230">
+        <v>24.999999999999986</v>
+      </c>
+      <c r="O169" s="230">
+        <v>24.999999999999986</v>
+      </c>
+      <c r="P169" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A170" s="49" t="s">
+        <v>169</v>
+      </c>
+      <c r="B170" s="24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C170" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D170" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E170" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F170" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G170" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H170" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I170" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J170" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K170" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L170" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M170" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N170" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O170" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P170" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A171" s="46"/>
+      <c r="B171" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C171" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D171" s="220">
+        <v>0.58405639913232099</v>
+      </c>
+      <c r="E171" s="232">
+        <v>222.5</v>
+      </c>
+      <c r="F171" s="232">
+        <v>220</v>
+      </c>
+      <c r="G171" s="232">
+        <v>166.5</v>
+      </c>
+      <c r="H171" s="232">
+        <v>166.5</v>
+      </c>
+      <c r="I171" s="232">
+        <v>153.4</v>
+      </c>
+      <c r="J171" s="232">
+        <v>153.4</v>
+      </c>
+      <c r="K171" s="232">
+        <v>230.3</v>
+      </c>
+      <c r="L171" s="232">
+        <v>230.3</v>
+      </c>
+      <c r="M171" s="232">
+        <v>266.39999999999998</v>
+      </c>
+      <c r="N171" s="232">
+        <v>332.7</v>
+      </c>
+      <c r="O171" s="232">
+        <v>332.7</v>
+      </c>
+      <c r="P171" s="232">
+        <v>368.8</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A172" s="46"/>
+      <c r="B172" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C172" s="135"/>
+      <c r="D172" s="168"/>
+      <c r="E172" s="230">
+        <v>67.920148560817097</v>
+      </c>
+      <c r="F172" s="230">
+        <v>69.080779944289702</v>
+      </c>
+      <c r="G172" s="230">
+        <v>93.918291550603527</v>
+      </c>
+      <c r="H172" s="230">
+        <v>93.918291550603527</v>
+      </c>
+      <c r="I172" s="230">
+        <v>100</v>
+      </c>
+      <c r="J172" s="230">
+        <v>100</v>
+      </c>
+      <c r="K172" s="230">
+        <v>64.298978644382544</v>
+      </c>
+      <c r="L172" s="230">
+        <v>64.298978644382544</v>
+      </c>
+      <c r="M172" s="230">
+        <v>47.539461467038088</v>
+      </c>
+      <c r="N172" s="230">
+        <v>16.759517177344478</v>
+      </c>
+      <c r="O172" s="230">
+        <v>16.759517177344478</v>
+      </c>
+      <c r="P172" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A173" s="42" t="s">
+        <v>171</v>
+      </c>
+      <c r="B173" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="C173" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D173" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E173" s="221">
+        <v>18.771192679714613</v>
+      </c>
+      <c r="F173" s="221">
+        <v>16.551619781277932</v>
+      </c>
+      <c r="G173" s="221">
+        <v>63.57517074127572</v>
+      </c>
+      <c r="H173" s="221">
+        <v>63.57517074127572</v>
+      </c>
+      <c r="I173" s="221">
+        <v>100</v>
+      </c>
+      <c r="J173" s="221">
+        <v>100</v>
+      </c>
+      <c r="K173" s="221">
+        <v>42.45583144186903</v>
+      </c>
+      <c r="L173" s="221">
+        <v>42.45583144186903</v>
+      </c>
+      <c r="M173" s="221">
+        <v>8.2328042328042521</v>
+      </c>
+      <c r="N173" s="221">
+        <v>56.456203366169689</v>
+      </c>
+      <c r="O173" s="221">
+        <v>56.456203366169689</v>
+      </c>
+      <c r="P173" s="221">
+        <v>22.226298104969292</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A174" s="49" t="s">
+        <v>173</v>
+      </c>
+      <c r="B174" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C174" s="133">
+        <v>2</v>
+      </c>
+      <c r="D174" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E174" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F174" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G174" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H174" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I174" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J174" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K174" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L174" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M174" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N174" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O174" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P174" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A175" s="6"/>
+      <c r="B175" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C175" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D175" s="220">
+        <v>0.28877005347593587</v>
+      </c>
+      <c r="E175" s="232">
+        <v>37</v>
+      </c>
+      <c r="F175" s="232">
+        <v>37.400000000000006</v>
+      </c>
+      <c r="G175" s="232">
+        <v>32.1</v>
+      </c>
+      <c r="H175" s="232">
+        <v>32.1</v>
+      </c>
+      <c r="I175" s="232">
+        <v>26.6</v>
+      </c>
+      <c r="J175" s="232">
+        <v>26.6</v>
+      </c>
+      <c r="K175" s="232">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="L175" s="232">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="M175" s="232">
+        <v>36.6</v>
+      </c>
+      <c r="N175" s="232">
+        <v>31.2</v>
+      </c>
+      <c r="O175" s="232">
+        <v>31.2</v>
+      </c>
+      <c r="P175" s="232">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A176" s="6"/>
+      <c r="B176" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C176" s="135"/>
+      <c r="D176" s="168"/>
+      <c r="E176" s="230">
+        <v>3.7037037037037663</v>
+      </c>
+      <c r="F176" s="230">
+        <v>0</v>
+      </c>
+      <c r="G176" s="230">
+        <v>49.074074074074097</v>
+      </c>
+      <c r="H176" s="230">
+        <v>49.074074074074097</v>
+      </c>
+      <c r="I176" s="230">
+        <v>100</v>
+      </c>
+      <c r="J176" s="230">
+        <v>100</v>
+      </c>
+      <c r="K176" s="230">
+        <v>33.3333333333334</v>
+      </c>
+      <c r="L176" s="230">
+        <v>33.3333333333334</v>
+      </c>
+      <c r="M176" s="230">
+        <v>7.4074074074074474</v>
+      </c>
+      <c r="N176" s="230">
+        <v>57.407407407407447</v>
+      </c>
+      <c r="O176" s="230">
+        <v>57.407407407407447</v>
+      </c>
+      <c r="P176" s="230">
+        <v>31.481481481481524</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A177" s="49" t="s">
+        <v>175</v>
+      </c>
+      <c r="B177" s="24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C177" s="133">
+        <v>1</v>
+      </c>
+      <c r="D177" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E177" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F177" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G177" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H177" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I177" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J177" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K177" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L177" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M177" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N177" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O177" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P177" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A178" s="6"/>
+      <c r="B178" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C178" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D178" s="220">
+        <v>0.24509803921568621</v>
+      </c>
+      <c r="E178" s="232">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="F178" s="232">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="G178" s="232">
+        <v>16.5</v>
+      </c>
+      <c r="H178" s="232">
+        <v>16.5</v>
+      </c>
+      <c r="I178" s="232">
+        <v>15.4</v>
+      </c>
+      <c r="J178" s="232">
+        <v>15.4</v>
+      </c>
+      <c r="K178" s="232">
+        <v>17.5</v>
+      </c>
+      <c r="L178" s="232">
+        <v>17.5</v>
+      </c>
+      <c r="M178" s="232">
+        <v>19.7</v>
+      </c>
+      <c r="N178" s="232">
+        <v>18.2</v>
+      </c>
+      <c r="O178" s="232">
+        <v>18.2</v>
+      </c>
+      <c r="P178" s="232">
+        <v>20.399999999999999</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A179" s="6"/>
+      <c r="B179" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C179" s="135"/>
+      <c r="D179" s="168"/>
+      <c r="E179" s="230">
+        <v>35.999999999999957</v>
+      </c>
+      <c r="F179" s="230">
+        <v>35.999999999999957</v>
+      </c>
+      <c r="G179" s="230">
+        <v>78</v>
+      </c>
+      <c r="H179" s="230">
+        <v>78</v>
+      </c>
+      <c r="I179" s="230">
+        <v>100</v>
+      </c>
+      <c r="J179" s="230">
+        <v>100</v>
+      </c>
+      <c r="K179" s="230">
+        <v>57.999999999999993</v>
+      </c>
+      <c r="L179" s="230">
+        <v>57.999999999999993</v>
+      </c>
+      <c r="M179" s="230">
+        <v>13.999999999999986</v>
+      </c>
+      <c r="N179" s="230">
+        <v>44</v>
+      </c>
+      <c r="O179" s="230">
+        <v>44</v>
+      </c>
+      <c r="P179" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16" customFormat="1" ht="45" hidden="1" outlineLevel="2">
+      <c r="A180" s="49" t="s">
+        <v>177</v>
+      </c>
+      <c r="B180" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C180" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D180" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E180" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F180" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G180" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H180" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I180" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J180" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K180" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L180" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M180" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N180" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O180" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P180" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A181" s="6"/>
+      <c r="B181" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C181" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D181" s="220">
+        <v>0.21013759611493316</v>
+      </c>
+      <c r="E181" s="232">
+        <v>895.8</v>
+      </c>
+      <c r="F181" s="232">
+        <v>897.3</v>
+      </c>
+      <c r="G181" s="232">
+        <v>795.8</v>
+      </c>
+      <c r="H181" s="232">
+        <v>795.8</v>
+      </c>
+      <c r="I181" s="232">
+        <v>780.7</v>
+      </c>
+      <c r="J181" s="232">
+        <v>780.7</v>
+      </c>
+      <c r="K181" s="232">
+        <v>889</v>
+      </c>
+      <c r="L181" s="232">
+        <v>889</v>
+      </c>
+      <c r="M181" s="232">
+        <v>988.4</v>
+      </c>
+      <c r="N181" s="232">
+        <v>827.3</v>
+      </c>
+      <c r="O181" s="232">
+        <v>827.3</v>
+      </c>
+      <c r="P181" s="232">
+        <v>926.8</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A182" s="6"/>
+      <c r="B182" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C182" s="135"/>
+      <c r="D182" s="168"/>
+      <c r="E182" s="230">
+        <v>44.583533943187312</v>
+      </c>
+      <c r="F182" s="230">
+        <v>43.861338468945618</v>
+      </c>
+      <c r="G182" s="230">
+        <v>92.729898892633642</v>
+      </c>
+      <c r="H182" s="230">
+        <v>92.729898892633642</v>
+      </c>
+      <c r="I182" s="230">
+        <v>100</v>
+      </c>
+      <c r="J182" s="230">
+        <v>100</v>
+      </c>
+      <c r="K182" s="230">
+        <v>47.857486759749641</v>
+      </c>
+      <c r="L182" s="230">
+        <v>47.857486759749641</v>
+      </c>
+      <c r="M182" s="230">
+        <v>0</v>
+      </c>
+      <c r="N182" s="230">
+        <v>77.56379393355806</v>
+      </c>
+      <c r="O182" s="230">
+        <v>77.56379393355806</v>
+      </c>
+      <c r="P182" s="230">
+        <v>29.658160808858952</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A183" s="42" t="s">
+        <v>179</v>
+      </c>
+      <c r="B183" s="19" t="s">
+        <v>180</v>
+      </c>
+      <c r="C183" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D183" s="172">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E183" s="221">
+        <v>91.077361177028948</v>
+      </c>
+      <c r="F183" s="221">
+        <v>90.302167378579327</v>
+      </c>
+      <c r="G183" s="221">
+        <v>92.627748773928161</v>
+      </c>
+      <c r="H183" s="221">
+        <v>92.627748773928161</v>
+      </c>
+      <c r="I183" s="221">
+        <v>99.319727891156461</v>
+      </c>
+      <c r="J183" s="221">
+        <v>99.319727891156461</v>
+      </c>
+      <c r="K183" s="221">
+        <v>96.899224806201559</v>
+      </c>
+      <c r="L183" s="221">
+        <v>96.899224806201559</v>
+      </c>
+      <c r="M183" s="221">
+        <v>58.01297263091282</v>
+      </c>
+      <c r="N183" s="221">
+        <v>38.88625217528871</v>
+      </c>
+      <c r="O183" s="221">
+        <v>38.88625217528871</v>
+      </c>
+      <c r="P183" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A184" s="49" t="s">
+        <v>181</v>
+      </c>
+      <c r="B184" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="C184" s="133">
+        <v>2</v>
+      </c>
+      <c r="D184" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L184" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M184" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N184" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O184" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P184" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A185" s="6"/>
+      <c r="B185" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C185" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D185" s="220">
+        <v>0.7543859649122806</v>
+      </c>
+      <c r="E185" s="232">
+        <v>3.6</v>
+      </c>
+      <c r="F185" s="232">
+        <v>3.7</v>
+      </c>
+      <c r="G185" s="232">
+        <v>3.4</v>
+      </c>
+      <c r="H185" s="232">
+        <v>3.4</v>
+      </c>
+      <c r="I185" s="232">
+        <v>2.8</v>
+      </c>
+      <c r="J185" s="232">
+        <v>2.8</v>
+      </c>
+      <c r="K185" s="232">
+        <v>3.1999999999999997</v>
+      </c>
+      <c r="L185" s="232">
+        <v>3.1999999999999997</v>
+      </c>
+      <c r="M185" s="232">
+        <v>6.9</v>
+      </c>
+      <c r="N185" s="232">
+        <v>7.7</v>
+      </c>
+      <c r="O185" s="232">
+        <v>7.7</v>
+      </c>
+      <c r="P185" s="232">
+        <v>11.399999999999999</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A186" s="6"/>
+      <c r="B186" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C186" s="135"/>
+      <c r="D186" s="168"/>
+      <c r="E186" s="230">
+        <v>90.697674418604649</v>
+      </c>
+      <c r="F186" s="230">
+        <v>89.534883720930225</v>
+      </c>
+      <c r="G186" s="230">
+        <v>93.023255813953483</v>
+      </c>
+      <c r="H186" s="230">
+        <v>93.023255813953483</v>
+      </c>
+      <c r="I186" s="230">
+        <v>100</v>
+      </c>
+      <c r="J186" s="230">
+        <v>100</v>
+      </c>
+      <c r="K186" s="230">
+        <v>95.348837209302332</v>
+      </c>
+      <c r="L186" s="230">
+        <v>95.348837209302332</v>
+      </c>
+      <c r="M186" s="230">
+        <v>52.32558139534882</v>
+      </c>
+      <c r="N186" s="230">
+        <v>43.023255813953469</v>
+      </c>
+      <c r="O186" s="230">
+        <v>43.023255813953469</v>
+      </c>
+      <c r="P186" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A187" s="49" t="s">
+        <v>183</v>
+      </c>
+      <c r="B187" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C187" s="133">
+        <v>1</v>
+      </c>
+      <c r="D187" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L187" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M187" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N187" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O187" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P187" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A188" s="6"/>
+      <c r="B188" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C188" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D188" s="220">
+        <v>0.80327868852459017</v>
+      </c>
+      <c r="E188" s="232">
+        <v>1.6</v>
+      </c>
+      <c r="F188" s="232">
+        <v>1.6</v>
+      </c>
+      <c r="G188" s="232">
+        <v>1.6</v>
+      </c>
+      <c r="H188" s="232">
+        <v>1.6</v>
+      </c>
+      <c r="I188" s="232">
+        <v>1.3</v>
+      </c>
+      <c r="J188" s="232">
+        <v>1.3</v>
+      </c>
+      <c r="K188" s="232">
+        <v>1.2</v>
+      </c>
+      <c r="L188" s="232">
+        <v>1.2</v>
+      </c>
+      <c r="M188" s="232">
+        <v>2.7</v>
+      </c>
+      <c r="N188" s="232">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="O188" s="232">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="P188" s="232">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A189" s="6"/>
+      <c r="B189" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C189" s="135"/>
+      <c r="D189" s="168"/>
+      <c r="E189" s="230">
+        <v>91.836734693877546</v>
+      </c>
+      <c r="F189" s="230">
+        <v>91.836734693877546</v>
+      </c>
+      <c r="G189" s="230">
+        <v>91.836734693877546</v>
+      </c>
+      <c r="H189" s="230">
+        <v>91.836734693877546</v>
+      </c>
+      <c r="I189" s="230">
+        <v>97.959183673469383</v>
+      </c>
+      <c r="J189" s="230">
+        <v>97.959183673469383</v>
+      </c>
+      <c r="K189" s="230">
+        <v>100</v>
+      </c>
+      <c r="L189" s="230">
+        <v>100</v>
+      </c>
+      <c r="M189" s="230">
+        <v>69.387755102040813</v>
+      </c>
+      <c r="N189" s="230">
+        <v>30.612244897959187</v>
+      </c>
+      <c r="O189" s="230">
+        <v>30.612244897959187</v>
+      </c>
+      <c r="P189" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A190" s="42" t="s">
+        <v>185</v>
+      </c>
+      <c r="B190" s="19" t="s">
+        <v>186</v>
+      </c>
+      <c r="C190" s="133">
+        <v>1</v>
+      </c>
+      <c r="D190" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E190" s="221">
+        <v>12.878787878787881</v>
+      </c>
+      <c r="F190" s="221">
+        <v>29.205318491032759</v>
+      </c>
+      <c r="G190" s="221">
+        <v>68.537414965986386</v>
+      </c>
+      <c r="H190" s="221">
+        <v>48.407544836116273</v>
+      </c>
+      <c r="I190" s="221">
+        <v>68.537414965986386</v>
+      </c>
+      <c r="J190" s="221">
+        <v>48.407544836116273</v>
+      </c>
+      <c r="K190" s="221">
+        <v>48.407544836116273</v>
+      </c>
+      <c r="L190" s="221">
+        <v>68.537414965986386</v>
+      </c>
+      <c r="M190" s="221">
+        <v>2.7210884353741371</v>
+      </c>
+      <c r="N190" s="221">
+        <v>100</v>
+      </c>
+      <c r="O190" s="221">
+        <v>79.870129870129873</v>
+      </c>
+      <c r="P190" s="221">
+        <v>35.544217687074834</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A191" s="49" t="s">
+        <v>187</v>
+      </c>
+      <c r="B191" s="24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C191" s="133">
+        <v>2</v>
+      </c>
+      <c r="D191" s="167" t="s">
+        <v>189</v>
+      </c>
+      <c r="E191" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F191" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G191" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H191" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I191" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J191" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K191" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L191" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M191" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N191" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O191" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P191" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A192" s="6"/>
+      <c r="B192" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C192" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D192" s="220">
+        <v>0.56321839080459757</v>
+      </c>
+      <c r="E192" s="232">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="F192" s="232">
+        <v>7.5</v>
+      </c>
+      <c r="G192" s="232">
+        <v>5.5</v>
+      </c>
+      <c r="H192" s="232">
+        <v>6.1999999999999993</v>
+      </c>
+      <c r="I192" s="232">
+        <v>5.5</v>
+      </c>
+      <c r="J192" s="232">
+        <v>6.1999999999999993</v>
+      </c>
+      <c r="K192" s="232">
+        <v>6.1999999999999993</v>
+      </c>
+      <c r="L192" s="232">
+        <v>5.5</v>
+      </c>
+      <c r="M192" s="232">
+        <v>8.5</v>
+      </c>
+      <c r="N192" s="232">
+        <v>3.8000000000000003</v>
+      </c>
+      <c r="O192" s="232">
+        <v>4.5</v>
+      </c>
+      <c r="P192" s="232">
+        <v>6.6999999999999993</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A193" s="6"/>
+      <c r="B193" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C193" s="135"/>
+      <c r="D193" s="168"/>
+      <c r="E193" s="230">
+        <v>0</v>
+      </c>
+      <c r="F193" s="230">
+        <v>24.489795918367321</v>
+      </c>
+      <c r="G193" s="230">
+        <v>65.306122448979579</v>
+      </c>
+      <c r="H193" s="230">
+        <v>51.020408163265309</v>
+      </c>
+      <c r="I193" s="230">
+        <v>65.306122448979579</v>
+      </c>
+      <c r="J193" s="230">
+        <v>51.020408163265309</v>
+      </c>
+      <c r="K193" s="230">
+        <v>51.020408163265309</v>
+      </c>
+      <c r="L193" s="230">
+        <v>65.306122448979579</v>
+      </c>
+      <c r="M193" s="230">
+        <v>4.0816326530612059</v>
+      </c>
+      <c r="N193" s="230">
+        <v>100</v>
+      </c>
+      <c r="O193" s="230">
+        <v>85.714285714285722</v>
+      </c>
+      <c r="P193" s="230">
+        <v>40.816326530612251</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A194" s="49" t="s">
+        <v>190</v>
+      </c>
+      <c r="B194" s="24" t="s">
+        <v>191</v>
+      </c>
+      <c r="C194" s="133">
+        <v>1</v>
+      </c>
+      <c r="D194" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E194" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F194" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G194" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H194" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I194" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J194" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K194" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L194" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M194" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N194" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O194" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P194" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A195" s="6"/>
+      <c r="B195" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C195" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D195" s="220">
+        <v>0.58666666666666667</v>
+      </c>
+      <c r="E195" s="232">
+        <v>5.8</v>
+      </c>
+      <c r="F195" s="232">
+        <v>5.8</v>
+      </c>
+      <c r="G195" s="232">
+        <v>4.2</v>
+      </c>
+      <c r="H195" s="232">
+        <v>5.6</v>
+      </c>
+      <c r="I195" s="232">
+        <v>4.2</v>
+      </c>
+      <c r="J195" s="232">
+        <v>5.6</v>
+      </c>
+      <c r="K195" s="232">
+        <v>5.6</v>
+      </c>
+      <c r="L195" s="232">
+        <v>4.2</v>
+      </c>
+      <c r="M195" s="232">
+        <v>7.5</v>
+      </c>
+      <c r="N195" s="232">
+        <v>3.1</v>
+      </c>
+      <c r="O195" s="232">
+        <v>4.5</v>
+      </c>
+      <c r="P195" s="232">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A196" s="6"/>
+      <c r="B196" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C196" s="135"/>
+      <c r="D196" s="168"/>
+      <c r="E196" s="230">
+        <v>38.63636363636364</v>
+      </c>
+      <c r="F196" s="230">
+        <v>38.63636363636364</v>
+      </c>
+      <c r="G196" s="230">
+        <v>75</v>
+      </c>
+      <c r="H196" s="230">
+        <v>43.181818181818201</v>
+      </c>
+      <c r="I196" s="230">
+        <v>75</v>
+      </c>
+      <c r="J196" s="230">
+        <v>43.181818181818201</v>
+      </c>
+      <c r="K196" s="230">
+        <v>43.181818181818201</v>
+      </c>
+      <c r="L196" s="230">
+        <v>75</v>
+      </c>
+      <c r="M196" s="230">
+        <v>0</v>
+      </c>
+      <c r="N196" s="230">
+        <v>100</v>
+      </c>
+      <c r="O196" s="230">
+        <v>68.181818181818187</v>
+      </c>
+      <c r="P196" s="230">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A197" s="42" t="s">
+        <v>192</v>
+      </c>
+      <c r="B197" s="24" t="s">
+        <v>193</v>
+      </c>
+      <c r="C197" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D197" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E197" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F197" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G197" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H197" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I197" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J197" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K197" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L197" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M197" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N197" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O197" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P197" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A198" s="6"/>
+      <c r="B198" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C198" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D198" s="220">
+        <v>0.64716391246092009</v>
+      </c>
+      <c r="E198" s="232">
+        <v>4478</v>
+      </c>
+      <c r="F198" s="232">
+        <v>3628</v>
+      </c>
+      <c r="G198" s="232">
+        <v>2674</v>
+      </c>
+      <c r="H198" s="232">
+        <v>3264</v>
+      </c>
+      <c r="I198" s="232">
+        <v>2674</v>
+      </c>
+      <c r="J198" s="232">
+        <v>3264</v>
+      </c>
+      <c r="K198" s="232">
+        <v>3265</v>
+      </c>
+      <c r="L198" s="232">
+        <v>2674</v>
+      </c>
+      <c r="M198" s="232">
+        <v>4041</v>
+      </c>
+      <c r="N198" s="232">
+        <v>1580</v>
+      </c>
+      <c r="O198" s="232">
+        <v>2171</v>
+      </c>
+      <c r="P198" s="232">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A199" s="6"/>
+      <c r="B199" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C199" s="135"/>
+      <c r="D199" s="168"/>
+      <c r="E199" s="230">
+        <v>0</v>
+      </c>
+      <c r="F199" s="230">
+        <v>29.330572808833679</v>
+      </c>
+      <c r="G199" s="230">
+        <v>62.249827467218772</v>
+      </c>
+      <c r="H199" s="230">
+        <v>41.89095928226363</v>
+      </c>
+      <c r="I199" s="230">
+        <v>62.249827467218772</v>
+      </c>
+      <c r="J199" s="230">
+        <v>41.89095928226363</v>
+      </c>
+      <c r="K199" s="230">
+        <v>41.856452726017942</v>
+      </c>
+      <c r="L199" s="230">
+        <v>62.249827467218772</v>
+      </c>
+      <c r="M199" s="230">
+        <v>15.079365079365076</v>
+      </c>
+      <c r="N199" s="230">
+        <v>100</v>
+      </c>
+      <c r="O199" s="230">
+        <v>79.60662525879917</v>
+      </c>
+      <c r="P199" s="230">
+        <v>52.864044168391992</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A200" s="42" t="s">
+        <v>195</v>
+      </c>
+      <c r="B200" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="C200" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D200" s="172">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E200" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F200" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G200" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H200" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I200" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J200" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K200" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L200" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M200" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N200" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O200" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P200" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A201" s="6"/>
+      <c r="B201" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C201" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D201" s="220">
+        <v>0.5</v>
+      </c>
+      <c r="E201" s="232">
+        <v>16</v>
+      </c>
+      <c r="F201" s="232">
+        <v>16</v>
+      </c>
+      <c r="G201" s="232">
+        <v>16</v>
+      </c>
+      <c r="H201" s="232">
+        <v>16</v>
+      </c>
+      <c r="I201" s="232">
+        <v>10</v>
+      </c>
+      <c r="J201" s="232">
+        <v>10</v>
+      </c>
+      <c r="K201" s="232">
+        <v>12</v>
+      </c>
+      <c r="L201" s="232">
+        <v>12</v>
+      </c>
+      <c r="M201" s="232">
+        <v>12</v>
+      </c>
+      <c r="N201" s="232">
+        <v>8</v>
+      </c>
+      <c r="O201" s="232">
+        <v>8</v>
+      </c>
+      <c r="P201" s="232">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A202" s="6"/>
+      <c r="B202" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C202" s="135"/>
+      <c r="D202" s="168"/>
+      <c r="E202" s="230">
+        <v>0</v>
+      </c>
+      <c r="F202" s="230">
+        <v>0</v>
+      </c>
+      <c r="G202" s="230">
+        <v>0</v>
+      </c>
+      <c r="H202" s="230">
+        <v>0</v>
+      </c>
+      <c r="I202" s="230">
+        <v>75</v>
+      </c>
+      <c r="J202" s="230">
+        <v>75</v>
+      </c>
+      <c r="K202" s="230">
+        <v>50</v>
+      </c>
+      <c r="L202" s="230">
+        <v>50</v>
+      </c>
+      <c r="M202" s="230">
+        <v>50</v>
+      </c>
+      <c r="N202" s="230">
+        <v>100</v>
+      </c>
+      <c r="O202" s="230">
+        <v>100</v>
+      </c>
+      <c r="P202" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16" customFormat="1" ht="29.1" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A203" s="84" t="s">
+        <v>197</v>
+      </c>
+      <c r="B203" s="83" t="s">
+        <v>198</v>
+      </c>
+      <c r="C203" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D203" s="173">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E203" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="F203" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="G203" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H203" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I203" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="J203" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K203" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="L203" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="M203" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="N203" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="O203" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="P203" s="229" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A204" s="80"/>
+      <c r="B204" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="C204" s="137"/>
+      <c r="D204" s="162"/>
+      <c r="E204" s="241">
+        <v>88.726115698499015</v>
+      </c>
+      <c r="F204" s="241">
+        <v>67.220981737167278</v>
+      </c>
+      <c r="G204" s="241">
+        <v>68.863459046899862</v>
+      </c>
+      <c r="H204" s="241">
+        <v>91.427108883173361</v>
+      </c>
+      <c r="I204" s="241">
+        <v>49.201651510208634</v>
+      </c>
+      <c r="J204" s="241">
+        <v>71.44676207918954</v>
+      </c>
+      <c r="K204" s="241">
+        <v>32.806826516841816</v>
+      </c>
+      <c r="L204" s="241">
+        <v>11.823545600857752</v>
+      </c>
+      <c r="M204" s="241">
+        <v>15.414590994377065</v>
+      </c>
+      <c r="N204" s="241">
+        <v>27.197251948746391</v>
+      </c>
+      <c r="O204" s="241">
+        <v>48.180532864730466</v>
+      </c>
+      <c r="P204" s="241">
+        <v>30.897946465072728</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A205" s="25" t="s">
+        <v>199</v>
+      </c>
+      <c r="B205" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="C205" s="133">
+        <v>1</v>
+      </c>
+      <c r="D205" s="169">
+        <v>3.1E-2</v>
+      </c>
+      <c r="E205" s="239">
+        <v>67.324561403508795</v>
+      </c>
+      <c r="F205" s="239">
+        <v>58.114035087719323</v>
+      </c>
+      <c r="G205" s="239">
+        <v>90.131578947368439</v>
+      </c>
+      <c r="H205" s="239">
+        <v>100</v>
+      </c>
+      <c r="I205" s="239">
+        <v>58.114035087719323</v>
+      </c>
+      <c r="J205" s="239">
+        <v>67.982456140350862</v>
+      </c>
+      <c r="K205" s="239">
+        <v>24.342105263157976</v>
+      </c>
+      <c r="L205" s="239">
+        <v>14.473684210526358</v>
+      </c>
+      <c r="M205" s="239">
+        <v>-1.4210854715202004E-14</v>
+      </c>
+      <c r="N205" s="239">
+        <v>62.719298245614048</v>
+      </c>
+      <c r="O205" s="239">
+        <v>72.587719298245645</v>
+      </c>
+      <c r="P205" s="239">
+        <v>48.684210526315766</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A206" s="49" t="s">
+        <v>201</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="C206" s="133">
+        <v>1</v>
+      </c>
+      <c r="D206" s="169">
+        <v>3.1E-2</v>
+      </c>
+      <c r="E206" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F206" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G206" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H206" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I206" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J206" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K206" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L206" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M206" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N206" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O206" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P206" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A207" s="6"/>
+      <c r="B207" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C207" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D207" s="220">
+        <v>0.29823413996075893</v>
+      </c>
+      <c r="E207" s="231">
+        <v>122.19999999999999</v>
+      </c>
+      <c r="F207" s="231">
+        <v>126.39999999999999</v>
+      </c>
+      <c r="G207" s="231">
+        <v>111.79999999999998</v>
+      </c>
+      <c r="H207" s="231">
+        <v>107.29999999999998</v>
+      </c>
+      <c r="I207" s="231">
+        <v>126.39999999999999</v>
+      </c>
+      <c r="J207" s="231">
+        <v>121.9</v>
+      </c>
+      <c r="K207" s="231">
+        <v>141.79999999999998</v>
+      </c>
+      <c r="L207" s="231">
+        <v>146.30000000000001</v>
+      </c>
+      <c r="M207" s="231">
+        <v>152.90000000000003</v>
+      </c>
+      <c r="N207" s="231">
+        <v>124.3</v>
+      </c>
+      <c r="O207" s="231">
+        <v>119.79999999999998</v>
+      </c>
+      <c r="P207" s="231">
+        <v>130.70000000000002</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A208" s="6"/>
+      <c r="B208" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C208" s="135"/>
+      <c r="D208" s="168"/>
+      <c r="E208" s="230">
+        <v>67.324561403508795</v>
+      </c>
+      <c r="F208" s="230">
+        <v>58.114035087719323</v>
+      </c>
+      <c r="G208" s="230">
+        <v>90.131578947368439</v>
+      </c>
+      <c r="H208" s="230">
+        <v>100</v>
+      </c>
+      <c r="I208" s="230">
+        <v>58.114035087719323</v>
+      </c>
+      <c r="J208" s="230">
+        <v>67.982456140350862</v>
+      </c>
+      <c r="K208" s="230">
+        <v>24.342105263157976</v>
+      </c>
+      <c r="L208" s="230">
+        <v>14.473684210526358</v>
+      </c>
+      <c r="M208" s="230">
+        <v>-1.4210854715202004E-14</v>
+      </c>
+      <c r="N208" s="230">
+        <v>62.719298245614048</v>
+      </c>
+      <c r="O208" s="230">
+        <v>72.587719298245645</v>
+      </c>
+      <c r="P208" s="230">
+        <v>48.684210526315766</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A209" s="25" t="s">
+        <v>203</v>
+      </c>
+      <c r="B209" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="C209" s="133">
+        <v>1</v>
+      </c>
+      <c r="D209" s="167">
+        <v>3.1E-2</v>
+      </c>
+      <c r="E209" s="221">
+        <v>87.579901390487265</v>
+      </c>
+      <c r="F209" s="221">
+        <v>56.195759368836292</v>
+      </c>
+      <c r="G209" s="221">
+        <v>43.997336104584299</v>
+      </c>
+      <c r="H209" s="221">
+        <v>78.957646889160316</v>
+      </c>
+      <c r="I209" s="221">
+        <v>11.247776000433845</v>
+      </c>
+      <c r="J209" s="221">
+        <v>46.195759368836292</v>
+      </c>
+      <c r="K209" s="221">
+        <v>67.768481561307098</v>
+      </c>
+      <c r="L209" s="221">
+        <v>32.820498192904651</v>
+      </c>
+      <c r="M209" s="221">
+        <v>50.93281192703509</v>
+      </c>
+      <c r="N209" s="221">
+        <v>32.820498192904651</v>
+      </c>
+      <c r="O209" s="221">
+        <v>67.768481561307098</v>
+      </c>
+      <c r="P209" s="221">
+        <v>50.93281192703509</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A210" s="21" t="s">
+        <v>205</v>
+      </c>
+      <c r="B210" s="22" t="s">
+        <v>206</v>
+      </c>
+      <c r="C210" s="133">
+        <v>1</v>
+      </c>
+      <c r="D210" s="167">
+        <v>1.6E-2</v>
+      </c>
+      <c r="E210" s="221">
+        <v>75.15980278097453</v>
+      </c>
+      <c r="F210" s="221">
+        <v>60</v>
+      </c>
+      <c r="G210" s="221">
+        <v>77.787571617452627</v>
+      </c>
+      <c r="H210" s="221">
+        <v>95.292019616584938</v>
+      </c>
+      <c r="I210" s="221">
+        <v>22.49555200086769</v>
+      </c>
+      <c r="J210" s="221">
+        <v>40</v>
+      </c>
+      <c r="K210" s="221">
+        <v>79.028087382969233</v>
+      </c>
+      <c r="L210" s="221">
+        <v>61.52363938383693</v>
+      </c>
+      <c r="M210" s="221">
+        <v>38.058917739671756</v>
+      </c>
+      <c r="N210" s="221">
+        <v>61.52363938383693</v>
+      </c>
+      <c r="O210" s="221">
+        <v>79.028087382969233</v>
+      </c>
+      <c r="P210" s="221">
+        <v>38.058917739671756</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A211" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="B211" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C211" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D211" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E211" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F211" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G211" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H211" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I211" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J211" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K211" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L211" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M211" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N211" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O211" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P211" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A212" s="6"/>
+      <c r="B212" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C212" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D212" s="220">
+        <v>1</v>
+      </c>
+      <c r="E212" s="231">
+        <v>176</v>
+      </c>
+      <c r="F212" s="231">
+        <v>0</v>
+      </c>
+      <c r="G212" s="231">
+        <v>0</v>
+      </c>
+      <c r="H212" s="231">
+        <v>176</v>
+      </c>
+      <c r="I212" s="231">
+        <v>2067</v>
+      </c>
+      <c r="J212" s="231">
+        <v>2243</v>
+      </c>
+      <c r="K212" s="231">
+        <v>784</v>
+      </c>
+      <c r="L212" s="231">
+        <v>608</v>
+      </c>
+      <c r="M212" s="231">
+        <v>1329</v>
+      </c>
+      <c r="N212" s="231">
+        <v>608</v>
+      </c>
+      <c r="O212" s="231">
+        <v>784</v>
+      </c>
+      <c r="P212" s="231">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A213" s="6"/>
+      <c r="B213" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C213" s="135"/>
+      <c r="D213" s="168"/>
+      <c r="E213" s="230">
+        <v>92.153366027641553</v>
+      </c>
+      <c r="F213" s="230">
+        <v>100</v>
+      </c>
+      <c r="G213" s="230">
+        <v>100</v>
+      </c>
+      <c r="H213" s="230">
+        <v>92.153366027641553</v>
+      </c>
+      <c r="I213" s="230">
+        <v>7.8466339723584468</v>
+      </c>
+      <c r="J213" s="230">
+        <v>0</v>
+      </c>
+      <c r="K213" s="230">
+        <v>65.04681230494873</v>
+      </c>
+      <c r="L213" s="230">
+        <v>72.893446277307177</v>
+      </c>
+      <c r="M213" s="230">
+        <v>40.748996879179671</v>
+      </c>
+      <c r="N213" s="230">
+        <v>72.893446277307177</v>
+      </c>
+      <c r="O213" s="230">
+        <v>65.04681230494873</v>
+      </c>
+      <c r="P213" s="230">
+        <v>40.748996879179671</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A214" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="B214" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="C214" s="133">
+        <v>1</v>
+      </c>
+      <c r="D214" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E214" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F214" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G214" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H214" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I214" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J214" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K214" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L214" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M214" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N214" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O214" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P214" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A215" s="20"/>
+      <c r="B215" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C215" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D215" s="220">
+        <v>0.93259350595972046</v>
+      </c>
+      <c r="E215" s="231">
+        <v>1306</v>
+      </c>
+      <c r="F215" s="231">
+        <v>2433</v>
+      </c>
+      <c r="G215" s="231">
+        <v>1424</v>
+      </c>
+      <c r="H215" s="231">
+        <v>164</v>
+      </c>
+      <c r="I215" s="231">
+        <v>1424</v>
+      </c>
+      <c r="J215" s="231">
+        <v>164</v>
+      </c>
+      <c r="K215" s="231">
+        <v>164</v>
+      </c>
+      <c r="L215" s="231">
+        <v>1424</v>
+      </c>
+      <c r="M215" s="231">
+        <v>1661</v>
+      </c>
+      <c r="N215" s="231">
+        <v>1424</v>
+      </c>
+      <c r="O215" s="231">
+        <v>164</v>
+      </c>
+      <c r="P215" s="231">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A216" s="6"/>
+      <c r="B216" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C216" s="135"/>
+      <c r="D216" s="168"/>
+      <c r="E216" s="230">
+        <v>49.669457910973996</v>
+      </c>
+      <c r="F216" s="230">
+        <v>0</v>
+      </c>
+      <c r="G216" s="230">
+        <v>44.468929043631555</v>
+      </c>
+      <c r="H216" s="230">
+        <v>100</v>
+      </c>
+      <c r="I216" s="230">
+        <v>44.468929043631555</v>
+      </c>
+      <c r="J216" s="230">
+        <v>100</v>
+      </c>
+      <c r="K216" s="230">
+        <v>100</v>
+      </c>
+      <c r="L216" s="230">
+        <v>44.468929043631555</v>
+      </c>
+      <c r="M216" s="230">
+        <v>34.023799030409876</v>
+      </c>
+      <c r="N216" s="230">
+        <v>44.468929043631555</v>
+      </c>
+      <c r="O216" s="230">
+        <v>100</v>
+      </c>
+      <c r="P216" s="230">
+        <v>34.023799030409876</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A217" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="B217" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="C217" s="133">
+        <v>1</v>
+      </c>
+      <c r="D217" s="167">
+        <v>1.6E-2</v>
+      </c>
+      <c r="E217" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F217" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G217" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H217" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I217" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J217" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K217" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L217" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M217" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N217" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O217" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P217" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A218" s="6"/>
+      <c r="B218" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C218" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D218" s="220">
+        <v>0.42280829771708539</v>
+      </c>
+      <c r="E218" s="231">
+        <v>5537</v>
+      </c>
+      <c r="F218" s="231">
+        <v>7468</v>
+      </c>
+      <c r="G218" s="231">
+        <v>9179</v>
+      </c>
+      <c r="H218" s="231">
+        <v>7053</v>
+      </c>
+      <c r="I218" s="231">
+        <v>9593</v>
+      </c>
+      <c r="J218" s="231">
+        <v>7468</v>
+      </c>
+      <c r="K218" s="231">
+        <v>7301</v>
+      </c>
+      <c r="L218" s="231">
+        <v>9426</v>
+      </c>
+      <c r="M218" s="231">
+        <v>7005</v>
+      </c>
+      <c r="N218" s="231">
+        <v>9426</v>
+      </c>
+      <c r="O218" s="231">
+        <v>7301</v>
+      </c>
+      <c r="P218" s="231">
+        <v>7005</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A219" s="6"/>
+      <c r="B219" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C219" s="135"/>
+      <c r="D219" s="168"/>
+      <c r="E219" s="230">
+        <v>100</v>
+      </c>
+      <c r="F219" s="230">
+        <v>52.391518737672584</v>
+      </c>
+      <c r="G219" s="230">
+        <v>10.207100591715971</v>
+      </c>
+      <c r="H219" s="230">
+        <v>62.623274161735701</v>
+      </c>
+      <c r="I219" s="230">
+        <v>0</v>
+      </c>
+      <c r="J219" s="230">
+        <v>52.391518737672584</v>
+      </c>
+      <c r="K219" s="230">
+        <v>56.508875739644971</v>
+      </c>
+      <c r="L219" s="230">
+        <v>4.1173570019723797</v>
+      </c>
+      <c r="M219" s="230">
+        <v>63.806706114398423</v>
+      </c>
+      <c r="N219" s="230">
+        <v>4.1173570019723797</v>
+      </c>
+      <c r="O219" s="230">
+        <v>56.508875739644971</v>
+      </c>
+      <c r="P219" s="230">
+        <v>63.806706114398423</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A220" s="25" t="s">
+        <v>213</v>
+      </c>
+      <c r="B220" s="9" t="s">
+        <v>214</v>
+      </c>
+      <c r="C220" s="133">
+        <v>2</v>
+      </c>
+      <c r="D220" s="167"/>
+      <c r="E220" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F220" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G220" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H220" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I220" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J220" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K220" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L220" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M220" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N220" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O220" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P220" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A221" s="6"/>
+      <c r="B221" s="47" t="s">
+        <v>215</v>
+      </c>
+      <c r="C221" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D221" s="220">
+        <v>0.75476190476190474</v>
+      </c>
+      <c r="E221" s="253">
+        <v>42</v>
+      </c>
+      <c r="F221" s="253">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="G221" s="253">
+        <v>32.700000000000003</v>
+      </c>
+      <c r="H221" s="253">
+        <v>39.9</v>
+      </c>
+      <c r="I221" s="253">
+        <v>30.5</v>
+      </c>
+      <c r="J221" s="253">
+        <v>37.5</v>
+      </c>
+      <c r="K221" s="253">
+        <v>16.5</v>
+      </c>
+      <c r="L221" s="253">
+        <v>10.3</v>
+      </c>
+      <c r="M221" s="253">
+        <v>12</v>
+      </c>
+      <c r="N221" s="253">
+        <v>12.4</v>
+      </c>
+      <c r="O221" s="253">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="P221" s="253">
+        <v>14.1</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A222" s="6"/>
+      <c r="B222" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C222" s="135"/>
+      <c r="D222" s="168"/>
+      <c r="E222" s="230">
+        <v>100</v>
+      </c>
+      <c r="F222" s="230">
+        <v>77.287066246056767</v>
+      </c>
+      <c r="G222" s="230">
+        <v>70.662460567823345</v>
+      </c>
+      <c r="H222" s="230">
+        <v>93.375394321766564</v>
+      </c>
+      <c r="I222" s="230">
+        <v>63.722397476340696</v>
+      </c>
+      <c r="J222" s="230">
+        <v>85.804416403785496</v>
+      </c>
+      <c r="K222" s="230">
+        <v>19.5583596214511</v>
+      </c>
+      <c r="L222" s="230">
+        <v>0</v>
+      </c>
+      <c r="M222" s="230">
+        <v>5.3627760252365917</v>
+      </c>
+      <c r="N222" s="230">
+        <v>6.6246056782334382</v>
+      </c>
+      <c r="O222" s="230">
+        <v>26.182965299684547</v>
+      </c>
+      <c r="P222" s="230">
+        <v>11.987381703470028</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A223" s="84" t="s">
+        <v>216</v>
+      </c>
+      <c r="B223" s="83" t="s">
+        <v>217</v>
+      </c>
+      <c r="C223" s="218">
+        <v>1.5</v>
+      </c>
+      <c r="D223" s="174">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E223" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F223" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G223" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H223" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="I223" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="J223" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="K223" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="L223" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M223" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N223" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O223" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="P223" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A224" s="80"/>
+      <c r="B224" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="C224" s="137"/>
+      <c r="D224" s="162"/>
+      <c r="E224" s="179">
+        <v>24.909179717312345</v>
+      </c>
+      <c r="F224" s="179">
+        <v>54.283829313593941</v>
+      </c>
+      <c r="G224" s="179">
+        <v>69.708994708994709</v>
+      </c>
+      <c r="H224" s="179">
+        <v>56.409365549396703</v>
+      </c>
+      <c r="I224" s="179">
+        <v>33.640440841191818</v>
+      </c>
+      <c r="J224" s="179">
+        <v>19.973544973544978</v>
+      </c>
+      <c r="K224" s="179">
+        <v>38.729247741062011</v>
+      </c>
+      <c r="L224" s="179">
+        <v>52.028876900660038</v>
+      </c>
+      <c r="M224" s="179">
+        <v>46.755982363638736</v>
+      </c>
+      <c r="N224" s="179">
+        <v>83.175691031263881</v>
+      </c>
+      <c r="O224" s="179">
+        <v>70.66971266531668</v>
+      </c>
+      <c r="P224" s="179">
+        <v>78.696447287893392</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16" customFormat="1" ht="41.1" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A225" s="25" t="s">
+        <v>218</v>
+      </c>
+      <c r="B225" s="16" t="s">
+        <v>219</v>
+      </c>
+      <c r="C225" s="133">
+        <v>1</v>
+      </c>
+      <c r="D225" s="169">
+        <v>3.1E-2</v>
+      </c>
+      <c r="E225" s="221">
+        <v>49.818359434624689</v>
+      </c>
+      <c r="F225" s="221">
+        <v>81.054431113960362</v>
+      </c>
+      <c r="G225" s="221">
+        <v>100</v>
+      </c>
+      <c r="H225" s="221">
+        <v>69.432487712550014</v>
+      </c>
+      <c r="I225" s="221">
+        <v>29.450193851695804</v>
+      </c>
+      <c r="J225" s="221">
+        <v>0</v>
+      </c>
+      <c r="K225" s="221">
+        <v>35.659553683182217</v>
+      </c>
+      <c r="L225" s="221">
+        <v>66.227065970632253</v>
+      </c>
+      <c r="M225" s="221">
+        <v>50.654821870134612</v>
+      </c>
+      <c r="N225" s="221">
+        <v>79.314345025490738</v>
+      </c>
+      <c r="O225" s="221">
+        <v>48.746832738040759</v>
+      </c>
+      <c r="P225" s="221">
+        <v>63.74210092499311</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A226" s="43" t="s">
+        <v>220</v>
+      </c>
+      <c r="B226" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="C226" s="133">
+        <v>2</v>
+      </c>
+      <c r="D226" s="169">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E226" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F226" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G226" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H226" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I226" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J226" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K226" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L226" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M226" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N226" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O226" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P226" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A227" s="6"/>
+      <c r="B227" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C227" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D227" s="220">
+        <v>0.37923728813559315</v>
+      </c>
+      <c r="E227" s="234">
+        <v>41.599999999999994</v>
+      </c>
+      <c r="F227" s="234">
+        <v>33.800000000000004</v>
+      </c>
+      <c r="G227" s="234">
+        <v>29.3</v>
+      </c>
+      <c r="H227" s="234">
+        <v>35.599999999999994</v>
+      </c>
+      <c r="I227" s="234">
+        <v>41.2</v>
+      </c>
+      <c r="J227" s="234">
+        <v>47.199999999999996</v>
+      </c>
+      <c r="K227" s="234">
+        <v>41</v>
+      </c>
+      <c r="L227" s="234">
+        <v>34.699999999999996</v>
+      </c>
+      <c r="M227" s="234">
+        <v>35.800000000000004</v>
+      </c>
+      <c r="N227" s="234">
+        <v>32.800000000000004</v>
+      </c>
+      <c r="O227" s="234">
+        <v>39.099999999999994</v>
+      </c>
+      <c r="P227" s="234">
+        <v>33.900000000000006</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A228" s="6"/>
+      <c r="B228" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C228" s="135"/>
+      <c r="D228" s="175"/>
+      <c r="E228" s="230">
+        <v>31.284916201117341</v>
+      </c>
+      <c r="F228" s="230">
+        <v>74.860335195530695</v>
+      </c>
+      <c r="G228" s="230">
+        <v>100</v>
+      </c>
+      <c r="H228" s="230">
+        <v>64.804469273743052</v>
+      </c>
+      <c r="I228" s="230">
+        <v>33.519553072625669</v>
+      </c>
+      <c r="J228" s="230">
+        <v>0</v>
+      </c>
+      <c r="K228" s="230">
+        <v>34.636871508379869</v>
+      </c>
+      <c r="L228" s="230">
+        <v>69.832402234636888</v>
+      </c>
+      <c r="M228" s="230">
+        <v>63.687150837988796</v>
+      </c>
+      <c r="N228" s="230">
+        <v>80.446927374301652</v>
+      </c>
+      <c r="O228" s="230">
+        <v>45.251396648044718</v>
+      </c>
+      <c r="P228" s="230">
+        <v>74.301675977653588</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A229" s="43" t="s">
+        <v>222</v>
+      </c>
+      <c r="B229" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="C229" s="133">
+        <v>1</v>
+      </c>
+      <c r="D229" s="167">
+        <v>0.01</v>
+      </c>
+      <c r="E229" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F229" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G229" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H229" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I229" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J229" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K229" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L229" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M229" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N229" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O229" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P229" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A230" s="6"/>
+      <c r="B230" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C230" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D230" s="220">
+        <v>0.23018867924528294</v>
+      </c>
+      <c r="E230" s="234">
+        <v>21.2</v>
+      </c>
+      <c r="F230" s="234">
+        <v>20.8</v>
+      </c>
+      <c r="G230" s="234">
+        <v>20.400000000000002</v>
+      </c>
+      <c r="H230" s="234">
+        <v>21.700000000000003</v>
+      </c>
+      <c r="I230" s="234">
+        <v>25.2</v>
+      </c>
+      <c r="J230" s="234">
+        <v>26.5</v>
+      </c>
+      <c r="K230" s="234">
+        <v>24.2</v>
+      </c>
+      <c r="L230" s="234">
+        <v>22.9</v>
+      </c>
+      <c r="M230" s="234">
+        <v>25</v>
+      </c>
+      <c r="N230" s="234">
+        <v>21.799999999999997</v>
+      </c>
+      <c r="O230" s="234">
+        <v>23.099999999999998</v>
+      </c>
+      <c r="P230" s="234">
+        <v>23.9</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A231" s="6"/>
+      <c r="B231" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C231" s="135"/>
+      <c r="D231" s="175"/>
+      <c r="E231" s="230">
+        <v>86.885245901639394</v>
+      </c>
+      <c r="F231" s="230">
+        <v>93.442622950819697</v>
+      </c>
+      <c r="G231" s="230">
+        <v>100</v>
+      </c>
+      <c r="H231" s="230">
+        <v>78.688524590163922</v>
+      </c>
+      <c r="I231" s="230">
+        <v>21.311475409836078</v>
+      </c>
+      <c r="J231" s="230">
+        <v>0</v>
+      </c>
+      <c r="K231" s="230">
+        <v>37.704918032786907</v>
+      </c>
+      <c r="L231" s="230">
+        <v>59.016393442622991</v>
+      </c>
+      <c r="M231" s="230">
+        <v>24.590163934426243</v>
+      </c>
+      <c r="N231" s="230">
+        <v>77.049180327868925</v>
+      </c>
+      <c r="O231" s="230">
+        <v>55.737704918032847</v>
+      </c>
+      <c r="P231" s="230">
+        <v>42.62295081967217</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16" customFormat="1" ht="32.25" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A232" s="25" t="s">
+        <v>224</v>
+      </c>
+      <c r="B232" s="16" t="s">
+        <v>225</v>
+      </c>
+      <c r="C232" s="133">
+        <v>1</v>
+      </c>
+      <c r="D232" s="167">
+        <v>3.1E-2</v>
+      </c>
+      <c r="E232" s="221">
+        <v>0</v>
+      </c>
+      <c r="F232" s="221">
+        <v>27.51322751322752</v>
+      </c>
+      <c r="G232" s="221">
+        <v>39.417989417989425</v>
+      </c>
+      <c r="H232" s="221">
+        <v>43.386243386243393</v>
+      </c>
+      <c r="I232" s="221">
+        <v>37.830687830687829</v>
+      </c>
+      <c r="J232" s="221">
+        <v>39.947089947089957</v>
+      </c>
+      <c r="K232" s="221">
+        <v>41.798941798941797</v>
+      </c>
+      <c r="L232" s="221">
+        <v>37.830687830687829</v>
+      </c>
+      <c r="M232" s="221">
+        <v>42.857142857142868</v>
+      </c>
+      <c r="N232" s="221">
+        <v>87.037037037037024</v>
+      </c>
+      <c r="O232" s="221">
+        <v>92.592592592592595</v>
+      </c>
+      <c r="P232" s="221">
+        <v>93.650793650793659</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A233" s="43" t="s">
+        <v>226</v>
+      </c>
+      <c r="B233" s="24" t="s">
+        <v>227</v>
+      </c>
+      <c r="C233" s="133">
+        <v>2</v>
+      </c>
+      <c r="D233" s="167">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E233" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F233" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G233" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H233" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I233" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J233" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K233" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L233" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M233" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N233" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O233" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P233" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A234" s="75"/>
+      <c r="B234" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C234" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D234" s="220">
+        <v>0.67924528301886788</v>
+      </c>
+      <c r="E234" s="234">
+        <v>5.3000000000000007</v>
+      </c>
+      <c r="F234" s="234">
+        <v>4.5</v>
+      </c>
+      <c r="G234" s="234">
+        <v>3.6</v>
+      </c>
+      <c r="H234" s="234">
+        <v>3.9</v>
+      </c>
+      <c r="I234" s="234">
+        <v>3.6</v>
+      </c>
+      <c r="J234" s="234">
+        <v>4</v>
+      </c>
+      <c r="K234" s="234">
+        <v>3.9000000000000004</v>
+      </c>
+      <c r="L234" s="234">
+        <v>3.6</v>
+      </c>
+      <c r="M234" s="234">
+        <v>3.5</v>
+      </c>
+      <c r="N234" s="234">
+        <v>1.8000000000000003</v>
+      </c>
+      <c r="O234" s="234">
+        <v>2.1</v>
+      </c>
+      <c r="P234" s="234">
+        <v>1.7000000000000002</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A235" s="75"/>
+      <c r="B235" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C235" s="135"/>
+      <c r="D235" s="175"/>
+      <c r="E235" s="230">
+        <v>0</v>
+      </c>
+      <c r="F235" s="230">
+        <v>22.222222222222229</v>
+      </c>
+      <c r="G235" s="230">
+        <v>47.222222222222229</v>
+      </c>
+      <c r="H235" s="230">
+        <v>38.888888888888907</v>
+      </c>
+      <c r="I235" s="230">
+        <v>47.222222222222229</v>
+      </c>
+      <c r="J235" s="230">
+        <v>36.111111111111128</v>
+      </c>
+      <c r="K235" s="230">
+        <v>38.888888888888893</v>
+      </c>
+      <c r="L235" s="230">
+        <v>47.222222222222229</v>
+      </c>
+      <c r="M235" s="230">
+        <v>50.000000000000014</v>
+      </c>
+      <c r="N235" s="230">
+        <v>97.222222222222214</v>
+      </c>
+      <c r="O235" s="230">
+        <v>88.888888888888886</v>
+      </c>
+      <c r="P235" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A236" s="43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B236" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="C236" s="133">
+        <v>1</v>
+      </c>
+      <c r="D236" s="167">
+        <v>0.01</v>
+      </c>
+      <c r="E236" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F236" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G236" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H236" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I236" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J236" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K236" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L236" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M236" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N236" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O236" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P236" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A237" s="6"/>
+      <c r="B237" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C237" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D237" s="220">
+        <v>0.67741935483870974</v>
+      </c>
+      <c r="E237" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="F237" s="234">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G237" s="234">
+        <v>2.6</v>
+      </c>
+      <c r="H237" s="234">
+        <v>2</v>
+      </c>
+      <c r="I237" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="J237" s="234">
+        <v>2.1</v>
+      </c>
+      <c r="K237" s="234">
+        <v>2.1</v>
+      </c>
+      <c r="L237" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="M237" s="234">
+        <v>2.5</v>
+      </c>
+      <c r="N237" s="234">
+        <v>1.7</v>
+      </c>
+      <c r="O237" s="234">
+        <v>1</v>
+      </c>
+      <c r="P237" s="234">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A238" s="6"/>
+      <c r="B238" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C238" s="135"/>
+      <c r="D238" s="175"/>
+      <c r="E238" s="230">
+        <v>0</v>
+      </c>
+      <c r="F238" s="230">
+        <v>38.095238095238109</v>
+      </c>
+      <c r="G238" s="230">
+        <v>23.80952380952381</v>
+      </c>
+      <c r="H238" s="230">
+        <v>52.38095238095238</v>
+      </c>
+      <c r="I238" s="230">
+        <v>19.047619047619037</v>
+      </c>
+      <c r="J238" s="230">
+        <v>47.619047619047613</v>
+      </c>
+      <c r="K238" s="230">
+        <v>47.619047619047613</v>
+      </c>
+      <c r="L238" s="230">
+        <v>19.047619047619037</v>
+      </c>
+      <c r="M238" s="230">
+        <v>28.571428571428569</v>
+      </c>
+      <c r="N238" s="230">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="O238" s="230">
+        <v>100</v>
+      </c>
+      <c r="P238" s="230">
+        <v>80.952380952380963</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A239" s="84" t="s">
+        <v>230</v>
+      </c>
+      <c r="B239" s="83" t="s">
+        <v>231</v>
+      </c>
+      <c r="C239" s="218">
+        <v>2</v>
+      </c>
+      <c r="D239" s="174">
+        <v>0.125</v>
+      </c>
+      <c r="E239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="F239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="G239" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I239" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="J239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="L239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M239" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="N239" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O239" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="P239" s="229" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A240" s="80"/>
+      <c r="B240" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="C240" s="137"/>
+      <c r="D240" s="162"/>
+      <c r="E240" s="242">
+        <v>61.240950342849445</v>
+      </c>
+      <c r="F240" s="242">
+        <v>63.466027943451948</v>
+      </c>
+      <c r="G240" s="242">
+        <v>85.580455762025565</v>
+      </c>
+      <c r="H240" s="242">
+        <v>78.83687636558993</v>
+      </c>
+      <c r="I240" s="242">
+        <v>82.886241742076365</v>
+      </c>
+      <c r="J240" s="242">
+        <v>76.138706669052553</v>
+      </c>
+      <c r="K240" s="242">
+        <v>65.960612756678486</v>
+      </c>
+      <c r="L240" s="242">
+        <v>72.70561621719645</v>
+      </c>
+      <c r="M240" s="242">
+        <v>32.93494086770005</v>
+      </c>
+      <c r="N240" s="242">
+        <v>66.116194811680515</v>
+      </c>
+      <c r="O240" s="242">
+        <v>59.368962134815511</v>
+      </c>
+      <c r="P240" s="242">
+        <v>26.344028390199888</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A241" s="25" t="s">
+        <v>232</v>
+      </c>
+      <c r="B241" s="16" t="s">
+        <v>233</v>
+      </c>
+      <c r="C241" s="133">
+        <v>1</v>
+      </c>
+      <c r="D241" s="169">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E241" s="221">
+        <v>98.42743045973107</v>
+      </c>
+      <c r="F241" s="221">
+        <v>82.30414042730925</v>
+      </c>
+      <c r="G241" s="221">
+        <v>82.079024471505235</v>
+      </c>
+      <c r="H241" s="221">
+        <v>98.323558162267844</v>
+      </c>
+      <c r="I241" s="221">
+        <v>82.079024471505235</v>
+      </c>
+      <c r="J241" s="221">
+        <v>98.323558162267844</v>
+      </c>
+      <c r="K241" s="221">
+        <v>82.272580754693237</v>
+      </c>
+      <c r="L241" s="221">
+        <v>66.028047063930629</v>
+      </c>
+      <c r="M241" s="221">
+        <v>24.147481383847794</v>
+      </c>
+      <c r="N241" s="221">
+        <v>58.545572981290853</v>
+      </c>
+      <c r="O241" s="221">
+        <v>74.790106672053454</v>
+      </c>
+      <c r="P241" s="221">
+        <v>16.666666666666668</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A242" s="26" t="s">
+        <v>234</v>
+      </c>
+      <c r="B242" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="C242" s="133">
+        <v>0</v>
+      </c>
+      <c r="D242" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E242" s="221">
+        <v>0</v>
+      </c>
+      <c r="F242" s="221">
+        <v>0</v>
+      </c>
+      <c r="G242" s="221">
+        <v>0</v>
+      </c>
+      <c r="H242" s="221">
+        <v>0</v>
+      </c>
+      <c r="I242" s="221">
+        <v>0</v>
+      </c>
+      <c r="J242" s="221">
+        <v>0</v>
+      </c>
+      <c r="K242" s="221">
+        <v>0</v>
+      </c>
+      <c r="L242" s="221">
+        <v>0</v>
+      </c>
+      <c r="M242" s="221">
+        <v>0</v>
+      </c>
+      <c r="N242" s="221">
+        <v>0</v>
+      </c>
+      <c r="O242" s="221">
+        <v>0</v>
+      </c>
+      <c r="P242" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A243" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="B243" s="24" t="s">
+        <v>237</v>
+      </c>
+      <c r="C243" s="133">
+        <v>0</v>
+      </c>
+      <c r="D243" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E243" s="230">
+        <v>0</v>
+      </c>
+      <c r="F243" s="230">
+        <v>0</v>
+      </c>
+      <c r="G243" s="230">
+        <v>0</v>
+      </c>
+      <c r="H243" s="230">
+        <v>0</v>
+      </c>
+      <c r="I243" s="230">
+        <v>0</v>
+      </c>
+      <c r="J243" s="230">
+        <v>0</v>
+      </c>
+      <c r="K243" s="230">
+        <v>0</v>
+      </c>
+      <c r="L243" s="230">
+        <v>0</v>
+      </c>
+      <c r="M243" s="230">
+        <v>0</v>
+      </c>
+      <c r="N243" s="230">
+        <v>0</v>
+      </c>
+      <c r="O243" s="230">
+        <v>0</v>
+      </c>
+      <c r="P243" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A244" s="6"/>
+      <c r="B244" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C244" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D244" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E244" s="234">
+        <v>0</v>
+      </c>
+      <c r="F244" s="234">
+        <v>0</v>
+      </c>
+      <c r="G244" s="234">
+        <v>0</v>
+      </c>
+      <c r="H244" s="234">
+        <v>0</v>
+      </c>
+      <c r="I244" s="234">
+        <v>0</v>
+      </c>
+      <c r="J244" s="234">
+        <v>0</v>
+      </c>
+      <c r="K244" s="234">
+        <v>0</v>
+      </c>
+      <c r="L244" s="234">
+        <v>0</v>
+      </c>
+      <c r="M244" s="234">
+        <v>0</v>
+      </c>
+      <c r="N244" s="234">
+        <v>0</v>
+      </c>
+      <c r="O244" s="234">
+        <v>0</v>
+      </c>
+      <c r="P244" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A245" s="6"/>
+      <c r="B245" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C245" s="135"/>
+      <c r="D245" s="168"/>
+      <c r="E245" s="230">
+        <v>0</v>
+      </c>
+      <c r="F245" s="230">
+        <v>0</v>
+      </c>
+      <c r="G245" s="230">
+        <v>0</v>
+      </c>
+      <c r="H245" s="230">
+        <v>0</v>
+      </c>
+      <c r="I245" s="230">
+        <v>0</v>
+      </c>
+      <c r="J245" s="230">
+        <v>0</v>
+      </c>
+      <c r="K245" s="230">
+        <v>0</v>
+      </c>
+      <c r="L245" s="230">
+        <v>0</v>
+      </c>
+      <c r="M245" s="230">
+        <v>0</v>
+      </c>
+      <c r="N245" s="230">
+        <v>0</v>
+      </c>
+      <c r="O245" s="230">
+        <v>0</v>
+      </c>
+      <c r="P245" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A246" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="B246" s="24" t="s">
+        <v>239</v>
+      </c>
+      <c r="C246" s="133">
+        <v>0</v>
+      </c>
+      <c r="D246" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E246" s="230">
+        <v>0</v>
+      </c>
+      <c r="F246" s="230">
+        <v>0</v>
+      </c>
+      <c r="G246" s="230">
+        <v>0</v>
+      </c>
+      <c r="H246" s="230">
+        <v>0</v>
+      </c>
+      <c r="I246" s="230">
+        <v>0</v>
+      </c>
+      <c r="J246" s="230">
+        <v>0</v>
+      </c>
+      <c r="K246" s="230">
+        <v>0</v>
+      </c>
+      <c r="L246" s="230">
+        <v>0</v>
+      </c>
+      <c r="M246" s="230">
+        <v>0</v>
+      </c>
+      <c r="N246" s="230">
+        <v>0</v>
+      </c>
+      <c r="O246" s="230">
+        <v>0</v>
+      </c>
+      <c r="P246" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A247" s="6"/>
+      <c r="B247" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C247" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D247" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E247" s="234">
+        <v>0</v>
+      </c>
+      <c r="F247" s="234">
+        <v>0</v>
+      </c>
+      <c r="G247" s="234">
+        <v>0</v>
+      </c>
+      <c r="H247" s="234">
+        <v>0</v>
+      </c>
+      <c r="I247" s="234">
+        <v>0</v>
+      </c>
+      <c r="J247" s="234">
+        <v>0</v>
+      </c>
+      <c r="K247" s="234">
+        <v>0</v>
+      </c>
+      <c r="L247" s="234">
+        <v>0</v>
+      </c>
+      <c r="M247" s="234">
+        <v>0</v>
+      </c>
+      <c r="N247" s="234">
+        <v>0</v>
+      </c>
+      <c r="O247" s="234">
+        <v>0</v>
+      </c>
+      <c r="P247" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A248" s="6"/>
+      <c r="B248" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C248" s="135"/>
+      <c r="D248" s="168"/>
+      <c r="E248" s="230">
+        <v>0</v>
+      </c>
+      <c r="F248" s="230">
+        <v>0</v>
+      </c>
+      <c r="G248" s="230">
+        <v>0</v>
+      </c>
+      <c r="H248" s="230">
+        <v>0</v>
+      </c>
+      <c r="I248" s="230">
+        <v>0</v>
+      </c>
+      <c r="J248" s="230">
+        <v>0</v>
+      </c>
+      <c r="K248" s="230">
+        <v>0</v>
+      </c>
+      <c r="L248" s="230">
+        <v>0</v>
+      </c>
+      <c r="M248" s="230">
+        <v>0</v>
+      </c>
+      <c r="N248" s="230">
+        <v>0</v>
+      </c>
+      <c r="O248" s="230">
+        <v>0</v>
+      </c>
+      <c r="P248" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16" customFormat="1" ht="21" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A249" s="26" t="s">
+        <v>240</v>
+      </c>
+      <c r="B249" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="C249" s="133">
+        <v>0</v>
+      </c>
+      <c r="D249" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E249" s="221">
+        <v>0</v>
+      </c>
+      <c r="F249" s="221">
+        <v>0</v>
+      </c>
+      <c r="G249" s="221">
+        <v>0</v>
+      </c>
+      <c r="H249" s="221">
+        <v>0</v>
+      </c>
+      <c r="I249" s="221">
+        <v>0</v>
+      </c>
+      <c r="J249" s="221">
+        <v>0</v>
+      </c>
+      <c r="K249" s="221">
+        <v>0</v>
+      </c>
+      <c r="L249" s="221">
+        <v>0</v>
+      </c>
+      <c r="M249" s="221">
+        <v>0</v>
+      </c>
+      <c r="N249" s="221">
+        <v>0</v>
+      </c>
+      <c r="O249" s="221">
+        <v>0</v>
+      </c>
+      <c r="P249" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A250" s="21" t="s">
+        <v>242</v>
+      </c>
+      <c r="B250" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="C250" s="133">
+        <v>0</v>
+      </c>
+      <c r="D250" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E250" s="230">
+        <v>0</v>
+      </c>
+      <c r="F250" s="230">
+        <v>0</v>
+      </c>
+      <c r="G250" s="230">
+        <v>0</v>
+      </c>
+      <c r="H250" s="230">
+        <v>0</v>
+      </c>
+      <c r="I250" s="230">
+        <v>0</v>
+      </c>
+      <c r="J250" s="230">
+        <v>0</v>
+      </c>
+      <c r="K250" s="230">
+        <v>0</v>
+      </c>
+      <c r="L250" s="230">
+        <v>0</v>
+      </c>
+      <c r="M250" s="230">
+        <v>0</v>
+      </c>
+      <c r="N250" s="230">
+        <v>0</v>
+      </c>
+      <c r="O250" s="230">
+        <v>0</v>
+      </c>
+      <c r="P250" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A251" s="6"/>
+      <c r="B251" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C251" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D251" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E251" s="234">
+        <v>0</v>
+      </c>
+      <c r="F251" s="234">
+        <v>0</v>
+      </c>
+      <c r="G251" s="234">
+        <v>0</v>
+      </c>
+      <c r="H251" s="234">
+        <v>0</v>
+      </c>
+      <c r="I251" s="234">
+        <v>0</v>
+      </c>
+      <c r="J251" s="234">
+        <v>0</v>
+      </c>
+      <c r="K251" s="234">
+        <v>0</v>
+      </c>
+      <c r="L251" s="234">
+        <v>0</v>
+      </c>
+      <c r="M251" s="234">
+        <v>0</v>
+      </c>
+      <c r="N251" s="234">
+        <v>0</v>
+      </c>
+      <c r="O251" s="234">
+        <v>0</v>
+      </c>
+      <c r="P251" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A252" s="6"/>
+      <c r="B252" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C252" s="135"/>
+      <c r="D252" s="168"/>
+      <c r="E252" s="230">
+        <v>0</v>
+      </c>
+      <c r="F252" s="230">
+        <v>0</v>
+      </c>
+      <c r="G252" s="230">
+        <v>0</v>
+      </c>
+      <c r="H252" s="230">
+        <v>0</v>
+      </c>
+      <c r="I252" s="230">
+        <v>0</v>
+      </c>
+      <c r="J252" s="230">
+        <v>0</v>
+      </c>
+      <c r="K252" s="230">
+        <v>0</v>
+      </c>
+      <c r="L252" s="230">
+        <v>0</v>
+      </c>
+      <c r="M252" s="230">
+        <v>0</v>
+      </c>
+      <c r="N252" s="230">
+        <v>0</v>
+      </c>
+      <c r="O252" s="230">
+        <v>0</v>
+      </c>
+      <c r="P252" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A253" s="21" t="s">
+        <v>244</v>
+      </c>
+      <c r="B253" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="C253" s="133">
+        <v>0</v>
+      </c>
+      <c r="D253" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E253" s="230">
+        <v>0</v>
+      </c>
+      <c r="F253" s="230">
+        <v>0</v>
+      </c>
+      <c r="G253" s="230">
+        <v>0</v>
+      </c>
+      <c r="H253" s="230">
+        <v>0</v>
+      </c>
+      <c r="I253" s="230">
+        <v>0</v>
+      </c>
+      <c r="J253" s="230">
+        <v>0</v>
+      </c>
+      <c r="K253" s="230">
+        <v>0</v>
+      </c>
+      <c r="L253" s="230">
+        <v>0</v>
+      </c>
+      <c r="M253" s="230">
+        <v>0</v>
+      </c>
+      <c r="N253" s="230">
+        <v>0</v>
+      </c>
+      <c r="O253" s="230">
+        <v>0</v>
+      </c>
+      <c r="P253" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A254" s="6"/>
+      <c r="B254" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C254" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D254" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E254" s="234">
+        <v>0</v>
+      </c>
+      <c r="F254" s="234">
+        <v>0</v>
+      </c>
+      <c r="G254" s="234">
+        <v>0</v>
+      </c>
+      <c r="H254" s="234">
+        <v>0</v>
+      </c>
+      <c r="I254" s="234">
+        <v>0</v>
+      </c>
+      <c r="J254" s="234">
+        <v>0</v>
+      </c>
+      <c r="K254" s="234">
+        <v>0</v>
+      </c>
+      <c r="L254" s="234">
+        <v>0</v>
+      </c>
+      <c r="M254" s="234">
+        <v>0</v>
+      </c>
+      <c r="N254" s="234">
+        <v>0</v>
+      </c>
+      <c r="O254" s="234">
+        <v>0</v>
+      </c>
+      <c r="P254" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A255" s="6"/>
+      <c r="B255" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C255" s="135"/>
+      <c r="D255" s="168"/>
+      <c r="E255" s="230">
+        <v>0</v>
+      </c>
+      <c r="F255" s="230">
+        <v>0</v>
+      </c>
+      <c r="G255" s="230">
+        <v>0</v>
+      </c>
+      <c r="H255" s="230">
+        <v>0</v>
+      </c>
+      <c r="I255" s="230">
+        <v>0</v>
+      </c>
+      <c r="J255" s="230">
+        <v>0</v>
+      </c>
+      <c r="K255" s="230">
+        <v>0</v>
+      </c>
+      <c r="L255" s="230">
+        <v>0</v>
+      </c>
+      <c r="M255" s="230">
+        <v>0</v>
+      </c>
+      <c r="N255" s="230">
+        <v>0</v>
+      </c>
+      <c r="O255" s="230">
+        <v>0</v>
+      </c>
+      <c r="P255" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A256" s="26" t="s">
+        <v>246</v>
+      </c>
+      <c r="B256" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="C256" s="133">
+        <v>2</v>
+      </c>
+      <c r="D256" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E256" s="221">
+        <v>100</v>
+      </c>
+      <c r="F256" s="221">
+        <v>97.90689281847709</v>
+      </c>
+      <c r="G256" s="221">
+        <v>98.054547001493674</v>
+      </c>
+      <c r="H256" s="221">
+        <v>100</v>
+      </c>
+      <c r="I256" s="221">
+        <v>98.054547001493674</v>
+      </c>
+      <c r="J256" s="221">
+        <v>100</v>
+      </c>
+      <c r="K256" s="221">
+        <v>68.513734443942852</v>
+      </c>
+      <c r="L256" s="221">
+        <v>66.56828144543654</v>
+      </c>
+      <c r="M256" s="221">
+        <v>5.7757774848767225</v>
+      </c>
+      <c r="N256" s="221">
+        <v>60.787525864183884</v>
+      </c>
+      <c r="O256" s="221">
+        <v>62.732978862690196</v>
+      </c>
+      <c r="P256" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A257" s="21" t="s">
+        <v>248</v>
+      </c>
+      <c r="B257" s="24" t="s">
+        <v>249</v>
+      </c>
+      <c r="C257" s="133">
+        <v>1</v>
+      </c>
+      <c r="D257" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E257" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F257" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G257" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H257" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I257" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J257" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K257" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L257" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M257" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N257" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O257" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P257" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A258" s="6"/>
+      <c r="B258" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C258" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D258" s="220">
+        <v>1</v>
+      </c>
+      <c r="E258" s="234">
+        <v>0</v>
+      </c>
+      <c r="F258" s="234">
+        <v>0</v>
+      </c>
+      <c r="G258" s="234">
+        <v>38</v>
+      </c>
+      <c r="H258" s="234">
+        <v>0</v>
+      </c>
+      <c r="I258" s="234">
+        <v>38</v>
+      </c>
+      <c r="J258" s="234">
+        <v>0</v>
+      </c>
+      <c r="K258" s="234">
+        <v>4921</v>
+      </c>
+      <c r="L258" s="234">
+        <v>4959</v>
+      </c>
+      <c r="M258" s="234">
+        <v>6628</v>
+      </c>
+      <c r="N258" s="234">
+        <v>5028</v>
+      </c>
+      <c r="O258" s="234">
+        <v>4990</v>
+      </c>
+      <c r="P258" s="234">
+        <v>6696</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A259" s="6"/>
+      <c r="B259" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C259" s="135"/>
+      <c r="D259" s="175"/>
+      <c r="E259" s="230">
+        <v>100</v>
+      </c>
+      <c r="F259" s="230">
+        <v>100</v>
+      </c>
+      <c r="G259" s="230">
+        <v>99.432497013142168</v>
+      </c>
+      <c r="H259" s="230">
+        <v>100</v>
+      </c>
+      <c r="I259" s="230">
+        <v>99.432497013142168</v>
+      </c>
+      <c r="J259" s="230">
+        <v>100</v>
+      </c>
+      <c r="K259" s="230">
+        <v>26.508363201911592</v>
+      </c>
+      <c r="L259" s="230">
+        <v>25.94086021505376</v>
+      </c>
+      <c r="M259" s="230">
+        <v>1.0155316606929574</v>
+      </c>
+      <c r="N259" s="230">
+        <v>24.910394265232981</v>
+      </c>
+      <c r="O259" s="230">
+        <v>25.477897252090798</v>
+      </c>
+      <c r="P259" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A260" s="21" t="s">
+        <v>250</v>
+      </c>
+      <c r="B260" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="C260" s="133">
+        <v>2</v>
+      </c>
+      <c r="D260" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M260" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N260" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O260" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P260" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A261" s="6"/>
+      <c r="B261" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C261" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D261" s="220">
+        <v>1</v>
+      </c>
+      <c r="E261" s="234">
+        <v>0</v>
+      </c>
+      <c r="F261" s="234">
+        <v>174</v>
+      </c>
+      <c r="G261" s="234">
+        <v>146</v>
+      </c>
+      <c r="H261" s="234">
+        <v>0</v>
+      </c>
+      <c r="I261" s="234">
+        <v>146</v>
+      </c>
+      <c r="J261" s="234">
+        <v>0</v>
+      </c>
+      <c r="K261" s="234">
+        <v>581</v>
+      </c>
+      <c r="L261" s="234">
+        <v>727</v>
+      </c>
+      <c r="M261" s="234">
+        <v>5090</v>
+      </c>
+      <c r="N261" s="234">
+        <v>1179</v>
+      </c>
+      <c r="O261" s="234">
+        <v>1033</v>
+      </c>
+      <c r="P261" s="234">
+        <v>5542</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A262" s="6"/>
+      <c r="B262" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C262" s="135"/>
+      <c r="D262" s="175"/>
+      <c r="E262" s="230">
+        <v>100</v>
+      </c>
+      <c r="F262" s="230">
+        <v>96.860339227715627</v>
+      </c>
+      <c r="G262" s="230">
+        <v>97.365571995669427</v>
+      </c>
+      <c r="H262" s="230">
+        <v>100</v>
+      </c>
+      <c r="I262" s="230">
+        <v>97.365571995669427</v>
+      </c>
+      <c r="J262" s="230">
+        <v>100</v>
+      </c>
+      <c r="K262" s="230">
+        <v>89.516420064958496</v>
+      </c>
+      <c r="L262" s="230">
+        <v>86.881992060627937</v>
+      </c>
+      <c r="M262" s="230">
+        <v>8.1559003969686046</v>
+      </c>
+      <c r="N262" s="230">
+        <v>78.726091663659332</v>
+      </c>
+      <c r="O262" s="230">
+        <v>81.360519667989891</v>
+      </c>
+      <c r="P262" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A263" s="26" t="s">
+        <v>252</v>
+      </c>
+      <c r="B263" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="C263" s="133">
+        <v>2</v>
+      </c>
+      <c r="D263" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E263" s="221">
+        <v>100</v>
+      </c>
+      <c r="F263" s="221">
+        <v>91.143638648628666</v>
+      </c>
+      <c r="G263" s="221">
+        <v>90.889943592734724</v>
+      </c>
+      <c r="H263" s="221">
+        <v>100</v>
+      </c>
+      <c r="I263" s="221">
+        <v>90.889943592734724</v>
+      </c>
+      <c r="J263" s="221">
+        <v>100</v>
+      </c>
+      <c r="K263" s="221">
+        <v>100</v>
+      </c>
+      <c r="L263" s="221">
+        <v>90.889943592734724</v>
+      </c>
+      <c r="M263" s="221">
+        <v>0</v>
+      </c>
+      <c r="N263" s="221">
+        <v>90.889943592734724</v>
+      </c>
+      <c r="O263" s="221">
+        <v>100</v>
+      </c>
+      <c r="P263" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A264" s="21" t="s">
+        <v>254</v>
+      </c>
+      <c r="B264" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="C264" s="133">
+        <v>1</v>
+      </c>
+      <c r="D264" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M264" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O264" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P264" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A265" s="6"/>
+      <c r="B265" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C265" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D265" s="220">
+        <v>1</v>
+      </c>
+      <c r="E265" s="234">
+        <v>0</v>
+      </c>
+      <c r="F265" s="234">
+        <v>0</v>
+      </c>
+      <c r="G265" s="234">
+        <v>38</v>
+      </c>
+      <c r="H265" s="234">
+        <v>0</v>
+      </c>
+      <c r="I265" s="234">
+        <v>38</v>
+      </c>
+      <c r="J265" s="234">
+        <v>0</v>
+      </c>
+      <c r="K265" s="234">
+        <v>0</v>
+      </c>
+      <c r="L265" s="234">
+        <v>38</v>
+      </c>
+      <c r="M265" s="234">
+        <v>1708</v>
+      </c>
+      <c r="N265" s="234">
+        <v>38</v>
+      </c>
+      <c r="O265" s="234">
+        <v>0</v>
+      </c>
+      <c r="P265" s="234">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A266" s="6"/>
+      <c r="B266" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C266" s="135"/>
+      <c r="D266" s="175"/>
+      <c r="E266" s="230">
+        <v>100</v>
+      </c>
+      <c r="F266" s="230">
+        <v>100</v>
+      </c>
+      <c r="G266" s="230">
+        <v>97.77517564402811</v>
+      </c>
+      <c r="H266" s="230">
+        <v>100</v>
+      </c>
+      <c r="I266" s="230">
+        <v>97.77517564402811</v>
+      </c>
+      <c r="J266" s="230">
+        <v>100</v>
+      </c>
+      <c r="K266" s="230">
+        <v>100</v>
+      </c>
+      <c r="L266" s="230">
+        <v>97.77517564402811</v>
+      </c>
+      <c r="M266" s="230">
+        <v>0</v>
+      </c>
+      <c r="N266" s="230">
+        <v>97.77517564402811</v>
+      </c>
+      <c r="O266" s="230">
+        <v>100</v>
+      </c>
+      <c r="P266" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A267" s="21" t="s">
+        <v>256</v>
+      </c>
+      <c r="B267" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="C267" s="133">
+        <v>2</v>
+      </c>
+      <c r="D267" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M267" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O267" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P267" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A268" s="6"/>
+      <c r="B268" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C268" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D268" s="220">
+        <v>1</v>
+      </c>
+      <c r="E268" s="234">
+        <v>0</v>
+      </c>
+      <c r="F268" s="234">
+        <v>599</v>
+      </c>
+      <c r="G268" s="234">
+        <v>566</v>
+      </c>
+      <c r="H268" s="234">
+        <v>0</v>
+      </c>
+      <c r="I268" s="234">
+        <v>566</v>
+      </c>
+      <c r="J268" s="234">
+        <v>0</v>
+      </c>
+      <c r="K268" s="234">
+        <v>0</v>
+      </c>
+      <c r="L268" s="234">
+        <v>566</v>
+      </c>
+      <c r="M268" s="234">
+        <v>4509</v>
+      </c>
+      <c r="N268" s="234">
+        <v>566</v>
+      </c>
+      <c r="O268" s="234">
+        <v>0</v>
+      </c>
+      <c r="P268" s="234">
+        <v>4509</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A269" s="6"/>
+      <c r="B269" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C269" s="135"/>
+      <c r="D269" s="175"/>
+      <c r="E269" s="230">
+        <v>100</v>
+      </c>
+      <c r="F269" s="230">
+        <v>86.715457972943</v>
+      </c>
+      <c r="G269" s="230">
+        <v>87.447327567088053</v>
+      </c>
+      <c r="H269" s="230">
+        <v>100</v>
+      </c>
+      <c r="I269" s="230">
+        <v>87.447327567088053</v>
+      </c>
+      <c r="J269" s="230">
+        <v>100</v>
+      </c>
+      <c r="K269" s="230">
+        <v>100</v>
+      </c>
+      <c r="L269" s="230">
+        <v>87.447327567088053</v>
+      </c>
+      <c r="M269" s="230">
+        <v>0</v>
+      </c>
+      <c r="N269" s="230">
+        <v>87.447327567088053</v>
+      </c>
+      <c r="O269" s="230">
+        <v>100</v>
+      </c>
+      <c r="P269" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A270" s="26" t="s">
+        <v>258</v>
+      </c>
+      <c r="B270" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="C270" s="133">
+        <v>1</v>
+      </c>
+      <c r="D270" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E270" s="221">
+        <v>90.564582758386493</v>
+      </c>
+      <c r="F270" s="221">
+        <v>15.723779629643959</v>
+      </c>
+      <c r="G270" s="221">
+        <v>14.58516564057461</v>
+      </c>
+      <c r="H270" s="221">
+        <v>89.941348973607035</v>
+      </c>
+      <c r="I270" s="221">
+        <v>14.58516564057461</v>
+      </c>
+      <c r="J270" s="221">
+        <v>89.941348973607035</v>
+      </c>
+      <c r="K270" s="221">
+        <v>89.941348973607035</v>
+      </c>
+      <c r="L270" s="221">
+        <v>14.58516564057461</v>
+      </c>
+      <c r="M270" s="221">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="N270" s="221">
+        <v>14.58516564057461</v>
+      </c>
+      <c r="O270" s="221">
+        <v>89.941348973607035</v>
+      </c>
+      <c r="P270" s="221">
+        <v>66.666666666666671</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A271" s="21" t="s">
+        <v>260</v>
+      </c>
+      <c r="B271" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="C271" s="133">
+        <v>1</v>
+      </c>
+      <c r="D271" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E271" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F271" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G271" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H271" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I271" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J271" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K271" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L271" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M271" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N271" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O271" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P271" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A272" s="6"/>
+      <c r="B272" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C272" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D272" s="220">
+        <v>0.84378478664192946</v>
+      </c>
+      <c r="E272" s="234">
+        <v>873</v>
+      </c>
+      <c r="F272" s="234">
+        <v>3310</v>
+      </c>
+      <c r="G272" s="234">
+        <v>3400</v>
+      </c>
+      <c r="H272" s="234">
+        <v>842</v>
+      </c>
+      <c r="I272" s="234">
+        <v>3400</v>
+      </c>
+      <c r="J272" s="234">
+        <v>842</v>
+      </c>
+      <c r="K272" s="234">
+        <v>842</v>
+      </c>
+      <c r="L272" s="234">
+        <v>3400</v>
+      </c>
+      <c r="M272" s="234">
+        <v>5390</v>
+      </c>
+      <c r="N272" s="234">
+        <v>3400</v>
+      </c>
+      <c r="O272" s="234">
+        <v>842</v>
+      </c>
+      <c r="P272" s="234">
+        <v>5390</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A273" s="6"/>
+      <c r="B273" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C273" s="135"/>
+      <c r="D273" s="175"/>
+      <c r="E273" s="230">
+        <v>99.318381706244509</v>
+      </c>
+      <c r="F273" s="230">
+        <v>45.734388742304311</v>
+      </c>
+      <c r="G273" s="230">
+        <v>43.755496921723832</v>
+      </c>
+      <c r="H273" s="230">
+        <v>100</v>
+      </c>
+      <c r="I273" s="230">
+        <v>43.755496921723832</v>
+      </c>
+      <c r="J273" s="230">
+        <v>100</v>
+      </c>
+      <c r="K273" s="230">
+        <v>100</v>
+      </c>
+      <c r="L273" s="230">
+        <v>43.755496921723832</v>
+      </c>
+      <c r="M273" s="230">
+        <v>0</v>
+      </c>
+      <c r="N273" s="230">
+        <v>43.755496921723832</v>
+      </c>
+      <c r="O273" s="230">
+        <v>100</v>
+      </c>
+      <c r="P273" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A274" s="21" t="s">
+        <v>262</v>
+      </c>
+      <c r="B274" s="24" t="s">
+        <v>263</v>
+      </c>
+      <c r="C274" s="133">
+        <v>2</v>
+      </c>
+      <c r="D274" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E274" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F274" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G274" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H274" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I274" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J274" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K274" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L274" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M274" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N274" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O274" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P274" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A275" s="6"/>
+      <c r="B275" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C275" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D275" s="220">
+        <v>0.54174279132576053</v>
+      </c>
+      <c r="E275" s="234">
+        <v>6711</v>
+      </c>
+      <c r="F275" s="234">
+        <v>12540</v>
+      </c>
+      <c r="G275" s="234">
+        <v>12589</v>
+      </c>
+      <c r="H275" s="234">
+        <v>6798</v>
+      </c>
+      <c r="I275" s="234">
+        <v>12589</v>
+      </c>
+      <c r="J275" s="234">
+        <v>6798</v>
+      </c>
+      <c r="K275" s="234">
+        <v>6798</v>
+      </c>
+      <c r="L275" s="234">
+        <v>12589</v>
+      </c>
+      <c r="M275" s="234">
+        <v>5769</v>
+      </c>
+      <c r="N275" s="234">
+        <v>12589</v>
+      </c>
+      <c r="O275" s="234">
+        <v>6798</v>
+      </c>
+      <c r="P275" s="234">
+        <v>5769</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A276" s="6"/>
+      <c r="B276" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C276" s="135"/>
+      <c r="D276" s="175"/>
+      <c r="E276" s="230">
+        <v>86.187683284457478</v>
+      </c>
+      <c r="F276" s="230">
+        <v>0.71847507331378324</v>
+      </c>
+      <c r="G276" s="230">
+        <v>0</v>
+      </c>
+      <c r="H276" s="230">
+        <v>84.912023460410552</v>
+      </c>
+      <c r="I276" s="230">
+        <v>0</v>
+      </c>
+      <c r="J276" s="230">
+        <v>84.912023460410552</v>
+      </c>
+      <c r="K276" s="230">
+        <v>84.912023460410552</v>
+      </c>
+      <c r="L276" s="230">
+        <v>0</v>
+      </c>
+      <c r="M276" s="230">
+        <v>100</v>
+      </c>
+      <c r="N276" s="230">
+        <v>0</v>
+      </c>
+      <c r="O276" s="230">
+        <v>84.912023460410552</v>
+      </c>
+      <c r="P276" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A277" s="26" t="s">
+        <v>264</v>
+      </c>
+      <c r="B277" s="14" t="s">
+        <v>265</v>
+      </c>
+      <c r="C277" s="133">
+        <v>1</v>
+      </c>
+      <c r="D277" s="169">
+        <v>2E-3</v>
+      </c>
+      <c r="E277" s="221">
+        <v>100</v>
+      </c>
+      <c r="F277" s="221">
+        <v>100</v>
+      </c>
+      <c r="G277" s="221">
+        <v>100</v>
+      </c>
+      <c r="H277" s="221">
+        <v>100</v>
+      </c>
+      <c r="I277" s="221">
+        <v>100</v>
+      </c>
+      <c r="J277" s="221">
+        <v>100</v>
+      </c>
+      <c r="K277" s="221">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="L277" s="221">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="M277" s="221">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="N277" s="221">
+        <v>33.333333333333336</v>
+      </c>
+      <c r="O277" s="221">
+        <v>33.333333333333336</v>
+      </c>
+      <c r="P277" s="221">
+        <v>33.333333333333336</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A278" s="21" t="s">
+        <v>266</v>
+      </c>
+      <c r="B278" s="24" t="s">
+        <v>267</v>
+      </c>
+      <c r="C278" s="133">
+        <v>1</v>
+      </c>
+      <c r="D278" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K278" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L278" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M278" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O278" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P278" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A279" s="6"/>
+      <c r="B279" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C279" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D279" s="220">
+        <v>1</v>
+      </c>
+      <c r="E279" s="234">
+        <v>0</v>
+      </c>
+      <c r="F279" s="234">
+        <v>0</v>
+      </c>
+      <c r="G279" s="234">
+        <v>0</v>
+      </c>
+      <c r="H279" s="234">
+        <v>0</v>
+      </c>
+      <c r="I279" s="234">
+        <v>0</v>
+      </c>
+      <c r="J279" s="234">
+        <v>0</v>
+      </c>
+      <c r="K279" s="234">
+        <v>1234</v>
+      </c>
+      <c r="L279" s="234">
+        <v>1234</v>
+      </c>
+      <c r="M279" s="234">
+        <v>1234</v>
+      </c>
+      <c r="N279" s="234">
+        <v>0</v>
+      </c>
+      <c r="O279" s="234">
+        <v>0</v>
+      </c>
+      <c r="P279" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A280" s="6"/>
+      <c r="B280" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C280" s="135"/>
+      <c r="D280" s="175"/>
+      <c r="E280" s="230">
+        <v>100</v>
+      </c>
+      <c r="F280" s="230">
+        <v>100</v>
+      </c>
+      <c r="G280" s="230">
+        <v>100</v>
+      </c>
+      <c r="H280" s="230">
+        <v>100</v>
+      </c>
+      <c r="I280" s="230">
+        <v>100</v>
+      </c>
+      <c r="J280" s="230">
+        <v>100</v>
+      </c>
+      <c r="K280" s="230">
+        <v>0</v>
+      </c>
+      <c r="L280" s="230">
+        <v>0</v>
+      </c>
+      <c r="M280" s="230">
+        <v>0</v>
+      </c>
+      <c r="N280" s="230">
+        <v>100</v>
+      </c>
+      <c r="O280" s="230">
+        <v>100</v>
+      </c>
+      <c r="P280" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A281" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="B281" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C281" s="133">
+        <v>2</v>
+      </c>
+      <c r="D281" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M281" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N281" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O281" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P281" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A282" s="6"/>
+      <c r="B282" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C282" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D282" s="220">
+        <v>1</v>
+      </c>
+      <c r="E282" s="234">
+        <v>0</v>
+      </c>
+      <c r="F282" s="234">
+        <v>0</v>
+      </c>
+      <c r="G282" s="234">
+        <v>0</v>
+      </c>
+      <c r="H282" s="234">
+        <v>0</v>
+      </c>
+      <c r="I282" s="234">
+        <v>0</v>
+      </c>
+      <c r="J282" s="234">
+        <v>0</v>
+      </c>
+      <c r="K282" s="234">
+        <v>0</v>
+      </c>
+      <c r="L282" s="234">
+        <v>0</v>
+      </c>
+      <c r="M282" s="234">
+        <v>0</v>
+      </c>
+      <c r="N282" s="234">
+        <v>2313</v>
+      </c>
+      <c r="O282" s="234">
+        <v>2313</v>
+      </c>
+      <c r="P282" s="234">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A283" s="6"/>
+      <c r="B283" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C283" s="135"/>
+      <c r="D283" s="175"/>
+      <c r="E283" s="230">
+        <v>100</v>
+      </c>
+      <c r="F283" s="230">
+        <v>100</v>
+      </c>
+      <c r="G283" s="230">
+        <v>100</v>
+      </c>
+      <c r="H283" s="230">
+        <v>100</v>
+      </c>
+      <c r="I283" s="230">
+        <v>100</v>
+      </c>
+      <c r="J283" s="230">
+        <v>100</v>
+      </c>
+      <c r="K283" s="230">
+        <v>100</v>
+      </c>
+      <c r="L283" s="230">
+        <v>100</v>
+      </c>
+      <c r="M283" s="230">
+        <v>100</v>
+      </c>
+      <c r="N283" s="230">
+        <v>0</v>
+      </c>
+      <c r="O283" s="230">
+        <v>0</v>
+      </c>
+      <c r="P283" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A284" s="25" t="s">
+        <v>270</v>
+      </c>
+      <c r="B284" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="C284" s="133">
+        <v>2</v>
+      </c>
+      <c r="D284" s="172">
+        <v>0.05</v>
+      </c>
+      <c r="E284" s="221">
+        <v>86.453946336326013</v>
+      </c>
+      <c r="F284" s="221">
+        <v>92.687756860879873</v>
+      </c>
+      <c r="G284" s="221">
+        <v>85.780482535429528</v>
+      </c>
+      <c r="H284" s="221">
+        <v>78.93923921104313</v>
+      </c>
+      <c r="I284" s="221">
+        <v>78.867865861041594</v>
+      </c>
+      <c r="J284" s="221">
+        <v>72.018373603689511</v>
+      </c>
+      <c r="K284" s="221">
+        <v>51.386997346695956</v>
+      </c>
+      <c r="L284" s="221">
+        <v>58.230160572783404</v>
+      </c>
+      <c r="M284" s="221">
+        <v>46.795028163441096</v>
+      </c>
+      <c r="N284" s="221">
+        <v>39.092974911588378</v>
+      </c>
+      <c r="O284" s="221">
+        <v>32.245878903138049</v>
+      </c>
+      <c r="P284" s="221">
+        <v>27.656565656565657</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A285" s="26" t="s">
+        <v>272</v>
+      </c>
+      <c r="B285" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="C285" s="133">
+        <v>0</v>
+      </c>
+      <c r="D285" s="167">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E285" s="221">
+        <v>0</v>
+      </c>
+      <c r="F285" s="221">
+        <v>0</v>
+      </c>
+      <c r="G285" s="221">
+        <v>0</v>
+      </c>
+      <c r="H285" s="221">
+        <v>0</v>
+      </c>
+      <c r="I285" s="221">
+        <v>0</v>
+      </c>
+      <c r="J285" s="221">
+        <v>0</v>
+      </c>
+      <c r="K285" s="221">
+        <v>0</v>
+      </c>
+      <c r="L285" s="221">
+        <v>0</v>
+      </c>
+      <c r="M285" s="221">
+        <v>0</v>
+      </c>
+      <c r="N285" s="221">
+        <v>0</v>
+      </c>
+      <c r="O285" s="221">
+        <v>0</v>
+      </c>
+      <c r="P285" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A286" s="21" t="s">
+        <v>274</v>
+      </c>
+      <c r="B286" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="C286" s="133">
+        <v>0</v>
+      </c>
+      <c r="D286" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E286" s="230">
+        <v>0</v>
+      </c>
+      <c r="F286" s="230">
+        <v>0</v>
+      </c>
+      <c r="G286" s="230">
+        <v>0</v>
+      </c>
+      <c r="H286" s="230">
+        <v>0</v>
+      </c>
+      <c r="I286" s="230">
+        <v>0</v>
+      </c>
+      <c r="J286" s="230">
+        <v>0</v>
+      </c>
+      <c r="K286" s="230">
+        <v>0</v>
+      </c>
+      <c r="L286" s="230">
+        <v>0</v>
+      </c>
+      <c r="M286" s="230">
+        <v>0</v>
+      </c>
+      <c r="N286" s="230">
+        <v>0</v>
+      </c>
+      <c r="O286" s="230">
+        <v>0</v>
+      </c>
+      <c r="P286" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A287" s="6"/>
+      <c r="B287" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C287" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D287" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E287" s="234">
+        <v>0</v>
+      </c>
+      <c r="F287" s="234">
+        <v>0</v>
+      </c>
+      <c r="G287" s="234">
+        <v>0</v>
+      </c>
+      <c r="H287" s="234">
+        <v>0</v>
+      </c>
+      <c r="I287" s="234">
+        <v>0</v>
+      </c>
+      <c r="J287" s="234">
+        <v>0</v>
+      </c>
+      <c r="K287" s="234">
+        <v>0</v>
+      </c>
+      <c r="L287" s="234">
+        <v>0</v>
+      </c>
+      <c r="M287" s="234">
+        <v>0</v>
+      </c>
+      <c r="N287" s="234">
+        <v>0</v>
+      </c>
+      <c r="O287" s="234">
+        <v>0</v>
+      </c>
+      <c r="P287" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A288" s="6"/>
+      <c r="B288" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C288" s="135"/>
+      <c r="D288" s="168"/>
+      <c r="E288" s="230">
+        <v>0</v>
+      </c>
+      <c r="F288" s="230">
+        <v>0</v>
+      </c>
+      <c r="G288" s="230">
+        <v>0</v>
+      </c>
+      <c r="H288" s="230">
+        <v>0</v>
+      </c>
+      <c r="I288" s="230">
+        <v>0</v>
+      </c>
+      <c r="J288" s="230">
+        <v>0</v>
+      </c>
+      <c r="K288" s="230">
+        <v>0</v>
+      </c>
+      <c r="L288" s="230">
+        <v>0</v>
+      </c>
+      <c r="M288" s="230">
+        <v>0</v>
+      </c>
+      <c r="N288" s="230">
+        <v>0</v>
+      </c>
+      <c r="O288" s="230">
+        <v>0</v>
+      </c>
+      <c r="P288" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A289" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="B289" s="24" t="s">
+        <v>277</v>
+      </c>
+      <c r="C289" s="133">
+        <v>0</v>
+      </c>
+      <c r="D289" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E289" s="230">
+        <v>0</v>
+      </c>
+      <c r="F289" s="230">
+        <v>0</v>
+      </c>
+      <c r="G289" s="230">
+        <v>0</v>
+      </c>
+      <c r="H289" s="230">
+        <v>0</v>
+      </c>
+      <c r="I289" s="230">
+        <v>0</v>
+      </c>
+      <c r="J289" s="230">
+        <v>0</v>
+      </c>
+      <c r="K289" s="230">
+        <v>0</v>
+      </c>
+      <c r="L289" s="230">
+        <v>0</v>
+      </c>
+      <c r="M289" s="230">
+        <v>0</v>
+      </c>
+      <c r="N289" s="230">
+        <v>0</v>
+      </c>
+      <c r="O289" s="230">
+        <v>0</v>
+      </c>
+      <c r="P289" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A290" s="6"/>
+      <c r="B290" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C290" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D290" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E290" s="234">
+        <v>0</v>
+      </c>
+      <c r="F290" s="234">
+        <v>0</v>
+      </c>
+      <c r="G290" s="234">
+        <v>0</v>
+      </c>
+      <c r="H290" s="234">
+        <v>0</v>
+      </c>
+      <c r="I290" s="234">
+        <v>0</v>
+      </c>
+      <c r="J290" s="234">
+        <v>0</v>
+      </c>
+      <c r="K290" s="234">
+        <v>0</v>
+      </c>
+      <c r="L290" s="234">
+        <v>0</v>
+      </c>
+      <c r="M290" s="234">
+        <v>0</v>
+      </c>
+      <c r="N290" s="234">
+        <v>0</v>
+      </c>
+      <c r="O290" s="234">
+        <v>0</v>
+      </c>
+      <c r="P290" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A291" s="6"/>
+      <c r="B291" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C291" s="135"/>
+      <c r="D291" s="168"/>
+      <c r="E291" s="230">
+        <v>0</v>
+      </c>
+      <c r="F291" s="230">
+        <v>0</v>
+      </c>
+      <c r="G291" s="230">
+        <v>0</v>
+      </c>
+      <c r="H291" s="230">
+        <v>0</v>
+      </c>
+      <c r="I291" s="230">
+        <v>0</v>
+      </c>
+      <c r="J291" s="230">
+        <v>0</v>
+      </c>
+      <c r="K291" s="230">
+        <v>0</v>
+      </c>
+      <c r="L291" s="230">
+        <v>0</v>
+      </c>
+      <c r="M291" s="230">
+        <v>0</v>
+      </c>
+      <c r="N291" s="230">
+        <v>0</v>
+      </c>
+      <c r="O291" s="230">
+        <v>0</v>
+      </c>
+      <c r="P291" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16" customFormat="1" ht="45" hidden="1" outlineLevel="2">
+      <c r="A292" s="26" t="s">
+        <v>278</v>
+      </c>
+      <c r="B292" s="14" t="s">
+        <v>279</v>
+      </c>
+      <c r="C292" s="133">
         <v>3</v>
       </c>
-      <c r="D4" s="157">
-[...5 lines deleted...]
-      <c r="F4" s="224" t="s">
+      <c r="D292" s="169">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E292" s="221">
+        <v>92.784423024813222</v>
+      </c>
+      <c r="F292" s="221">
+        <v>97.469569558038629</v>
+      </c>
+      <c r="G292" s="221">
+        <v>92.518285987924173</v>
+      </c>
+      <c r="H292" s="221">
+        <v>87.213962572186347</v>
+      </c>
+      <c r="I292" s="221">
+        <v>89.827647764394968</v>
+      </c>
+      <c r="J292" s="221">
+        <v>84.519484545255068</v>
+      </c>
+      <c r="K292" s="221">
+        <v>49.91281871522051</v>
+      </c>
+      <c r="L292" s="221">
+        <v>55.220981934360431</v>
+      </c>
+      <c r="M292" s="221">
+        <v>20.130465648111429</v>
+      </c>
+      <c r="N292" s="221">
+        <v>35.090516286248992</v>
+      </c>
+      <c r="O292" s="221">
+        <v>29.782353067109071</v>
+      </c>
+      <c r="P292" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A293" s="21" t="s">
+        <v>280</v>
+      </c>
+      <c r="B293" s="24" t="s">
+        <v>281</v>
+      </c>
+      <c r="C293" s="133">
+        <v>1</v>
+      </c>
+      <c r="D293" s="169">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E293" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F293" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G293" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H293" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I293" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J293" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K293" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L293" s="230" t="s">
         <v>645</v>
       </c>
-      <c r="G4" s="224" t="s">
+      <c r="M293" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N293" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O293" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P293" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A294" s="6"/>
+      <c r="B294" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C294" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D294" s="220">
+        <v>0.75521838273987019</v>
+      </c>
+      <c r="E294" s="234">
+        <v>4655</v>
+      </c>
+      <c r="F294" s="234">
+        <v>2791</v>
+      </c>
+      <c r="G294" s="234">
+        <v>3463</v>
+      </c>
+      <c r="H294" s="234">
+        <v>5112</v>
+      </c>
+      <c r="I294" s="234">
+        <v>4167</v>
+      </c>
+      <c r="J294" s="234">
+        <v>5816</v>
+      </c>
+      <c r="K294" s="234">
+        <v>9951</v>
+      </c>
+      <c r="L294" s="234">
+        <v>8302</v>
+      </c>
+      <c r="M294" s="234">
+        <v>11331</v>
+      </c>
+      <c r="N294" s="234">
+        <v>8373</v>
+      </c>
+      <c r="O294" s="234">
+        <v>10022</v>
+      </c>
+      <c r="P294" s="234">
+        <v>11402</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A295" s="6"/>
+      <c r="B295" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C295" s="135"/>
+      <c r="D295" s="175"/>
+      <c r="E295" s="230">
+        <v>78.353269074439666</v>
+      </c>
+      <c r="F295" s="230">
+        <v>100</v>
+      </c>
+      <c r="G295" s="230">
+        <v>92.196028335849491</v>
+      </c>
+      <c r="H295" s="230">
+        <v>73.046103820694469</v>
+      </c>
+      <c r="I295" s="230">
+        <v>84.020438973406101</v>
+      </c>
+      <c r="J295" s="230">
+        <v>64.87051445825108</v>
+      </c>
+      <c r="K295" s="230">
+        <v>16.850540006967833</v>
+      </c>
+      <c r="L295" s="230">
+        <v>36.000464522122869</v>
+      </c>
+      <c r="M295" s="230">
+        <v>0.82452676808732406</v>
+      </c>
+      <c r="N295" s="230">
+        <v>35.17593775403553</v>
+      </c>
+      <c r="O295" s="230">
+        <v>16.026013238880495</v>
+      </c>
+      <c r="P295" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A296" s="21" t="s">
+        <v>282</v>
+      </c>
+      <c r="B296" s="24" t="s">
+        <v>283</v>
+      </c>
+      <c r="C296" s="133">
+        <v>2</v>
+      </c>
+      <c r="D296" s="169">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E296" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F296" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G296" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H296" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I296" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J296" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K296" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L296" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M296" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N296" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O296" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P296" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A297" s="6"/>
+      <c r="B297" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C297" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D297" s="220">
+        <v>0.9748455923638405</v>
+      </c>
+      <c r="E297" s="234">
+        <v>448</v>
+      </c>
+      <c r="F297" s="234">
+        <v>1107</v>
+      </c>
+      <c r="G297" s="234">
+        <v>1719</v>
+      </c>
+      <c r="H297" s="234">
+        <v>1438</v>
+      </c>
+      <c r="I297" s="234">
+        <v>1710</v>
+      </c>
+      <c r="J297" s="234">
+        <v>1430</v>
+      </c>
+      <c r="K297" s="234">
+        <v>6274</v>
+      </c>
+      <c r="L297" s="234">
+        <v>6554</v>
+      </c>
+      <c r="M297" s="234">
+        <v>12639</v>
+      </c>
+      <c r="N297" s="234">
+        <v>11725</v>
+      </c>
+      <c r="O297" s="234">
+        <v>11445</v>
+      </c>
+      <c r="P297" s="234">
+        <v>17810</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A298" s="6"/>
+      <c r="B298" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C298" s="135"/>
+      <c r="D298" s="175"/>
+      <c r="E298" s="230">
+        <v>100</v>
+      </c>
+      <c r="F298" s="230">
+        <v>96.204354337057936</v>
+      </c>
+      <c r="G298" s="230">
+        <v>92.679414813961529</v>
+      </c>
+      <c r="H298" s="230">
+        <v>94.297891947932271</v>
+      </c>
+      <c r="I298" s="230">
+        <v>92.731252159889408</v>
+      </c>
+      <c r="J298" s="230">
+        <v>94.343969588757062</v>
+      </c>
+      <c r="K298" s="230">
+        <v>66.443958069346849</v>
+      </c>
+      <c r="L298" s="230">
+        <v>64.831240640479209</v>
+      </c>
+      <c r="M298" s="230">
+        <v>29.783435088123483</v>
+      </c>
+      <c r="N298" s="230">
+        <v>35.047805552355726</v>
+      </c>
+      <c r="O298" s="230">
+        <v>36.660522981223359</v>
+      </c>
+      <c r="P298" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A299" s="26" t="s">
+        <v>284</v>
+      </c>
+      <c r="B299" s="14" t="s">
+        <v>285</v>
+      </c>
+      <c r="C299" s="133">
+        <v>0</v>
+      </c>
+      <c r="D299" s="167">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E299" s="221">
+        <v>0</v>
+      </c>
+      <c r="F299" s="221">
+        <v>0</v>
+      </c>
+      <c r="G299" s="221">
+        <v>0</v>
+      </c>
+      <c r="H299" s="221">
+        <v>0</v>
+      </c>
+      <c r="I299" s="221">
+        <v>0</v>
+      </c>
+      <c r="J299" s="221">
+        <v>0</v>
+      </c>
+      <c r="K299" s="221">
+        <v>0</v>
+      </c>
+      <c r="L299" s="221">
+        <v>0</v>
+      </c>
+      <c r="M299" s="221">
+        <v>0</v>
+      </c>
+      <c r="N299" s="221">
+        <v>0</v>
+      </c>
+      <c r="O299" s="221">
+        <v>0</v>
+      </c>
+      <c r="P299" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A300" s="21" t="s">
+        <v>286</v>
+      </c>
+      <c r="B300" s="24" t="s">
+        <v>287</v>
+      </c>
+      <c r="C300" s="133">
+        <v>0</v>
+      </c>
+      <c r="D300" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E300" s="230">
+        <v>0</v>
+      </c>
+      <c r="F300" s="230">
+        <v>0</v>
+      </c>
+      <c r="G300" s="230">
+        <v>0</v>
+      </c>
+      <c r="H300" s="230">
+        <v>0</v>
+      </c>
+      <c r="I300" s="230">
+        <v>0</v>
+      </c>
+      <c r="J300" s="230">
+        <v>0</v>
+      </c>
+      <c r="K300" s="230">
+        <v>0</v>
+      </c>
+      <c r="L300" s="230">
+        <v>0</v>
+      </c>
+      <c r="M300" s="230">
+        <v>0</v>
+      </c>
+      <c r="N300" s="230">
+        <v>0</v>
+      </c>
+      <c r="O300" s="230">
+        <v>0</v>
+      </c>
+      <c r="P300" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A301" s="6"/>
+      <c r="B301" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C301" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D301" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E301" s="234">
+        <v>0</v>
+      </c>
+      <c r="F301" s="234">
+        <v>0</v>
+      </c>
+      <c r="G301" s="234">
+        <v>0</v>
+      </c>
+      <c r="H301" s="234">
+        <v>0</v>
+      </c>
+      <c r="I301" s="234">
+        <v>0</v>
+      </c>
+      <c r="J301" s="234">
+        <v>0</v>
+      </c>
+      <c r="K301" s="234">
+        <v>0</v>
+      </c>
+      <c r="L301" s="234">
+        <v>0</v>
+      </c>
+      <c r="M301" s="234">
+        <v>0</v>
+      </c>
+      <c r="N301" s="234">
+        <v>0</v>
+      </c>
+      <c r="O301" s="234">
+        <v>0</v>
+      </c>
+      <c r="P301" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A302" s="6"/>
+      <c r="B302" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C302" s="135"/>
+      <c r="D302" s="168"/>
+      <c r="E302" s="230">
+        <v>0</v>
+      </c>
+      <c r="F302" s="230">
+        <v>0</v>
+      </c>
+      <c r="G302" s="230">
+        <v>0</v>
+      </c>
+      <c r="H302" s="230">
+        <v>0</v>
+      </c>
+      <c r="I302" s="230">
+        <v>0</v>
+      </c>
+      <c r="J302" s="230">
+        <v>0</v>
+      </c>
+      <c r="K302" s="230">
+        <v>0</v>
+      </c>
+      <c r="L302" s="230">
+        <v>0</v>
+      </c>
+      <c r="M302" s="230">
+        <v>0</v>
+      </c>
+      <c r="N302" s="230">
+        <v>0</v>
+      </c>
+      <c r="O302" s="230">
+        <v>0</v>
+      </c>
+      <c r="P302" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A303" s="21" t="s">
+        <v>288</v>
+      </c>
+      <c r="B303" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="C303" s="133">
+        <v>0</v>
+      </c>
+      <c r="D303" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E303" s="230">
+        <v>0</v>
+      </c>
+      <c r="F303" s="230">
+        <v>0</v>
+      </c>
+      <c r="G303" s="230">
+        <v>0</v>
+      </c>
+      <c r="H303" s="230">
+        <v>0</v>
+      </c>
+      <c r="I303" s="230">
+        <v>0</v>
+      </c>
+      <c r="J303" s="230">
+        <v>0</v>
+      </c>
+      <c r="K303" s="230">
+        <v>0</v>
+      </c>
+      <c r="L303" s="230">
+        <v>0</v>
+      </c>
+      <c r="M303" s="230">
+        <v>0</v>
+      </c>
+      <c r="N303" s="230">
+        <v>0</v>
+      </c>
+      <c r="O303" s="230">
+        <v>0</v>
+      </c>
+      <c r="P303" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A304" s="6"/>
+      <c r="B304" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C304" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D304" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E304" s="234">
+        <v>0</v>
+      </c>
+      <c r="F304" s="234">
+        <v>0</v>
+      </c>
+      <c r="G304" s="234">
+        <v>0</v>
+      </c>
+      <c r="H304" s="234">
+        <v>0</v>
+      </c>
+      <c r="I304" s="234">
+        <v>0</v>
+      </c>
+      <c r="J304" s="234">
+        <v>0</v>
+      </c>
+      <c r="K304" s="234">
+        <v>0</v>
+      </c>
+      <c r="L304" s="234">
+        <v>0</v>
+      </c>
+      <c r="M304" s="234">
+        <v>0</v>
+      </c>
+      <c r="N304" s="234">
+        <v>0</v>
+      </c>
+      <c r="O304" s="234">
+        <v>0</v>
+      </c>
+      <c r="P304" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A305" s="6"/>
+      <c r="B305" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C305" s="135"/>
+      <c r="D305" s="168"/>
+      <c r="E305" s="230">
+        <v>0</v>
+      </c>
+      <c r="F305" s="230">
+        <v>0</v>
+      </c>
+      <c r="G305" s="230">
+        <v>0</v>
+      </c>
+      <c r="H305" s="230">
+        <v>0</v>
+      </c>
+      <c r="I305" s="230">
+        <v>0</v>
+      </c>
+      <c r="J305" s="230">
+        <v>0</v>
+      </c>
+      <c r="K305" s="230">
+        <v>0</v>
+      </c>
+      <c r="L305" s="230">
+        <v>0</v>
+      </c>
+      <c r="M305" s="230">
+        <v>0</v>
+      </c>
+      <c r="N305" s="230">
+        <v>0</v>
+      </c>
+      <c r="O305" s="230">
+        <v>0</v>
+      </c>
+      <c r="P305" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A306" s="26" t="s">
+        <v>290</v>
+      </c>
+      <c r="B306" s="14" t="s">
+        <v>291</v>
+      </c>
+      <c r="C306" s="133">
+        <v>2</v>
+      </c>
+      <c r="D306" s="169">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E306" s="221">
+        <v>79.460055096418728</v>
+      </c>
+      <c r="F306" s="221">
+        <v>99.521931397155484</v>
+      </c>
+      <c r="G306" s="221">
+        <v>87.396468021260219</v>
+      </c>
+      <c r="H306" s="221">
+        <v>66.536110477308043</v>
+      </c>
+      <c r="I306" s="221">
+        <v>79.721621837857697</v>
+      </c>
+      <c r="J306" s="221">
+        <v>58.842277200111546</v>
+      </c>
+      <c r="K306" s="221">
+        <v>60.202888100668339</v>
+      </c>
+      <c r="L306" s="221">
+        <v>81.063245644620523</v>
+      </c>
+      <c r="M306" s="221">
+        <v>70.94936456714872</v>
+      </c>
+      <c r="N306" s="221">
+        <v>43.083578047168771</v>
+      </c>
+      <c r="O306" s="221">
+        <v>22.21525269316918</v>
+      </c>
+      <c r="P306" s="221">
+        <v>32.969696969696969</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A307" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B307" s="24" t="s">
+        <v>293</v>
+      </c>
+      <c r="C307" s="133">
+        <v>1</v>
+      </c>
+      <c r="D307" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E307" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F307" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G307" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H307" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I307" s="230" t="s">
         <v>646</v>
       </c>
-      <c r="H4" s="224" t="s">
+      <c r="J307" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K307" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L307" s="230" t="s">
         <v>647</v>
       </c>
-      <c r="I4" s="224" t="s">
+      <c r="M307" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N307" s="230" t="s">
         <v>647</v>
       </c>
-      <c r="J4" s="224" t="s">
+      <c r="O307" s="230" t="s">
         <v>645</v>
       </c>
-      <c r="K4" s="224" t="s">
+      <c r="P307" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A308" s="6"/>
+      <c r="B308" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C308" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D308" s="220">
+        <v>0.50157519482672852</v>
+      </c>
+      <c r="E308" s="234">
+        <v>4870</v>
+      </c>
+      <c r="F308" s="234">
+        <v>3006</v>
+      </c>
+      <c r="G308" s="234">
+        <v>3640</v>
+      </c>
+      <c r="H308" s="234">
+        <v>5327</v>
+      </c>
+      <c r="I308" s="234">
+        <v>4343</v>
+      </c>
+      <c r="J308" s="234">
+        <v>6031</v>
+      </c>
+      <c r="K308" s="234">
+        <v>5324</v>
+      </c>
+      <c r="L308" s="234">
+        <v>3637</v>
+      </c>
+      <c r="M308" s="234">
+        <v>3006</v>
+      </c>
+      <c r="N308" s="234">
+        <v>3670</v>
+      </c>
+      <c r="O308" s="234">
+        <v>5357</v>
+      </c>
+      <c r="P308" s="234">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A309" s="6"/>
+      <c r="B309" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C309" s="135"/>
+      <c r="D309" s="175"/>
+      <c r="E309" s="230">
+        <v>38.380165289256198</v>
+      </c>
+      <c r="F309" s="230">
+        <v>100</v>
+      </c>
+      <c r="G309" s="230">
+        <v>79.04132231404958</v>
+      </c>
+      <c r="H309" s="230">
+        <v>23.272727272727266</v>
+      </c>
+      <c r="I309" s="230">
+        <v>55.801652892561982</v>
+      </c>
+      <c r="J309" s="230">
+        <v>0</v>
+      </c>
+      <c r="K309" s="230">
+        <v>23.371900826446279</v>
+      </c>
+      <c r="L309" s="230">
+        <v>79.140495867768593</v>
+      </c>
+      <c r="M309" s="230">
+        <v>100</v>
+      </c>
+      <c r="N309" s="230">
+        <v>78.049586776859499</v>
+      </c>
+      <c r="O309" s="230">
+        <v>22.280991735537185</v>
+      </c>
+      <c r="P309" s="230">
+        <v>98.909090909090907</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A310" s="21" t="s">
+        <v>294</v>
+      </c>
+      <c r="B310" s="24" t="s">
+        <v>295</v>
+      </c>
+      <c r="C310" s="133">
+        <v>2</v>
+      </c>
+      <c r="D310" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K310" s="230" t="s">
         <v>647</v>
       </c>
-      <c r="L4" s="224" t="s">
+      <c r="L310" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M310" s="230" t="s">
         <v>646</v>
       </c>
-      <c r="M4" s="224" t="s">
+      <c r="N310" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O310" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P310" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A311" s="6"/>
+      <c r="B311" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C311" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D311" s="220">
+        <v>0.94917753828701079</v>
+      </c>
+      <c r="E311" s="234">
+        <v>448</v>
+      </c>
+      <c r="F311" s="234">
+        <v>508</v>
+      </c>
+      <c r="G311" s="234">
+        <v>1153</v>
+      </c>
+      <c r="H311" s="234">
+        <v>1438</v>
+      </c>
+      <c r="I311" s="234">
+        <v>1144</v>
+      </c>
+      <c r="J311" s="234">
+        <v>1430</v>
+      </c>
+      <c r="K311" s="234">
+        <v>2237</v>
+      </c>
+      <c r="L311" s="234">
+        <v>1952</v>
+      </c>
+      <c r="M311" s="234">
+        <v>4094</v>
+      </c>
+      <c r="N311" s="234">
+        <v>6673</v>
+      </c>
+      <c r="O311" s="234">
+        <v>6959</v>
+      </c>
+      <c r="P311" s="234">
+        <v>8815</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A312" s="6"/>
+      <c r="B312" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C312" s="135"/>
+      <c r="D312" s="175"/>
+      <c r="E312" s="230">
+        <v>100</v>
+      </c>
+      <c r="F312" s="230">
+        <v>99.282897095733233</v>
+      </c>
+      <c r="G312" s="230">
+        <v>91.574040874865545</v>
+      </c>
+      <c r="H312" s="230">
+        <v>88.167802079598417</v>
+      </c>
+      <c r="I312" s="230">
+        <v>91.681606310505558</v>
+      </c>
+      <c r="J312" s="230">
+        <v>88.263415800167323</v>
+      </c>
+      <c r="K312" s="230">
+        <v>78.618381737779373</v>
+      </c>
+      <c r="L312" s="230">
+        <v>82.024620533046487</v>
+      </c>
+      <c r="M312" s="230">
+        <v>56.42404685072308</v>
+      </c>
+      <c r="N312" s="230">
+        <v>25.600573682323414</v>
+      </c>
+      <c r="O312" s="230">
+        <v>22.18238317198518</v>
+      </c>
+      <c r="P312" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A313" s="26" t="s">
+        <v>296</v>
+      </c>
+      <c r="B313" s="14" t="s">
+        <v>297</v>
+      </c>
+      <c r="C313" s="133">
+        <v>1</v>
+      </c>
+      <c r="D313" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E313" s="221">
+        <v>81.450298750678982</v>
+      </c>
+      <c r="F313" s="221">
+        <v>64.673969696852424</v>
+      </c>
+      <c r="G313" s="221">
+        <v>62.335101206284172</v>
+      </c>
+      <c r="H313" s="221">
+        <v>78.921326595083684</v>
+      </c>
+      <c r="I313" s="221">
+        <v>44.281008197349273</v>
+      </c>
+      <c r="J313" s="221">
+        <v>60.867233586148778</v>
+      </c>
+      <c r="K313" s="221">
+        <v>38.177751733177558</v>
+      </c>
+      <c r="L313" s="221">
+        <v>21.591526344378053</v>
+      </c>
+      <c r="M313" s="221">
+        <v>78.480042902014858</v>
+      </c>
+      <c r="N313" s="221">
+        <v>43.119144516445779</v>
+      </c>
+      <c r="O313" s="221">
+        <v>59.697708831162707</v>
+      </c>
+      <c r="P313" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A314" s="21" t="s">
+        <v>298</v>
+      </c>
+      <c r="B314" s="24" t="s">
+        <v>299</v>
+      </c>
+      <c r="C314" s="133">
+        <v>1</v>
+      </c>
+      <c r="D314" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E314" s="230" t="s">
         <v>646</v>
       </c>
-      <c r="N4" s="224" t="s">
+      <c r="F314" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G314" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H314" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I314" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J314" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K314" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L314" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M314" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N314" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O314" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P314" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A315" s="6"/>
+      <c r="B315" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C315" s="138" t="s">
         <v>648</v>
       </c>
-      <c r="O4" s="224" t="s">
+      <c r="D315" s="220">
+        <v>1</v>
+      </c>
+      <c r="E315" s="234">
+        <v>2049</v>
+      </c>
+      <c r="F315" s="234">
+        <v>2081</v>
+      </c>
+      <c r="G315" s="234">
+        <v>448</v>
+      </c>
+      <c r="H315" s="234">
+        <v>448</v>
+      </c>
+      <c r="I315" s="234">
+        <v>3682</v>
+      </c>
+      <c r="J315" s="234">
+        <v>3682</v>
+      </c>
+      <c r="K315" s="234">
+        <v>1297</v>
+      </c>
+      <c r="L315" s="234">
+        <v>1297</v>
+      </c>
+      <c r="M315" s="234">
+        <v>0</v>
+      </c>
+      <c r="N315" s="234">
+        <v>1297</v>
+      </c>
+      <c r="O315" s="234">
+        <v>1297</v>
+      </c>
+      <c r="P315" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A316" s="6"/>
+      <c r="B316" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C316" s="135"/>
+      <c r="D316" s="175"/>
+      <c r="E316" s="230">
+        <v>44.350896252036939</v>
+      </c>
+      <c r="F316" s="230">
+        <v>43.481803367734926</v>
+      </c>
+      <c r="G316" s="230">
+        <v>87.832699619771859</v>
+      </c>
+      <c r="H316" s="230">
+        <v>87.832699619771859</v>
+      </c>
+      <c r="I316" s="230">
+        <v>0</v>
+      </c>
+      <c r="J316" s="230">
+        <v>0</v>
+      </c>
+      <c r="K316" s="230">
+        <v>64.77457903313416</v>
+      </c>
+      <c r="L316" s="230">
+        <v>64.77457903313416</v>
+      </c>
+      <c r="M316" s="230">
+        <v>100</v>
+      </c>
+      <c r="N316" s="230">
+        <v>64.77457903313416</v>
+      </c>
+      <c r="O316" s="230">
+        <v>64.77457903313416</v>
+      </c>
+      <c r="P316" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A317" s="21" t="s">
+        <v>300</v>
+      </c>
+      <c r="B317" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="C317" s="133">
+        <v>2</v>
+      </c>
+      <c r="D317" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E317" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F317" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G317" s="230" t="s">
         <v>646</v>
       </c>
-      <c r="P4" s="224" t="s">
+      <c r="H317" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I317" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J317" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K317" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L317" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M317" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N317" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O317" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P317" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A318" s="6"/>
+      <c r="B318" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C318" s="138" t="s">
         <v>648</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B5" s="76" t="s">
+      <c r="D318" s="220">
+        <v>1</v>
+      </c>
+      <c r="E318" s="234">
+        <v>0</v>
+      </c>
+      <c r="F318" s="234">
+        <v>2152</v>
+      </c>
+      <c r="G318" s="234">
+        <v>4387</v>
+      </c>
+      <c r="H318" s="234">
+        <v>2222</v>
+      </c>
+      <c r="I318" s="234">
+        <v>2922</v>
+      </c>
+      <c r="J318" s="234">
+        <v>757</v>
+      </c>
+      <c r="K318" s="234">
+        <v>6537</v>
+      </c>
+      <c r="L318" s="234">
+        <v>8702</v>
+      </c>
+      <c r="M318" s="234">
+        <v>2809</v>
+      </c>
+      <c r="N318" s="234">
+        <v>5892</v>
+      </c>
+      <c r="O318" s="234">
+        <v>3728</v>
+      </c>
+      <c r="P318" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A319" s="6"/>
+      <c r="B319" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C319" s="135"/>
+      <c r="D319" s="175"/>
+      <c r="E319" s="230">
+        <v>100</v>
+      </c>
+      <c r="F319" s="230">
+        <v>75.270052861411173</v>
+      </c>
+      <c r="G319" s="230">
+        <v>49.586301999540332</v>
+      </c>
+      <c r="H319" s="230">
+        <v>74.465640082739597</v>
+      </c>
+      <c r="I319" s="230">
+        <v>66.421512296023906</v>
+      </c>
+      <c r="J319" s="230">
+        <v>91.300850379223164</v>
+      </c>
+      <c r="K319" s="230">
+        <v>24.879338083199258</v>
+      </c>
+      <c r="L319" s="230">
+        <v>0</v>
+      </c>
+      <c r="M319" s="230">
+        <v>67.720064353022295</v>
+      </c>
+      <c r="N319" s="230">
+        <v>32.291427258101592</v>
+      </c>
+      <c r="O319" s="230">
+        <v>57.15927373017697</v>
+      </c>
+      <c r="P319" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A320" s="26" t="s">
+        <v>302</v>
+      </c>
+      <c r="B320" s="14" t="s">
+        <v>303</v>
+      </c>
+      <c r="C320" s="133">
+        <v>1</v>
+      </c>
+      <c r="D320" s="169">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E320" s="221">
+        <v>30</v>
+      </c>
+      <c r="F320" s="221">
+        <v>32.727272727272727</v>
+      </c>
+      <c r="G320" s="221">
+        <v>95.454545454545453</v>
+      </c>
+      <c r="H320" s="221">
+        <v>72.72727272727272</v>
+      </c>
+      <c r="I320" s="221">
+        <v>95.454545454545453</v>
+      </c>
+      <c r="J320" s="221">
+        <v>72.72727272727272</v>
+      </c>
+      <c r="K320" s="221">
+        <v>77.27272727272728</v>
+      </c>
+      <c r="L320" s="221">
+        <v>100</v>
+      </c>
+      <c r="M320" s="221">
+        <v>22.727272727272727</v>
+      </c>
+      <c r="N320" s="221">
+        <v>95.454545454545453</v>
+      </c>
+      <c r="O320" s="221">
+        <v>72.72727272727272</v>
+      </c>
+      <c r="P320" s="221">
+        <v>18.181818181818183</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A321" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="B321" s="24" t="s">
+        <v>305</v>
+      </c>
+      <c r="C321" s="133">
+        <v>1</v>
+      </c>
+      <c r="D321" s="167">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E321" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F321" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M321" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O321" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P321" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A322" s="6"/>
+      <c r="B322" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C322" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D322" s="220">
+        <v>0.29411764705882354</v>
+      </c>
+      <c r="E322" s="234">
+        <v>14</v>
+      </c>
+      <c r="F322" s="234">
+        <v>16</v>
+      </c>
+      <c r="G322" s="234">
+        <v>12</v>
+      </c>
+      <c r="H322" s="234">
+        <v>12</v>
+      </c>
+      <c r="I322" s="234">
+        <v>12</v>
+      </c>
+      <c r="J322" s="234">
+        <v>12</v>
+      </c>
+      <c r="K322" s="234">
+        <v>12</v>
+      </c>
+      <c r="L322" s="234">
+        <v>12</v>
+      </c>
+      <c r="M322" s="234">
+        <v>17</v>
+      </c>
+      <c r="N322" s="234">
+        <v>12</v>
+      </c>
+      <c r="O322" s="234">
+        <v>12</v>
+      </c>
+      <c r="P322" s="234">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A323" s="6"/>
+      <c r="B323" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C323" s="135"/>
+      <c r="D323" s="175"/>
+      <c r="E323" s="230">
+        <v>60</v>
+      </c>
+      <c r="F323" s="230">
+        <v>20</v>
+      </c>
+      <c r="G323" s="230">
+        <v>100</v>
+      </c>
+      <c r="H323" s="230">
+        <v>100</v>
+      </c>
+      <c r="I323" s="230">
+        <v>100</v>
+      </c>
+      <c r="J323" s="230">
+        <v>100</v>
+      </c>
+      <c r="K323" s="230">
+        <v>100</v>
+      </c>
+      <c r="L323" s="230">
+        <v>100</v>
+      </c>
+      <c r="M323" s="230">
+        <v>0</v>
+      </c>
+      <c r="N323" s="230">
+        <v>100</v>
+      </c>
+      <c r="O323" s="230">
+        <v>100</v>
+      </c>
+      <c r="P323" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A324" s="43" t="s">
+        <v>306</v>
+      </c>
+      <c r="B324" s="24" t="s">
+        <v>307</v>
+      </c>
+      <c r="C324" s="133">
+        <v>1</v>
+      </c>
+      <c r="D324" s="169">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E324" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F324" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G324" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H324" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I324" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J324" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K324" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L324" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M324" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N324" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O324" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P324" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A325" s="6"/>
+      <c r="B325" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C325" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D325" s="220">
+        <v>0.39285714285714285</v>
+      </c>
+      <c r="E325" s="234">
+        <v>28</v>
+      </c>
+      <c r="F325" s="234">
+        <v>23</v>
+      </c>
+      <c r="G325" s="234">
         <v>18</v>
       </c>
-      <c r="C5" s="134"/>
-[...39 lines deleted...]
-      <c r="A6" s="22" t="s">
+      <c r="H325" s="234">
+        <v>23</v>
+      </c>
+      <c r="I325" s="234">
+        <v>18</v>
+      </c>
+      <c r="J325" s="234">
+        <v>23</v>
+      </c>
+      <c r="K325" s="234">
+        <v>22</v>
+      </c>
+      <c r="L325" s="234">
+        <v>17</v>
+      </c>
+      <c r="M325" s="234">
+        <v>23</v>
+      </c>
+      <c r="N325" s="234">
+        <v>18</v>
+      </c>
+      <c r="O325" s="234">
+        <v>23</v>
+      </c>
+      <c r="P325" s="234">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A326" s="6"/>
+      <c r="B326" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C326" s="135"/>
+      <c r="D326" s="175"/>
+      <c r="E326" s="230">
+        <v>0</v>
+      </c>
+      <c r="F326" s="230">
+        <v>45.454545454545453</v>
+      </c>
+      <c r="G326" s="230">
+        <v>90.909090909090907</v>
+      </c>
+      <c r="H326" s="230">
+        <v>45.454545454545453</v>
+      </c>
+      <c r="I326" s="230">
+        <v>90.909090909090907</v>
+      </c>
+      <c r="J326" s="230">
+        <v>45.454545454545453</v>
+      </c>
+      <c r="K326" s="230">
+        <v>54.545454545454547</v>
+      </c>
+      <c r="L326" s="230">
+        <v>100</v>
+      </c>
+      <c r="M326" s="230">
+        <v>45.454545454545453</v>
+      </c>
+      <c r="N326" s="230">
+        <v>90.909090909090907</v>
+      </c>
+      <c r="O326" s="230">
+        <v>45.454545454545453</v>
+      </c>
+      <c r="P326" s="230">
+        <v>36.363636363636367</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A327" s="26" t="s">
+        <v>308</v>
+      </c>
+      <c r="B327" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="C327" s="133">
+        <v>1</v>
+      </c>
+      <c r="D327" s="169">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E327" s="221">
+        <v>4.8694285818640948</v>
+      </c>
+      <c r="F327" s="221">
+        <v>16.923212840917987</v>
+      </c>
+      <c r="G327" s="221">
+        <v>78.807743813218096</v>
+      </c>
+      <c r="H327" s="221">
+        <v>65.255072516322784</v>
+      </c>
+      <c r="I327" s="221">
+        <v>79.161907062247948</v>
+      </c>
+      <c r="J327" s="221">
+        <v>65.60595524834315</v>
+      </c>
+      <c r="K327" s="221">
+        <v>67.483761062580044</v>
+      </c>
+      <c r="L327" s="221">
+        <v>81.039712876484828</v>
+      </c>
+      <c r="M327" s="221">
+        <v>24.209893900497537</v>
+      </c>
+      <c r="N327" s="221">
+        <v>98.394905799389548</v>
+      </c>
+      <c r="O327" s="221">
+        <v>84.835673468475264</v>
+      </c>
+      <c r="P327" s="221">
+        <v>41.558525789383282</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A328" s="43" t="s">
+        <v>310</v>
+      </c>
+      <c r="B328" s="14" t="s">
+        <v>311</v>
+      </c>
+      <c r="C328" s="133">
+        <v>1</v>
+      </c>
+      <c r="D328" s="169">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E328" s="221">
+        <v>7.3041428727961417</v>
+      </c>
+      <c r="F328" s="221">
+        <v>12.871287128712872</v>
+      </c>
+      <c r="G328" s="221">
+        <v>81.079443689515159</v>
+      </c>
+      <c r="H328" s="221">
+        <v>73.706838673116209</v>
+      </c>
+      <c r="I328" s="221">
+        <v>81.379412113891547</v>
+      </c>
+      <c r="J328" s="221">
+        <v>74.006807097492583</v>
+      </c>
+      <c r="K328" s="221">
+        <v>71.696067733029594</v>
+      </c>
+      <c r="L328" s="221">
+        <v>79.068672749428558</v>
+      </c>
+      <c r="M328" s="221">
+        <v>11.469845279444272</v>
+      </c>
+      <c r="N328" s="221">
+        <v>97.592358699084315</v>
+      </c>
+      <c r="O328" s="221">
+        <v>90.219753682685337</v>
+      </c>
+      <c r="P328" s="221">
+        <v>29.993531229100018</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A329" s="21" t="s">
+        <v>312</v>
+      </c>
+      <c r="B329" s="45" t="s">
+        <v>313</v>
+      </c>
+      <c r="C329" s="133">
+        <v>1</v>
+      </c>
+      <c r="D329" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E329" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F329" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G329" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H329" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I329" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J329" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K329" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L329" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M329" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N329" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O329" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P329" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A330" s="6"/>
+      <c r="B330" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C330" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D330" s="220">
+        <v>0.66137621384567191</v>
+      </c>
+      <c r="E330" s="234">
+        <v>9132</v>
+      </c>
+      <c r="F330" s="234">
+        <v>9577</v>
+      </c>
+      <c r="G330" s="234">
+        <v>4820</v>
+      </c>
+      <c r="H330" s="234">
+        <v>4515</v>
+      </c>
+      <c r="I330" s="234">
+        <v>4782</v>
+      </c>
+      <c r="J330" s="234">
+        <v>4477</v>
+      </c>
+      <c r="K330" s="234">
+        <v>4603</v>
+      </c>
+      <c r="L330" s="234">
+        <v>4908</v>
+      </c>
+      <c r="M330" s="234">
+        <v>8124</v>
+      </c>
+      <c r="N330" s="234">
+        <v>3548</v>
+      </c>
+      <c r="O330" s="234">
+        <v>3243</v>
+      </c>
+      <c r="P330" s="234">
+        <v>6764</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A331" s="6"/>
+      <c r="B331" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C331" s="135"/>
+      <c r="D331" s="175"/>
+      <c r="E331" s="230">
+        <v>7.0255762551310426</v>
+      </c>
+      <c r="F331" s="230">
+        <v>0</v>
+      </c>
+      <c r="G331" s="230">
+        <v>75.102620776760347</v>
+      </c>
+      <c r="H331" s="230">
+        <v>79.917903378591731</v>
+      </c>
+      <c r="I331" s="230">
+        <v>75.702557625513109</v>
+      </c>
+      <c r="J331" s="230">
+        <v>80.517840227344493</v>
+      </c>
+      <c r="K331" s="230">
+        <v>78.528575939374804</v>
+      </c>
+      <c r="L331" s="230">
+        <v>73.713293337543419</v>
+      </c>
+      <c r="M331" s="230">
+        <v>22.939690558888543</v>
+      </c>
+      <c r="N331" s="230">
+        <v>95.184717398168615</v>
+      </c>
+      <c r="O331" s="230">
+        <v>100</v>
+      </c>
+      <c r="P331" s="230">
+        <v>44.411114619513732</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A332" s="21" t="s">
+        <v>314</v>
+      </c>
+      <c r="B332" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="C332" s="133">
+        <v>1</v>
+      </c>
+      <c r="D332" s="169">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E332" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F332" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G332" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H332" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I332" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J332" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K332" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L332" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M332" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N332" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O332" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P332" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A333" s="6"/>
+      <c r="B333" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C333" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D333" s="220">
+        <v>0.52671076062070721</v>
+      </c>
+      <c r="E333" s="234">
+        <v>7548</v>
+      </c>
+      <c r="F333" s="234">
+        <v>6796</v>
+      </c>
+      <c r="G333" s="234">
+        <v>4257</v>
+      </c>
+      <c r="H333" s="234">
+        <v>5067</v>
+      </c>
+      <c r="I333" s="234">
+        <v>4257</v>
+      </c>
+      <c r="J333" s="234">
+        <v>5067</v>
+      </c>
+      <c r="K333" s="234">
+        <v>5176</v>
+      </c>
+      <c r="L333" s="234">
+        <v>4366</v>
+      </c>
+      <c r="M333" s="234">
+        <v>7862</v>
+      </c>
+      <c r="N333" s="234">
+        <v>3721</v>
+      </c>
+      <c r="O333" s="234">
+        <v>4531</v>
+      </c>
+      <c r="P333" s="234">
+        <v>7217</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A334" s="6"/>
+      <c r="B334" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C334" s="135"/>
+      <c r="D334" s="175"/>
+      <c r="E334" s="230">
+        <v>7.5827094904612409</v>
+      </c>
+      <c r="F334" s="230">
+        <v>25.742574257425744</v>
+      </c>
+      <c r="G334" s="230">
+        <v>87.056266602269986</v>
+      </c>
+      <c r="H334" s="230">
+        <v>67.495773967640673</v>
+      </c>
+      <c r="I334" s="230">
+        <v>87.056266602269986</v>
+      </c>
+      <c r="J334" s="230">
+        <v>67.495773967640673</v>
+      </c>
+      <c r="K334" s="230">
+        <v>64.863559526684384</v>
+      </c>
+      <c r="L334" s="230">
+        <v>84.424052161313696</v>
+      </c>
+      <c r="M334" s="230">
+        <v>0</v>
+      </c>
+      <c r="N334" s="230">
+        <v>100</v>
+      </c>
+      <c r="O334" s="230">
+        <v>80.439507365370687</v>
+      </c>
+      <c r="P334" s="230">
+        <v>15.575947838686304</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A335" s="43" t="s">
+        <v>316</v>
+      </c>
+      <c r="B335" s="52" t="s">
+        <v>317</v>
+      </c>
+      <c r="C335" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D335" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E335" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F335" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G335" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H335" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I335" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J335" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K335" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L335" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M335" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N335" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O335" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P335" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A336" s="51"/>
+      <c r="B336" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C336" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D336" s="220">
+        <v>0.72181572778290826</v>
+      </c>
+      <c r="E336" s="234">
+        <v>14077</v>
+      </c>
+      <c r="F336" s="234">
+        <v>11534</v>
+      </c>
+      <c r="G336" s="234">
+        <v>6531</v>
+      </c>
+      <c r="H336" s="234">
+        <v>9164</v>
+      </c>
+      <c r="I336" s="234">
+        <v>6484</v>
+      </c>
+      <c r="J336" s="234">
+        <v>9118</v>
+      </c>
+      <c r="K336" s="234">
+        <v>8076</v>
+      </c>
+      <c r="L336" s="234">
+        <v>5442</v>
+      </c>
+      <c r="M336" s="234">
+        <v>9028</v>
+      </c>
+      <c r="N336" s="234">
+        <v>3916</v>
+      </c>
+      <c r="O336" s="234">
+        <v>6551</v>
+      </c>
+      <c r="P336" s="234">
+        <v>7504</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A337" s="51"/>
+      <c r="B337" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C337" s="135"/>
+      <c r="D337" s="175"/>
+      <c r="E337" s="230">
+        <v>0</v>
+      </c>
+      <c r="F337" s="230">
+        <v>25.027064265328221</v>
+      </c>
+      <c r="G337" s="230">
+        <v>74.264344060623955</v>
+      </c>
+      <c r="H337" s="230">
+        <v>48.351540202735954</v>
+      </c>
+      <c r="I337" s="230">
+        <v>74.726896958960737</v>
+      </c>
+      <c r="J337" s="230">
+        <v>48.804251550044285</v>
+      </c>
+      <c r="K337" s="230">
+        <v>59.059147721680937</v>
+      </c>
+      <c r="L337" s="230">
+        <v>84.981793130597381</v>
+      </c>
+      <c r="M337" s="230">
+        <v>49.689991142604072</v>
+      </c>
+      <c r="N337" s="230">
+        <v>100</v>
+      </c>
+      <c r="O337" s="230">
+        <v>74.067513040055104</v>
+      </c>
+      <c r="P337" s="230">
+        <v>64.688514909949816</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A338" s="84" t="s">
+        <v>318</v>
+      </c>
+      <c r="B338" s="83" t="s">
+        <v>319</v>
+      </c>
+      <c r="C338" s="218">
+        <v>1</v>
+      </c>
+      <c r="D338" s="174">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E338" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="F338" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="G338" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H338" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I338" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="J338" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="K338" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="L338" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="M338" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N338" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O338" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P338" s="229" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16" customFormat="1" ht="21" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A339" s="80"/>
+      <c r="B339" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="C339" s="142"/>
+      <c r="D339" s="176"/>
+      <c r="E339" s="235">
+        <v>75.456691934882556</v>
+      </c>
+      <c r="F339" s="235">
+        <v>77.610152980263408</v>
+      </c>
+      <c r="G339" s="235">
+        <v>86.34912723209554</v>
+      </c>
+      <c r="H339" s="235">
+        <v>83.816729718369061</v>
+      </c>
+      <c r="I339" s="235">
+        <v>15.730232123674746</v>
+      </c>
+      <c r="J339" s="235">
+        <v>13.155800141684296</v>
+      </c>
+      <c r="K339" s="235">
+        <v>84.663161002576771</v>
+      </c>
+      <c r="L339" s="235">
+        <v>86.996107944755934</v>
+      </c>
+      <c r="M339" s="235">
+        <v>43.4038970652758</v>
+      </c>
+      <c r="N339" s="235">
+        <v>94.25872996147632</v>
+      </c>
+      <c r="O339" s="235">
+        <v>91.925783019297157</v>
+      </c>
+      <c r="P339" s="235">
+        <v>50.666519081996171</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16" customFormat="1" ht="21.95" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A340" s="25" t="s">
+        <v>320</v>
+      </c>
+      <c r="B340" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="C340" s="133">
+        <v>1</v>
+      </c>
+      <c r="D340" s="167">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E340" s="221">
+        <v>26.370075804647698</v>
+      </c>
+      <c r="F340" s="221">
+        <v>32.830458940790244</v>
+      </c>
+      <c r="G340" s="221">
+        <v>59.047381696286585</v>
+      </c>
+      <c r="H340" s="221">
+        <v>51.450189155107182</v>
+      </c>
+      <c r="I340" s="221">
+        <v>47.190696371024238</v>
+      </c>
+      <c r="J340" s="221">
+        <v>39.467400425052887</v>
+      </c>
+      <c r="K340" s="221">
+        <v>53.989483007730307</v>
+      </c>
+      <c r="L340" s="221">
+        <v>60.988323834267838</v>
+      </c>
+      <c r="M340" s="221">
+        <v>41.322802306938527</v>
+      </c>
+      <c r="N340" s="221">
+        <v>82.776189884428973</v>
+      </c>
+      <c r="O340" s="221">
+        <v>75.777349057891442</v>
+      </c>
+      <c r="P340" s="221">
+        <v>63.110668357099655</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A341" s="21" t="s">
+        <v>322</v>
+      </c>
+      <c r="B341" s="24" t="s">
+        <v>323</v>
+      </c>
+      <c r="C341" s="133">
+        <v>1</v>
+      </c>
+      <c r="D341" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E341" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F341" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G341" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H341" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I341" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J341" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K341" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L341" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M341" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N341" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O341" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P341" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A342" s="6"/>
+      <c r="B342" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C342" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D342" s="220">
+        <v>0.63282478766907835</v>
+      </c>
+      <c r="E342" s="233">
+        <v>6969</v>
+      </c>
+      <c r="F342" s="233">
+        <v>10013</v>
+      </c>
+      <c r="G342" s="233">
+        <v>7973</v>
+      </c>
+      <c r="H342" s="233">
+        <v>4669</v>
+      </c>
+      <c r="I342" s="233">
+        <v>12716</v>
+      </c>
+      <c r="J342" s="233">
+        <v>9412</v>
+      </c>
+      <c r="K342" s="233">
+        <v>5524</v>
+      </c>
+      <c r="L342" s="233">
+        <v>8827</v>
+      </c>
+      <c r="M342" s="233">
+        <v>9600</v>
+      </c>
+      <c r="N342" s="233">
+        <v>8827</v>
+      </c>
+      <c r="O342" s="233">
+        <v>5524</v>
+      </c>
+      <c r="P342" s="233">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A343" s="6"/>
+      <c r="B343" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C343" s="135"/>
+      <c r="D343" s="168"/>
+      <c r="E343" s="230">
+        <v>71.4179197216354</v>
+      </c>
+      <c r="F343" s="230">
+        <v>33.590157822791099</v>
+      </c>
+      <c r="G343" s="230">
+        <v>58.941220330557975</v>
+      </c>
+      <c r="H343" s="230">
+        <v>100</v>
+      </c>
+      <c r="I343" s="230">
+        <v>0</v>
+      </c>
+      <c r="J343" s="230">
+        <v>41.058779669442025</v>
+      </c>
+      <c r="K343" s="230">
+        <v>89.374922331303594</v>
+      </c>
+      <c r="L343" s="230">
+        <v>48.328569653286941</v>
+      </c>
+      <c r="M343" s="230">
+        <v>38.722505281471356</v>
+      </c>
+      <c r="N343" s="230">
+        <v>48.328569653286941</v>
+      </c>
+      <c r="O343" s="230">
+        <v>89.374922331303594</v>
+      </c>
+      <c r="P343" s="230">
+        <v>38.722505281471356</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A344" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="B344" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="C344" s="133">
+        <v>2</v>
+      </c>
+      <c r="D344" s="167">
+        <v>1.4E-2</v>
+      </c>
+      <c r="E344" s="221">
+        <v>3.8461538461538445</v>
+      </c>
+      <c r="F344" s="221">
+        <v>32.45060949978982</v>
+      </c>
+      <c r="G344" s="221">
+        <v>59.100462379150891</v>
+      </c>
+      <c r="H344" s="221">
+        <v>27.175283732660777</v>
+      </c>
+      <c r="I344" s="221">
+        <v>70.786044556536353</v>
+      </c>
+      <c r="J344" s="221">
+        <v>38.671710802858321</v>
+      </c>
+      <c r="K344" s="221">
+        <v>36.29676334594366</v>
+      </c>
+      <c r="L344" s="221">
+        <v>67.318200924758287</v>
+      </c>
+      <c r="M344" s="221">
+        <v>42.622950819672113</v>
+      </c>
+      <c r="N344" s="221">
+        <v>100</v>
+      </c>
+      <c r="O344" s="221">
+        <v>68.978562421185373</v>
+      </c>
+      <c r="P344" s="221">
+        <v>75.304749894913812</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A345" s="21" t="s">
+        <v>326</v>
+      </c>
+      <c r="B345" s="24" t="s">
+        <v>327</v>
+      </c>
+      <c r="C345" s="133">
+        <v>2</v>
+      </c>
+      <c r="D345" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E345" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F345" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G345" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H345" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I345" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J345" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K345" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L345" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M345" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N345" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O345" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P345" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A346" s="6"/>
+      <c r="B346" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C346" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D346" s="220">
+        <v>0.53043478260869559</v>
+      </c>
+      <c r="E346" s="234">
+        <v>11.499999999999998</v>
+      </c>
+      <c r="F346" s="234">
+        <v>9</v>
+      </c>
+      <c r="G346" s="234">
+        <v>7.5</v>
+      </c>
+      <c r="H346" s="234">
+        <v>9.6</v>
+      </c>
+      <c r="I346" s="234">
+        <v>6.8999999999999995</v>
+      </c>
+      <c r="J346" s="234">
+        <v>8.9</v>
+      </c>
+      <c r="K346" s="234">
+        <v>9</v>
+      </c>
+      <c r="L346" s="234">
+        <v>7.1000000000000005</v>
+      </c>
+      <c r="M346" s="234">
+        <v>7.6000000000000005</v>
+      </c>
+      <c r="N346" s="234">
+        <v>5.3999999999999995</v>
+      </c>
+      <c r="O346" s="234">
+        <v>7.2999999999999989</v>
+      </c>
+      <c r="P346" s="234">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A347" s="6"/>
+      <c r="B347" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C347" s="135"/>
+      <c r="D347" s="168"/>
+      <c r="E347" s="230">
+        <v>0</v>
+      </c>
+      <c r="F347" s="230">
+        <v>40.98360655737703</v>
+      </c>
+      <c r="G347" s="230">
+        <v>65.573770491803259</v>
+      </c>
+      <c r="H347" s="230">
+        <v>31.147540983606547</v>
+      </c>
+      <c r="I347" s="230">
+        <v>75.409836065573771</v>
+      </c>
+      <c r="J347" s="230">
+        <v>42.622950819672099</v>
+      </c>
+      <c r="K347" s="230">
+        <v>40.98360655737703</v>
+      </c>
+      <c r="L347" s="230">
+        <v>72.131147540983591</v>
+      </c>
+      <c r="M347" s="230">
+        <v>63.934426229508169</v>
+      </c>
+      <c r="N347" s="230">
+        <v>100</v>
+      </c>
+      <c r="O347" s="230">
+        <v>68.852459016393453</v>
+      </c>
+      <c r="P347" s="230">
+        <v>91.803278688524571</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A348" s="21" t="s">
+        <v>328</v>
+      </c>
+      <c r="B348" s="24" t="s">
+        <v>329</v>
+      </c>
+      <c r="C348" s="133">
+        <v>1</v>
+      </c>
+      <c r="D348" s="167">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E348" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F348" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G348" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H348" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I348" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J348" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K348" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L348" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M348" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N348" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O348" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P348" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A349" s="20"/>
+      <c r="B349" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C349" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D349" s="220">
+        <v>0.4</v>
+      </c>
+      <c r="E349" s="234">
+        <v>6.2</v>
+      </c>
+      <c r="F349" s="234">
+        <v>6.1</v>
+      </c>
+      <c r="G349" s="234">
+        <v>5.3</v>
+      </c>
+      <c r="H349" s="234">
+        <v>6</v>
+      </c>
+      <c r="I349" s="234">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J349" s="234">
+        <v>5.7</v>
+      </c>
+      <c r="K349" s="234">
+        <v>5.8</v>
+      </c>
+      <c r="L349" s="234">
+        <v>5</v>
+      </c>
+      <c r="M349" s="234">
+        <v>6.5</v>
+      </c>
+      <c r="N349" s="234">
+        <v>3.9</v>
+      </c>
+      <c r="O349" s="234">
+        <v>4.7</v>
+      </c>
+      <c r="P349" s="234">
+        <v>5.4</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A350" s="6"/>
+      <c r="B350" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C350" s="135"/>
+      <c r="D350" s="168"/>
+      <c r="E350" s="230">
+        <v>11.538461538461533</v>
+      </c>
+      <c r="F350" s="230">
+        <v>15.384615384615401</v>
+      </c>
+      <c r="G350" s="230">
+        <v>46.153846153846153</v>
+      </c>
+      <c r="H350" s="230">
+        <v>19.230769230769241</v>
+      </c>
+      <c r="I350" s="230">
+        <v>61.538461538461526</v>
+      </c>
+      <c r="J350" s="230">
+        <v>30.769230769230759</v>
+      </c>
+      <c r="K350" s="230">
+        <v>26.92307692307692</v>
+      </c>
+      <c r="L350" s="230">
+        <v>57.692307692307686</v>
+      </c>
+      <c r="M350" s="230">
+        <v>0</v>
+      </c>
+      <c r="N350" s="230">
+        <v>100</v>
+      </c>
+      <c r="O350" s="230">
+        <v>69.230769230769226</v>
+      </c>
+      <c r="P350" s="230">
+        <v>42.307692307692285</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A351" s="25" t="s">
+        <v>330</v>
+      </c>
+      <c r="B351" s="16" t="s">
+        <v>331</v>
+      </c>
+      <c r="C351" s="133">
+        <v>2</v>
+      </c>
+      <c r="D351" s="167">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E351" s="221">
+        <v>100</v>
+      </c>
+      <c r="F351" s="221">
+        <v>100</v>
+      </c>
+      <c r="G351" s="221">
+        <v>100</v>
+      </c>
+      <c r="H351" s="221">
+        <v>100</v>
+      </c>
+      <c r="I351" s="221">
+        <v>0</v>
+      </c>
+      <c r="J351" s="221">
+        <v>0</v>
+      </c>
+      <c r="K351" s="221">
+        <v>100</v>
+      </c>
+      <c r="L351" s="221">
+        <v>100</v>
+      </c>
+      <c r="M351" s="221">
+        <v>44.444444444444436</v>
+      </c>
+      <c r="N351" s="221">
+        <v>100</v>
+      </c>
+      <c r="O351" s="221">
+        <v>100</v>
+      </c>
+      <c r="P351" s="221">
+        <v>44.444444444444436</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A352" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="B352" s="14" t="s">
+        <v>333</v>
+      </c>
+      <c r="C352" s="133">
+        <v>1</v>
+      </c>
+      <c r="D352" s="167">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E352" s="221">
+        <v>100</v>
+      </c>
+      <c r="F352" s="221">
+        <v>100</v>
+      </c>
+      <c r="G352" s="221">
+        <v>100</v>
+      </c>
+      <c r="H352" s="221">
+        <v>100</v>
+      </c>
+      <c r="I352" s="221">
+        <v>0</v>
+      </c>
+      <c r="J352" s="221">
+        <v>0</v>
+      </c>
+      <c r="K352" s="221">
+        <v>100</v>
+      </c>
+      <c r="L352" s="221">
+        <v>100</v>
+      </c>
+      <c r="M352" s="221">
+        <v>44.444444444444436</v>
+      </c>
+      <c r="N352" s="221">
+        <v>100</v>
+      </c>
+      <c r="O352" s="221">
+        <v>100</v>
+      </c>
+      <c r="P352" s="221">
+        <v>44.444444444444436</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A353" s="21" t="s">
+        <v>334</v>
+      </c>
+      <c r="B353" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="C353" s="133">
+        <v>2</v>
+      </c>
+      <c r="D353" s="167">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="E353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I353" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J353" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M353" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O353" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P353" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A354" s="6"/>
+      <c r="B354" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C354" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D354" s="220">
+        <v>1</v>
+      </c>
+      <c r="E354" s="234">
+        <v>0</v>
+      </c>
+      <c r="F354" s="234">
+        <v>0</v>
+      </c>
+      <c r="G354" s="234">
+        <v>0</v>
+      </c>
+      <c r="H354" s="234">
+        <v>0</v>
+      </c>
+      <c r="I354" s="234">
+        <v>0.3</v>
+      </c>
+      <c r="J354" s="234">
+        <v>0.3</v>
+      </c>
+      <c r="K354" s="234">
+        <v>0</v>
+      </c>
+      <c r="L354" s="234">
+        <v>0</v>
+      </c>
+      <c r="M354" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="N354" s="234">
+        <v>0</v>
+      </c>
+      <c r="O354" s="234">
+        <v>0</v>
+      </c>
+      <c r="P354" s="234">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A355" s="6"/>
+      <c r="B355" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C355" s="135"/>
+      <c r="D355" s="168"/>
+      <c r="E355" s="230">
+        <v>100</v>
+      </c>
+      <c r="F355" s="230">
+        <v>100</v>
+      </c>
+      <c r="G355" s="230">
+        <v>100</v>
+      </c>
+      <c r="H355" s="230">
+        <v>100</v>
+      </c>
+      <c r="I355" s="230">
+        <v>0</v>
+      </c>
+      <c r="J355" s="230">
+        <v>0</v>
+      </c>
+      <c r="K355" s="230">
+        <v>100</v>
+      </c>
+      <c r="L355" s="230">
+        <v>100</v>
+      </c>
+      <c r="M355" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="N355" s="230">
+        <v>100</v>
+      </c>
+      <c r="O355" s="230">
+        <v>100</v>
+      </c>
+      <c r="P355" s="230">
+        <v>66.666666666666657</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A356" s="21" t="s">
+        <v>336</v>
+      </c>
+      <c r="B356" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="C356" s="133">
+        <v>1</v>
+      </c>
+      <c r="D356" s="167">
+        <v>1.4E-2</v>
+      </c>
+      <c r="E356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I356" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J356" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M356" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O356" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P356" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A357" s="6"/>
+      <c r="B357" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C357" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D357" s="220">
+        <v>1</v>
+      </c>
+      <c r="E357" s="234">
+        <v>0</v>
+      </c>
+      <c r="F357" s="234">
+        <v>0</v>
+      </c>
+      <c r="G357" s="234">
+        <v>0</v>
+      </c>
+      <c r="H357" s="234">
+        <v>0</v>
+      </c>
+      <c r="I357" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="J357" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="K357" s="234">
+        <v>0</v>
+      </c>
+      <c r="L357" s="234">
+        <v>0</v>
+      </c>
+      <c r="M357" s="234">
+        <v>0.1</v>
+      </c>
+      <c r="N357" s="234">
+        <v>0</v>
+      </c>
+      <c r="O357" s="234">
+        <v>0</v>
+      </c>
+      <c r="P357" s="234">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A358" s="6"/>
+      <c r="B358" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C358" s="135"/>
+      <c r="D358" s="168"/>
+      <c r="E358" s="230">
+        <v>100</v>
+      </c>
+      <c r="F358" s="230">
+        <v>100</v>
+      </c>
+      <c r="G358" s="230">
+        <v>100</v>
+      </c>
+      <c r="H358" s="230">
+        <v>100</v>
+      </c>
+      <c r="I358" s="230">
+        <v>0</v>
+      </c>
+      <c r="J358" s="230">
+        <v>0</v>
+      </c>
+      <c r="K358" s="230">
+        <v>100</v>
+      </c>
+      <c r="L358" s="230">
+        <v>100</v>
+      </c>
+      <c r="M358" s="230">
+        <v>0</v>
+      </c>
+      <c r="N358" s="230">
+        <v>100</v>
+      </c>
+      <c r="O358" s="230">
+        <v>100</v>
+      </c>
+      <c r="P358" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A359" s="84" t="s">
+        <v>338</v>
+      </c>
+      <c r="B359" s="83" t="s">
+        <v>339</v>
+      </c>
+      <c r="C359" s="218">
+        <v>2</v>
+      </c>
+      <c r="D359" s="174">
+        <v>0.125</v>
+      </c>
+      <c r="E359" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F359" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G359" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H359" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I359" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J359" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K359" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="L359" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M359" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="N359" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O359" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="P359" s="229" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16" customFormat="1" ht="23.1" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A360" s="80"/>
+      <c r="B360" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="C360" s="142"/>
+      <c r="D360" s="176"/>
+      <c r="E360" s="242">
+        <v>35.992662451178596</v>
+      </c>
+      <c r="F360" s="242">
+        <v>44.792248944921653</v>
+      </c>
+      <c r="G360" s="242">
+        <v>83.07991840000166</v>
+      </c>
+      <c r="H360" s="242">
+        <v>75.37760460385914</v>
+      </c>
+      <c r="I360" s="242">
+        <v>72.826027540816767</v>
+      </c>
+      <c r="J360" s="242">
+        <v>65.125591219869989</v>
+      </c>
+      <c r="K360" s="242">
+        <v>63.781065608443697</v>
+      </c>
+      <c r="L360" s="242">
+        <v>71.477253896979875</v>
+      </c>
+      <c r="M360" s="242">
+        <v>36.022098437346308</v>
+      </c>
+      <c r="N360" s="242">
+        <v>87.465483752259516</v>
+      </c>
+      <c r="O360" s="242">
+        <v>79.806524799457051</v>
+      </c>
+      <c r="P360" s="242">
+        <v>52.004662159748285</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A361" s="25" t="s">
+        <v>340</v>
+      </c>
+      <c r="B361" s="9" t="s">
+        <v>341</v>
+      </c>
+      <c r="C361" s="133">
+        <v>1</v>
+      </c>
+      <c r="D361" s="167">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E361" s="221">
+        <v>48.581560283687942</v>
+      </c>
+      <c r="F361" s="221">
+        <v>49.137435307648076</v>
+      </c>
+      <c r="G361" s="221">
+        <v>96.634849610248551</v>
+      </c>
+      <c r="H361" s="221">
+        <v>93.148783757161411</v>
+      </c>
+      <c r="I361" s="221">
+        <v>92.861545055693995</v>
+      </c>
+      <c r="J361" s="221">
+        <v>89.375479202606854</v>
+      </c>
+      <c r="K361" s="221">
+        <v>80.508800023427682</v>
+      </c>
+      <c r="L361" s="221">
+        <v>83.994865876514808</v>
+      </c>
+      <c r="M361" s="221">
+        <v>8.8135010010010024</v>
+      </c>
+      <c r="N361" s="221">
+        <v>97.793538219070143</v>
+      </c>
+      <c r="O361" s="221">
+        <v>94.424502627627618</v>
+      </c>
+      <c r="P361" s="221">
+        <v>22.612173343556318</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A362" s="41" t="s">
+        <v>342</v>
+      </c>
+      <c r="B362" s="14" t="s">
+        <v>343</v>
+      </c>
+      <c r="C362" s="133">
+        <v>1</v>
+      </c>
+      <c r="D362" s="167">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E362" s="221">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="F362" s="221">
+        <v>95.27186761229315</v>
+      </c>
+      <c r="G362" s="221">
+        <v>96.690307328605201</v>
+      </c>
+      <c r="H362" s="221">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="I362" s="221">
+        <v>96.690307328605201</v>
+      </c>
+      <c r="J362" s="221">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="K362" s="221">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="L362" s="221">
+        <v>96.690307328605201</v>
+      </c>
+      <c r="M362" s="221">
+        <v>0</v>
+      </c>
+      <c r="N362" s="221">
+        <v>99.290780141843967</v>
+      </c>
+      <c r="O362" s="221">
+        <v>100</v>
+      </c>
+      <c r="P362" s="221">
+        <v>2.6004728132387669</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A363" s="12" t="s">
+        <v>344</v>
+      </c>
+      <c r="B363" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="C363" s="133">
+        <v>0</v>
+      </c>
+      <c r="D363" s="167">
+        <v>0.01</v>
+      </c>
+      <c r="E363" s="230">
+        <v>0</v>
+      </c>
+      <c r="F363" s="230">
+        <v>0</v>
+      </c>
+      <c r="G363" s="230">
+        <v>0</v>
+      </c>
+      <c r="H363" s="230">
+        <v>0</v>
+      </c>
+      <c r="I363" s="230">
+        <v>0</v>
+      </c>
+      <c r="J363" s="230">
+        <v>0</v>
+      </c>
+      <c r="K363" s="230">
+        <v>0</v>
+      </c>
+      <c r="L363" s="230">
+        <v>0</v>
+      </c>
+      <c r="M363" s="230">
+        <v>0</v>
+      </c>
+      <c r="N363" s="230">
+        <v>0</v>
+      </c>
+      <c r="O363" s="230">
+        <v>0</v>
+      </c>
+      <c r="P363" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A364" s="6"/>
+      <c r="B364" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C364" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D364" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E364" s="234">
+        <v>0</v>
+      </c>
+      <c r="F364" s="234">
+        <v>0</v>
+      </c>
+      <c r="G364" s="234">
+        <v>0</v>
+      </c>
+      <c r="H364" s="234">
+        <v>0</v>
+      </c>
+      <c r="I364" s="234">
+        <v>0</v>
+      </c>
+      <c r="J364" s="234">
+        <v>0</v>
+      </c>
+      <c r="K364" s="234">
+        <v>0</v>
+      </c>
+      <c r="L364" s="234">
+        <v>0</v>
+      </c>
+      <c r="M364" s="234">
+        <v>0</v>
+      </c>
+      <c r="N364" s="234">
+        <v>0</v>
+      </c>
+      <c r="O364" s="234">
+        <v>0</v>
+      </c>
+      <c r="P364" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A365" s="6"/>
+      <c r="B365" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C365" s="135"/>
+      <c r="D365" s="168"/>
+      <c r="E365" s="230">
+        <v>0</v>
+      </c>
+      <c r="F365" s="230">
+        <v>0</v>
+      </c>
+      <c r="G365" s="230">
+        <v>0</v>
+      </c>
+      <c r="H365" s="230">
+        <v>0</v>
+      </c>
+      <c r="I365" s="230">
+        <v>0</v>
+      </c>
+      <c r="J365" s="230">
+        <v>0</v>
+      </c>
+      <c r="K365" s="230">
+        <v>0</v>
+      </c>
+      <c r="L365" s="230">
+        <v>0</v>
+      </c>
+      <c r="M365" s="230">
+        <v>0</v>
+      </c>
+      <c r="N365" s="230">
+        <v>0</v>
+      </c>
+      <c r="O365" s="230">
+        <v>0</v>
+      </c>
+      <c r="P365" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A366" s="49" t="s">
+        <v>346</v>
+      </c>
+      <c r="B366" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="C366" s="133">
+        <v>0</v>
+      </c>
+      <c r="D366" s="167">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E366" s="230">
+        <v>0</v>
+      </c>
+      <c r="F366" s="230">
+        <v>0</v>
+      </c>
+      <c r="G366" s="230">
+        <v>0</v>
+      </c>
+      <c r="H366" s="230">
+        <v>0</v>
+      </c>
+      <c r="I366" s="230">
+        <v>0</v>
+      </c>
+      <c r="J366" s="230">
+        <v>0</v>
+      </c>
+      <c r="K366" s="230">
+        <v>0</v>
+      </c>
+      <c r="L366" s="230">
+        <v>0</v>
+      </c>
+      <c r="M366" s="230">
+        <v>0</v>
+      </c>
+      <c r="N366" s="230">
+        <v>0</v>
+      </c>
+      <c r="O366" s="230">
+        <v>0</v>
+      </c>
+      <c r="P366" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A367" s="6"/>
+      <c r="B367" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C367" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D367" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E367" s="234">
+        <v>0</v>
+      </c>
+      <c r="F367" s="234">
+        <v>0</v>
+      </c>
+      <c r="G367" s="234">
+        <v>0</v>
+      </c>
+      <c r="H367" s="234">
+        <v>0</v>
+      </c>
+      <c r="I367" s="234">
+        <v>0</v>
+      </c>
+      <c r="J367" s="234">
+        <v>0</v>
+      </c>
+      <c r="K367" s="234">
+        <v>0</v>
+      </c>
+      <c r="L367" s="234">
+        <v>0</v>
+      </c>
+      <c r="M367" s="234">
+        <v>0</v>
+      </c>
+      <c r="N367" s="234">
+        <v>0</v>
+      </c>
+      <c r="O367" s="234">
+        <v>0</v>
+      </c>
+      <c r="P367" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A368" s="6"/>
+      <c r="B368" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C368" s="135"/>
+      <c r="D368" s="168"/>
+      <c r="E368" s="230">
+        <v>0</v>
+      </c>
+      <c r="F368" s="230">
+        <v>0</v>
+      </c>
+      <c r="G368" s="230">
+        <v>0</v>
+      </c>
+      <c r="H368" s="230">
+        <v>0</v>
+      </c>
+      <c r="I368" s="230">
+        <v>0</v>
+      </c>
+      <c r="J368" s="230">
+        <v>0</v>
+      </c>
+      <c r="K368" s="230">
+        <v>0</v>
+      </c>
+      <c r="L368" s="230">
+        <v>0</v>
+      </c>
+      <c r="M368" s="230">
+        <v>0</v>
+      </c>
+      <c r="N368" s="230">
+        <v>0</v>
+      </c>
+      <c r="O368" s="230">
+        <v>0</v>
+      </c>
+      <c r="P368" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A369" s="49" t="s">
+        <v>348</v>
+      </c>
+      <c r="B369" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="C369" s="133">
+        <v>1</v>
+      </c>
+      <c r="D369" s="167">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M369" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O369" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P369" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A370" s="6"/>
+      <c r="B370" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C370" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D370" s="220">
+        <v>0.95270270270270263</v>
+      </c>
+      <c r="E370" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="F370" s="234">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G370" s="234">
+        <v>3.5</v>
+      </c>
+      <c r="H370" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="I370" s="234">
+        <v>3.5</v>
+      </c>
+      <c r="J370" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="K370" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="L370" s="234">
+        <v>3.5</v>
+      </c>
+      <c r="M370" s="234">
+        <v>44.4</v>
+      </c>
+      <c r="N370" s="234">
+        <v>2.4</v>
+      </c>
+      <c r="O370" s="234">
+        <v>2.1</v>
+      </c>
+      <c r="P370" s="234">
+        <v>43.3</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A371" s="6"/>
+      <c r="B371" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C371" s="135"/>
+      <c r="D371" s="168"/>
+      <c r="E371" s="230">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="F371" s="230">
+        <v>95.27186761229315</v>
+      </c>
+      <c r="G371" s="230">
+        <v>96.690307328605201</v>
+      </c>
+      <c r="H371" s="230">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="I371" s="230">
+        <v>96.690307328605201</v>
+      </c>
+      <c r="J371" s="230">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="K371" s="230">
+        <v>97.163120567375884</v>
+      </c>
+      <c r="L371" s="230">
+        <v>96.690307328605201</v>
+      </c>
+      <c r="M371" s="230">
+        <v>0</v>
+      </c>
+      <c r="N371" s="230">
+        <v>99.290780141843967</v>
+      </c>
+      <c r="O371" s="230">
+        <v>100</v>
+      </c>
+      <c r="P371" s="230">
+        <v>2.6004728132387669</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A372" s="26" t="s">
+        <v>350</v>
+      </c>
+      <c r="B372" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="C372" s="133">
+        <v>1</v>
+      </c>
+      <c r="D372" s="167">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E372" s="221">
+        <v>0</v>
+      </c>
+      <c r="F372" s="221">
+        <v>3.0030030030030019</v>
+      </c>
+      <c r="G372" s="221">
+        <v>96.579391891891888</v>
+      </c>
+      <c r="H372" s="221">
+        <v>89.134446946946937</v>
+      </c>
+      <c r="I372" s="221">
+        <v>89.032782782782775</v>
+      </c>
+      <c r="J372" s="221">
+        <v>81.587837837837824</v>
+      </c>
+      <c r="K372" s="221">
+        <v>63.854479479479487</v>
+      </c>
+      <c r="L372" s="221">
+        <v>71.29942442442443</v>
+      </c>
+      <c r="M372" s="221">
+        <v>17.627002002002005</v>
+      </c>
+      <c r="N372" s="221">
+        <v>96.296296296296305</v>
+      </c>
+      <c r="O372" s="221">
+        <v>88.84900525525525</v>
+      </c>
+      <c r="P372" s="221">
+        <v>42.623873873873869</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A373" s="12" t="s">
+        <v>352</v>
+      </c>
+      <c r="B373" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="C373" s="133">
+        <v>2</v>
+      </c>
+      <c r="D373" s="167">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="E373" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F373" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G373" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H373" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I373" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J373" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K373" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L373" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M373" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N373" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O373" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P373" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A374" s="6"/>
+      <c r="B374" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C374" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D374" s="220">
+        <v>0.51428571428571423</v>
+      </c>
+      <c r="E374" s="234">
+        <v>35</v>
+      </c>
+      <c r="F374" s="234">
+        <v>35</v>
+      </c>
+      <c r="G374" s="234">
+        <v>17</v>
+      </c>
+      <c r="H374" s="234">
+        <v>19</v>
+      </c>
+      <c r="I374" s="234">
+        <v>18</v>
+      </c>
+      <c r="J374" s="234">
+        <v>20</v>
+      </c>
+      <c r="K374" s="234">
+        <v>24</v>
+      </c>
+      <c r="L374" s="234">
+        <v>22</v>
+      </c>
+      <c r="M374" s="234">
+        <v>33</v>
+      </c>
+      <c r="N374" s="234">
+        <v>18</v>
+      </c>
+      <c r="O374" s="234">
+        <v>20</v>
+      </c>
+      <c r="P374" s="234">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A375" s="6"/>
+      <c r="B375" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C375" s="135"/>
+      <c r="D375" s="168"/>
+      <c r="E375" s="230">
+        <v>0</v>
+      </c>
+      <c r="F375" s="230">
+        <v>0</v>
+      </c>
+      <c r="G375" s="230">
+        <v>100</v>
+      </c>
+      <c r="H375" s="230">
+        <v>88.888888888888886</v>
+      </c>
+      <c r="I375" s="230">
+        <v>94.444444444444443</v>
+      </c>
+      <c r="J375" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="K375" s="230">
+        <v>61.111111111111114</v>
+      </c>
+      <c r="L375" s="230">
+        <v>72.222222222222229</v>
+      </c>
+      <c r="M375" s="230">
+        <v>11.111111111111114</v>
+      </c>
+      <c r="N375" s="230">
+        <v>94.444444444444443</v>
+      </c>
+      <c r="O375" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="P375" s="230">
+        <v>33.333333333333329</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16" customFormat="1" ht="38.25" hidden="1" outlineLevel="2">
+      <c r="A376" s="49" t="s">
+        <v>354</v>
+      </c>
+      <c r="B376" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="C376" s="133">
+        <v>1</v>
+      </c>
+      <c r="D376" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E376" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F376" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G376" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H376" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I376" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J376" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K376" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L376" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M376" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N376" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O376" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P376" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A377" s="6"/>
+      <c r="B377" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C377" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D377" s="220">
+        <v>0.59825676870605082</v>
+      </c>
+      <c r="E377" s="234">
+        <v>23749</v>
+      </c>
+      <c r="F377" s="234">
+        <v>22469</v>
+      </c>
+      <c r="G377" s="234">
+        <v>10999</v>
+      </c>
+      <c r="H377" s="234">
+        <v>11015</v>
+      </c>
+      <c r="I377" s="234">
+        <v>12637</v>
+      </c>
+      <c r="J377" s="234">
+        <v>12653</v>
+      </c>
+      <c r="K377" s="234">
+        <v>13897</v>
+      </c>
+      <c r="L377" s="234">
+        <v>13881</v>
+      </c>
+      <c r="M377" s="234">
+        <v>19393</v>
+      </c>
+      <c r="N377" s="234">
+        <v>9541</v>
+      </c>
+      <c r="O377" s="234">
+        <v>9558</v>
+      </c>
+      <c r="P377" s="234">
+        <v>15053</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A378" s="6"/>
+      <c r="B378" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C378" s="135"/>
+      <c r="D378" s="168"/>
+      <c r="E378" s="230">
+        <v>0</v>
+      </c>
+      <c r="F378" s="230">
+        <v>9.0090090090090058</v>
+      </c>
+      <c r="G378" s="230">
+        <v>89.738175675675677</v>
+      </c>
+      <c r="H378" s="230">
+        <v>89.625563063063069</v>
+      </c>
+      <c r="I378" s="230">
+        <v>78.209459459459453</v>
+      </c>
+      <c r="J378" s="230">
+        <v>78.096846846846844</v>
+      </c>
+      <c r="K378" s="230">
+        <v>69.341216216216225</v>
+      </c>
+      <c r="L378" s="230">
+        <v>69.453828828828833</v>
+      </c>
+      <c r="M378" s="230">
+        <v>30.65878378378379</v>
+      </c>
+      <c r="N378" s="230">
+        <v>100</v>
+      </c>
+      <c r="O378" s="230">
+        <v>99.880349099099092</v>
+      </c>
+      <c r="P378" s="230">
+        <v>61.204954954954957</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16" customFormat="1" ht="24" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A379" s="25" t="s">
+        <v>356</v>
+      </c>
+      <c r="B379" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="C379" s="133">
+        <v>2</v>
+      </c>
+      <c r="D379" s="167">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="E379" s="221">
+        <v>29.698213534923916</v>
+      </c>
+      <c r="F379" s="221">
+        <v>42.619655763558441</v>
+      </c>
+      <c r="G379" s="221">
+        <v>76.302452794878221</v>
+      </c>
+      <c r="H379" s="221">
+        <v>66.492015027207998</v>
+      </c>
+      <c r="I379" s="221">
+        <v>62.808268783378161</v>
+      </c>
+      <c r="J379" s="221">
+        <v>53.000647228501563</v>
+      </c>
+      <c r="K379" s="221">
+        <v>55.417198400951705</v>
+      </c>
+      <c r="L379" s="221">
+        <v>65.218447907212408</v>
+      </c>
+      <c r="M379" s="221">
+        <v>49.626397155518958</v>
+      </c>
+      <c r="N379" s="221">
+        <v>82.301456518854209</v>
+      </c>
+      <c r="O379" s="221">
+        <v>72.497535885371761</v>
+      </c>
+      <c r="P379" s="221">
+        <v>66.700906567844271</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16" customFormat="1" ht="24" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A380" s="41" t="s">
+        <v>358</v>
+      </c>
+      <c r="B380" s="14" t="s">
+        <v>359</v>
+      </c>
+      <c r="C380" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D380" s="167">
+        <v>0.05</v>
+      </c>
+      <c r="E380" s="221">
+        <v>28.659998335981655</v>
+      </c>
+      <c r="F380" s="221">
+        <v>52.452413780092442</v>
+      </c>
+      <c r="G380" s="221">
+        <v>84.72825965989334</v>
+      </c>
+      <c r="H380" s="221">
+        <v>64.209532135699789</v>
+      </c>
+      <c r="I380" s="221">
+        <v>62.754818259211483</v>
+      </c>
+      <c r="J380" s="221">
+        <v>42.245656606559713</v>
+      </c>
+      <c r="K380" s="221">
+        <v>53.920980235608106</v>
+      </c>
+      <c r="L380" s="221">
+        <v>74.434105119178028</v>
+      </c>
+      <c r="M380" s="221">
+        <v>62.06568412010003</v>
+      </c>
+      <c r="N380" s="221">
+        <v>82.745109548499784</v>
+      </c>
+      <c r="O380" s="221">
+        <v>62.231557478804845</v>
+      </c>
+      <c r="P380" s="221">
+        <v>70.376787495154971</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A381" s="28" t="s">
+        <v>360</v>
+      </c>
+      <c r="B381" s="14" t="s">
+        <v>361</v>
+      </c>
+      <c r="C381" s="133">
+        <v>2</v>
+      </c>
+      <c r="D381" s="167">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E381" s="221">
+        <v>52.131237196125106</v>
+      </c>
+      <c r="F381" s="221">
+        <v>88.763102725366878</v>
+      </c>
+      <c r="G381" s="221">
+        <v>87.802109187012164</v>
+      </c>
+      <c r="H381" s="221">
+        <v>62.349104170806989</v>
+      </c>
+      <c r="I381" s="221">
+        <v>25.417132997923485</v>
+      </c>
+      <c r="J381" s="221">
+        <v>0</v>
+      </c>
+      <c r="K381" s="221">
+        <v>50.216372722323577</v>
+      </c>
+      <c r="L381" s="221">
+        <v>75.653538663530739</v>
+      </c>
+      <c r="M381" s="221">
+        <v>68.543597053932046</v>
+      </c>
+      <c r="N381" s="221">
+        <v>75.653538663530739</v>
+      </c>
+      <c r="O381" s="221">
+        <v>50.216372722323577</v>
+      </c>
+      <c r="P381" s="221">
+        <v>68.543597053932046</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16" customFormat="1" ht="39" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A382" s="12" t="s">
+        <v>362</v>
+      </c>
+      <c r="B382" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="C382" s="133">
+        <v>1</v>
+      </c>
+      <c r="D382" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E382" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F382" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G382" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H382" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I382" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J382" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K382" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L382" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M382" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N382" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O382" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P382" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A383" s="6"/>
+      <c r="B383" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C383" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D383" s="220">
+        <v>0.39569427470151358</v>
+      </c>
+      <c r="E383" s="234">
+        <v>7411</v>
+      </c>
+      <c r="F383" s="234">
+        <v>6428</v>
+      </c>
+      <c r="G383" s="234">
+        <v>6747</v>
+      </c>
+      <c r="H383" s="234">
+        <v>6922</v>
+      </c>
+      <c r="I383" s="234">
+        <v>10463</v>
+      </c>
+      <c r="J383" s="234">
+        <v>10637</v>
+      </c>
+      <c r="K383" s="234">
+        <v>8454</v>
+      </c>
+      <c r="L383" s="234">
+        <v>8281</v>
+      </c>
+      <c r="M383" s="234">
+        <v>10400</v>
+      </c>
+      <c r="N383" s="234">
+        <v>8281</v>
+      </c>
+      <c r="O383" s="234">
+        <v>8454</v>
+      </c>
+      <c r="P383" s="234">
+        <v>10400</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A384" s="6"/>
+      <c r="B384" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C384" s="135"/>
+      <c r="D384" s="168"/>
+      <c r="E384" s="230">
+        <v>76.645283915419341</v>
+      </c>
+      <c r="F384" s="230">
+        <v>100</v>
+      </c>
+      <c r="G384" s="230">
+        <v>92.421002613447371</v>
+      </c>
+      <c r="H384" s="230">
+        <v>88.263245426467094</v>
+      </c>
+      <c r="I384" s="230">
+        <v>4.1339985744832433</v>
+      </c>
+      <c r="J384" s="230">
+        <v>0</v>
+      </c>
+      <c r="K384" s="230">
+        <v>51.865051081016865</v>
+      </c>
+      <c r="L384" s="230">
+        <v>55.975291043003089</v>
+      </c>
+      <c r="M384" s="230">
+        <v>5.6307911617961537</v>
+      </c>
+      <c r="N384" s="230">
+        <v>55.975291043003089</v>
+      </c>
+      <c r="O384" s="230">
+        <v>51.865051081016865</v>
+      </c>
+      <c r="P384" s="230">
+        <v>5.6307911617961537</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A385" s="12" t="s">
+        <v>364</v>
+      </c>
+      <c r="B385" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="C385" s="133">
+        <v>2</v>
+      </c>
+      <c r="D385" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E385" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F385" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G385" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H385" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I385" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J385" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K385" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L385" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M385" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N385" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O385" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P385" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A386" s="6"/>
+      <c r="B386" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C386" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D386" s="220">
+        <v>0.61232349165596922</v>
+      </c>
+      <c r="E386" s="234">
+        <v>2944</v>
+      </c>
+      <c r="F386" s="234">
+        <v>1912</v>
+      </c>
+      <c r="G386" s="234">
+        <v>1856</v>
+      </c>
+      <c r="H386" s="234">
+        <v>2717</v>
+      </c>
+      <c r="I386" s="234">
+        <v>3035</v>
+      </c>
+      <c r="J386" s="234">
+        <v>3895</v>
+      </c>
+      <c r="K386" s="234">
+        <v>2717</v>
+      </c>
+      <c r="L386" s="234">
+        <v>1856</v>
+      </c>
+      <c r="M386" s="234">
+        <v>1510</v>
+      </c>
+      <c r="N386" s="234">
+        <v>1856</v>
+      </c>
+      <c r="O386" s="234">
+        <v>2717</v>
+      </c>
+      <c r="P386" s="234">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A387" s="6"/>
+      <c r="B387" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C387" s="135"/>
+      <c r="D387" s="168"/>
+      <c r="E387" s="230">
+        <v>39.874213836477985</v>
+      </c>
+      <c r="F387" s="230">
+        <v>83.144654088050316</v>
+      </c>
+      <c r="G387" s="230">
+        <v>85.492662473794553</v>
+      </c>
+      <c r="H387" s="230">
+        <v>49.392033542976939</v>
+      </c>
+      <c r="I387" s="230">
+        <v>36.058700209643604</v>
+      </c>
+      <c r="J387" s="230">
+        <v>0</v>
+      </c>
+      <c r="K387" s="230">
+        <v>49.392033542976939</v>
+      </c>
+      <c r="L387" s="230">
+        <v>85.492662473794553</v>
+      </c>
+      <c r="M387" s="230">
+        <v>100</v>
+      </c>
+      <c r="N387" s="230">
+        <v>85.492662473794553</v>
+      </c>
+      <c r="O387" s="230">
+        <v>49.392033542976939</v>
+      </c>
+      <c r="P387" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A388" s="28" t="s">
+        <v>366</v>
+      </c>
+      <c r="B388" s="14" t="s">
+        <v>367</v>
+      </c>
+      <c r="C388" s="133">
+        <v>1</v>
+      </c>
+      <c r="D388" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E388" s="221">
+        <v>26.073305139049083</v>
+      </c>
+      <c r="F388" s="221">
+        <v>46.137666319146284</v>
+      </c>
+      <c r="G388" s="221">
+        <v>93.902986031013711</v>
+      </c>
+      <c r="H388" s="221">
+        <v>82.683248539664589</v>
+      </c>
+      <c r="I388" s="221">
+        <v>61.389723278294433</v>
+      </c>
+      <c r="J388" s="221">
+        <v>50.169985786945297</v>
+      </c>
+      <c r="K388" s="221">
+        <v>65.966891602257306</v>
+      </c>
+      <c r="L388" s="221">
+        <v>77.183425197668967</v>
+      </c>
+      <c r="M388" s="221">
+        <v>61.709006269203904</v>
+      </c>
+      <c r="N388" s="221">
+        <v>71.249809921493139</v>
+      </c>
+      <c r="O388" s="221">
+        <v>60.030072430144024</v>
+      </c>
+      <c r="P388" s="221">
+        <v>55.775390993028076</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A389" s="12" t="s">
+        <v>368</v>
+      </c>
+      <c r="B389" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="C389" s="133">
+        <v>1</v>
+      </c>
+      <c r="D389" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E389" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F389" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G389" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H389" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I389" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J389" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K389" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L389" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M389" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N389" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O389" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P389" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A390" s="6"/>
+      <c r="B390" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C390" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D390" s="220">
+        <v>0.44208379366023626</v>
+      </c>
+      <c r="E390" s="234">
+        <v>15396</v>
+      </c>
+      <c r="F390" s="234">
+        <v>16838</v>
+      </c>
+      <c r="G390" s="234">
+        <v>15033</v>
+      </c>
+      <c r="H390" s="234">
+        <v>13130</v>
+      </c>
+      <c r="I390" s="234">
+        <v>18247</v>
+      </c>
+      <c r="J390" s="234">
+        <v>16344</v>
+      </c>
+      <c r="K390" s="234">
+        <v>16936</v>
+      </c>
+      <c r="L390" s="234">
+        <v>18840</v>
+      </c>
+      <c r="M390" s="234">
+        <v>21682</v>
+      </c>
+      <c r="N390" s="234">
+        <v>20692</v>
+      </c>
+      <c r="O390" s="234">
+        <v>18789</v>
+      </c>
+      <c r="P390" s="234">
+        <v>23534</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A391" s="6"/>
+      <c r="B391" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C391" s="135"/>
+      <c r="D391" s="168"/>
+      <c r="E391" s="230">
+        <v>78.219915417147249</v>
+      </c>
+      <c r="F391" s="230">
+        <v>64.359861591695505</v>
+      </c>
+      <c r="G391" s="230">
+        <v>81.708958093041133</v>
+      </c>
+      <c r="H391" s="230">
+        <v>100</v>
+      </c>
+      <c r="I391" s="230">
+        <v>50.816993464052288</v>
+      </c>
+      <c r="J391" s="230">
+        <v>69.108035371011141</v>
+      </c>
+      <c r="K391" s="230">
+        <v>63.417916186082273</v>
+      </c>
+      <c r="L391" s="230">
+        <v>45.117262591311032</v>
+      </c>
+      <c r="M391" s="230">
+        <v>17.800845828527486</v>
+      </c>
+      <c r="N391" s="230">
+        <v>27.316416762783547</v>
+      </c>
+      <c r="O391" s="230">
+        <v>45.607458669742407</v>
+      </c>
+      <c r="P391" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A392" s="12" t="s">
+        <v>370</v>
+      </c>
+      <c r="B392" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="C392" s="133">
+        <v>2</v>
+      </c>
+      <c r="D392" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E392" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F392" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G392" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H392" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I392" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J392" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K392" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L392" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M392" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N392" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O392" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P392" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A393" s="6"/>
+      <c r="B393" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C393" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D393" s="220">
+        <v>0.49166203446359086</v>
+      </c>
+      <c r="E393" s="234">
+        <v>7196</v>
+      </c>
+      <c r="F393" s="234">
+        <v>5886</v>
+      </c>
+      <c r="G393" s="234">
+        <v>3658</v>
+      </c>
+      <c r="H393" s="234">
+        <v>4577</v>
+      </c>
+      <c r="I393" s="234">
+        <v>4837</v>
+      </c>
+      <c r="J393" s="234">
+        <v>5756</v>
+      </c>
+      <c r="K393" s="234">
+        <v>4817</v>
+      </c>
+      <c r="L393" s="234">
+        <v>3898</v>
+      </c>
+      <c r="M393" s="234">
+        <v>4236</v>
+      </c>
+      <c r="N393" s="234">
+        <v>3898</v>
+      </c>
+      <c r="O393" s="234">
+        <v>4817</v>
+      </c>
+      <c r="P393" s="234">
+        <v>4236</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A394" s="6"/>
+      <c r="B394" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C394" s="135"/>
+      <c r="D394" s="168"/>
+      <c r="E394" s="230">
+        <v>0</v>
+      </c>
+      <c r="F394" s="230">
+        <v>37.026568682871677</v>
+      </c>
+      <c r="G394" s="230">
+        <v>100</v>
+      </c>
+      <c r="H394" s="230">
+        <v>74.024872809496884</v>
+      </c>
+      <c r="I394" s="230">
+        <v>66.676088185415495</v>
+      </c>
+      <c r="J394" s="230">
+        <v>40.700960994912379</v>
+      </c>
+      <c r="K394" s="230">
+        <v>67.241379310344826</v>
+      </c>
+      <c r="L394" s="230">
+        <v>93.216506500847942</v>
+      </c>
+      <c r="M394" s="230">
+        <v>83.66308648954211</v>
+      </c>
+      <c r="N394" s="230">
+        <v>93.216506500847942</v>
+      </c>
+      <c r="O394" s="230">
+        <v>67.241379310344826</v>
+      </c>
+      <c r="P394" s="230">
+        <v>83.66308648954211</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A395" s="28" t="s">
+        <v>372</v>
+      </c>
+      <c r="B395" s="14" t="s">
+        <v>373</v>
+      </c>
+      <c r="C395" s="133">
+        <v>1</v>
+      </c>
+      <c r="D395" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E395" s="221">
+        <v>49.649039536104347</v>
+      </c>
+      <c r="F395" s="221">
+        <v>82.935091092190788</v>
+      </c>
+      <c r="G395" s="221">
+        <v>96.173212487411888</v>
+      </c>
+      <c r="H395" s="221">
+        <v>96.173212487411888</v>
+      </c>
+      <c r="I395" s="221">
+        <v>96.173212487411888</v>
+      </c>
+      <c r="J395" s="221">
+        <v>96.173212487411888</v>
+      </c>
+      <c r="K395" s="221">
+        <v>88.684427355122224</v>
+      </c>
+      <c r="L395" s="221">
+        <v>88.684427355122224</v>
+      </c>
+      <c r="M395" s="221">
+        <v>0</v>
+      </c>
+      <c r="N395" s="221">
+        <v>100</v>
+      </c>
+      <c r="O395" s="221">
+        <v>100</v>
+      </c>
+      <c r="P395" s="221">
+        <v>11.315572644877781</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A396" s="12" t="s">
+        <v>374</v>
+      </c>
+      <c r="B396" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="C396" s="133">
+        <v>1</v>
+      </c>
+      <c r="D396" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E396" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F396" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G396" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H396" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I396" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J396" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K396" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L396" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M396" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N396" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O396" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P396" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A397" s="6"/>
+      <c r="B397" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C397" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D397" s="220">
+        <v>0.48997443143587671</v>
+      </c>
+      <c r="E397" s="234">
+        <v>5440</v>
+      </c>
+      <c r="F397" s="234">
+        <v>5654</v>
+      </c>
+      <c r="G397" s="234">
+        <v>4208</v>
+      </c>
+      <c r="H397" s="234">
+        <v>4208</v>
+      </c>
+      <c r="I397" s="234">
+        <v>4208</v>
+      </c>
+      <c r="J397" s="234">
+        <v>4208</v>
+      </c>
+      <c r="K397" s="234">
+        <v>5026</v>
+      </c>
+      <c r="L397" s="234">
+        <v>5026</v>
+      </c>
+      <c r="M397" s="234">
+        <v>7431</v>
+      </c>
+      <c r="N397" s="234">
+        <v>3790</v>
+      </c>
+      <c r="O397" s="234">
+        <v>3790</v>
+      </c>
+      <c r="P397" s="234">
+        <v>6195</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A398" s="6"/>
+      <c r="B398" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C398" s="135"/>
+      <c r="D398" s="168"/>
+      <c r="E398" s="230">
+        <v>54.682779456193352</v>
+      </c>
+      <c r="F398" s="230">
+        <v>48.805273276572372</v>
+      </c>
+      <c r="G398" s="230">
+        <v>88.51963746223565</v>
+      </c>
+      <c r="H398" s="230">
+        <v>88.51963746223565</v>
+      </c>
+      <c r="I398" s="230">
+        <v>88.51963746223565</v>
+      </c>
+      <c r="J398" s="230">
+        <v>88.51963746223565</v>
+      </c>
+      <c r="K398" s="230">
+        <v>66.053282065366659</v>
+      </c>
+      <c r="L398" s="230">
+        <v>66.053282065366659</v>
+      </c>
+      <c r="M398" s="230">
+        <v>0</v>
+      </c>
+      <c r="N398" s="230">
+        <v>100</v>
+      </c>
+      <c r="O398" s="230">
+        <v>100</v>
+      </c>
+      <c r="P398" s="230">
+        <v>33.946717934633341</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A399" s="12" t="s">
+        <v>376</v>
+      </c>
+      <c r="B399" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="C399" s="133">
+        <v>2</v>
+      </c>
+      <c r="D399" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E399" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M399" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O399" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P399" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A400" s="6"/>
+      <c r="B400" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C400" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D400" s="220">
+        <v>1</v>
+      </c>
+      <c r="E400" s="234">
+        <v>212</v>
+      </c>
+      <c r="F400" s="234">
+        <v>0</v>
+      </c>
+      <c r="G400" s="234">
+        <v>0</v>
+      </c>
+      <c r="H400" s="234">
+        <v>0</v>
+      </c>
+      <c r="I400" s="234">
+        <v>0</v>
+      </c>
+      <c r="J400" s="234">
+        <v>0</v>
+      </c>
+      <c r="K400" s="234">
+        <v>0</v>
+      </c>
+      <c r="L400" s="234">
+        <v>0</v>
+      </c>
+      <c r="M400" s="234">
+        <v>401</v>
+      </c>
+      <c r="N400" s="234">
+        <v>0</v>
+      </c>
+      <c r="O400" s="234">
+        <v>0</v>
+      </c>
+      <c r="P400" s="234">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A401" s="6"/>
+      <c r="B401" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C401" s="135"/>
+      <c r="D401" s="168"/>
+      <c r="E401" s="230">
+        <v>47.132169576059852</v>
+      </c>
+      <c r="F401" s="230">
+        <v>100</v>
+      </c>
+      <c r="G401" s="230">
+        <v>100</v>
+      </c>
+      <c r="H401" s="230">
+        <v>100</v>
+      </c>
+      <c r="I401" s="230">
+        <v>100</v>
+      </c>
+      <c r="J401" s="230">
+        <v>100</v>
+      </c>
+      <c r="K401" s="230">
+        <v>100</v>
+      </c>
+      <c r="L401" s="230">
+        <v>100</v>
+      </c>
+      <c r="M401" s="230">
+        <v>0</v>
+      </c>
+      <c r="N401" s="230">
+        <v>100</v>
+      </c>
+      <c r="O401" s="230">
+        <v>100</v>
+      </c>
+      <c r="P401" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A402" s="28" t="s">
+        <v>378</v>
+      </c>
+      <c r="B402" s="14" t="s">
+        <v>379</v>
+      </c>
+      <c r="C402" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D402" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E402" s="221">
+        <v>29.953841815456315</v>
+      </c>
+      <c r="F402" s="221">
+        <v>36.20175115677231</v>
+      </c>
+      <c r="G402" s="221">
+        <v>88.991179675995909</v>
+      </c>
+      <c r="H402" s="221">
+        <v>100</v>
+      </c>
+      <c r="I402" s="221">
+        <v>71.974036307413101</v>
+      </c>
+      <c r="J402" s="221">
+        <v>82.982856631417192</v>
+      </c>
+      <c r="K402" s="221">
+        <v>71.225438278879537</v>
+      </c>
+      <c r="L402" s="221">
+        <v>60.216617954875453</v>
+      </c>
+      <c r="M402" s="221">
+        <v>56.551295467180886</v>
+      </c>
+      <c r="N402" s="221">
+        <v>50.959335237481092</v>
+      </c>
+      <c r="O402" s="221">
+        <v>61.968155561485183</v>
+      </c>
+      <c r="P402" s="221">
+        <v>47.295496935784705</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A403" s="12" t="s">
+        <v>380</v>
+      </c>
+      <c r="B403" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="C403" s="133">
+        <v>1</v>
+      </c>
+      <c r="D403" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E403" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F403" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G403" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H403" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I403" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J403" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K403" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L403" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M403" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N403" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O403" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P403" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A404" s="6"/>
+      <c r="B404" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C404" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D404" s="220">
+        <v>0.93735392320534228</v>
+      </c>
+      <c r="E404" s="234">
+        <v>3778</v>
+      </c>
+      <c r="F404" s="234">
+        <v>6552</v>
+      </c>
+      <c r="G404" s="234">
+        <v>2985</v>
+      </c>
+      <c r="H404" s="234">
+        <v>1501</v>
+      </c>
+      <c r="I404" s="234">
+        <v>5178</v>
+      </c>
+      <c r="J404" s="234">
+        <v>3694</v>
+      </c>
+      <c r="K404" s="234">
+        <v>14964</v>
+      </c>
+      <c r="L404" s="234">
+        <v>16448</v>
+      </c>
+      <c r="M404" s="234">
+        <v>20282</v>
+      </c>
+      <c r="N404" s="234">
+        <v>20127</v>
+      </c>
+      <c r="O404" s="234">
+        <v>18643</v>
+      </c>
+      <c r="P404" s="234">
+        <v>23960</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A405" s="6"/>
+      <c r="B405" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C405" s="135"/>
+      <c r="D405" s="168"/>
+      <c r="E405" s="230">
+        <v>89.861525446368944</v>
+      </c>
+      <c r="F405" s="230">
+        <v>77.510129569437638</v>
+      </c>
+      <c r="G405" s="230">
+        <v>93.392403936061271</v>
+      </c>
+      <c r="H405" s="230">
+        <v>100</v>
+      </c>
+      <c r="I405" s="230">
+        <v>83.627944253973908</v>
+      </c>
+      <c r="J405" s="230">
+        <v>90.235540317912637</v>
+      </c>
+      <c r="K405" s="230">
+        <v>40.055211719132643</v>
+      </c>
+      <c r="L405" s="230">
+        <v>33.447615655193914</v>
+      </c>
+      <c r="M405" s="230">
+        <v>16.37650830402066</v>
+      </c>
+      <c r="N405" s="230">
+        <v>17.066654793178685</v>
+      </c>
+      <c r="O405" s="230">
+        <v>23.674250857117414</v>
+      </c>
+      <c r="P405" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A406" s="12" t="s">
+        <v>382</v>
+      </c>
+      <c r="B406" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="C406" s="133">
+        <v>2</v>
+      </c>
+      <c r="D406" s="167">
+        <v>1E-3</v>
+      </c>
+      <c r="E406" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F406" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G406" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H406" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I406" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J406" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K406" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L406" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M406" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N406" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O406" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P406" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A407" s="6"/>
+      <c r="B407" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C407" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D407" s="220">
+        <v>1</v>
+      </c>
+      <c r="E407" s="234">
+        <v>5004</v>
+      </c>
+      <c r="F407" s="234">
+        <v>4226</v>
+      </c>
+      <c r="G407" s="234">
+        <v>661</v>
+      </c>
+      <c r="H407" s="234">
+        <v>0</v>
+      </c>
+      <c r="I407" s="234">
+        <v>1694</v>
+      </c>
+      <c r="J407" s="234">
+        <v>1033</v>
+      </c>
+      <c r="K407" s="234">
+        <v>660</v>
+      </c>
+      <c r="L407" s="234">
+        <v>1321</v>
+      </c>
+      <c r="M407" s="234">
+        <v>1169</v>
+      </c>
+      <c r="N407" s="234">
+        <v>1606</v>
+      </c>
+      <c r="O407" s="234">
+        <v>945</v>
+      </c>
+      <c r="P407" s="234">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A408" s="6"/>
+      <c r="B408" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C408" s="135"/>
+      <c r="D408" s="168"/>
+      <c r="E408" s="230">
+        <v>0</v>
+      </c>
+      <c r="F408" s="230">
+        <v>15.547561950439643</v>
+      </c>
+      <c r="G408" s="230">
+        <v>86.790567545963228</v>
+      </c>
+      <c r="H408" s="230">
+        <v>100</v>
+      </c>
+      <c r="I408" s="230">
+        <v>66.147082334132691</v>
+      </c>
+      <c r="J408" s="230">
+        <v>79.356514788169463</v>
+      </c>
+      <c r="K408" s="230">
+        <v>86.810551558752991</v>
+      </c>
+      <c r="L408" s="230">
+        <v>73.601119104716219</v>
+      </c>
+      <c r="M408" s="230">
+        <v>76.638689048760995</v>
+      </c>
+      <c r="N408" s="230">
+        <v>67.905675459632292</v>
+      </c>
+      <c r="O408" s="230">
+        <v>81.115107913669064</v>
+      </c>
+      <c r="P408" s="230">
+        <v>70.943245403677054</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A409" s="57" t="s">
+        <v>384</v>
+      </c>
+      <c r="B409" s="58" t="s">
+        <v>385</v>
+      </c>
+      <c r="C409" s="133">
+        <v>2</v>
+      </c>
+      <c r="D409" s="164">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E409" s="221">
+        <v>9.9941237723653131</v>
+      </c>
+      <c r="F409" s="221">
+        <v>0.6453048509123297</v>
+      </c>
+      <c r="G409" s="221">
+        <v>75.308523554599233</v>
+      </c>
+      <c r="H409" s="221">
+        <v>56.338548485359119</v>
+      </c>
+      <c r="I409" s="221">
+        <v>74.440699789579199</v>
+      </c>
+      <c r="J409" s="221">
+        <v>55.470724720339092</v>
+      </c>
+      <c r="K409" s="221">
+        <v>47.437791921051144</v>
+      </c>
+      <c r="L409" s="221">
+        <v>66.407766990291265</v>
+      </c>
+      <c r="M409" s="221">
+        <v>75.923453493546958</v>
+      </c>
+      <c r="N409" s="221">
+        <v>90.484313496744321</v>
+      </c>
+      <c r="O409" s="221">
+        <v>71.5143384275042</v>
+      </c>
+      <c r="P409" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A410" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="B410" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="C410" s="133">
+        <v>1</v>
+      </c>
+      <c r="D410" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E410" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F410" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G410" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H410" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I410" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J410" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K410" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L410" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M410" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N410" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O410" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P410" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A411" s="6"/>
+      <c r="B411" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C411" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D411" s="220">
+        <v>0.64624676445211393</v>
+      </c>
+      <c r="E411" s="234">
+        <v>2247</v>
+      </c>
+      <c r="F411" s="234">
+        <v>2289</v>
+      </c>
+      <c r="G411" s="234">
+        <v>1918</v>
+      </c>
+      <c r="H411" s="234">
+        <v>1735</v>
+      </c>
+      <c r="I411" s="234">
+        <v>1957</v>
+      </c>
+      <c r="J411" s="234">
+        <v>1774</v>
+      </c>
+      <c r="K411" s="234">
+        <v>2135</v>
+      </c>
+      <c r="L411" s="234">
+        <v>2318</v>
+      </c>
+      <c r="M411" s="234">
+        <v>1902</v>
+      </c>
+      <c r="N411" s="234">
+        <v>1236</v>
+      </c>
+      <c r="O411" s="234">
+        <v>1053</v>
+      </c>
+      <c r="P411" s="234">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A412" s="6"/>
+      <c r="B412" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C412" s="135"/>
+      <c r="D412" s="168"/>
+      <c r="E412" s="230">
+        <v>4.7396528704939982</v>
+      </c>
+      <c r="F412" s="230">
+        <v>1.935914552736989</v>
+      </c>
+      <c r="G412" s="230">
+        <v>26.702269692923892</v>
+      </c>
+      <c r="H412" s="230">
+        <v>38.918558077436579</v>
+      </c>
+      <c r="I412" s="230">
+        <v>24.098798397863817</v>
+      </c>
+      <c r="J412" s="230">
+        <v>36.315086782376504</v>
+      </c>
+      <c r="K412" s="230">
+        <v>12.21628838451268</v>
+      </c>
+      <c r="L412" s="230">
+        <v>0</v>
+      </c>
+      <c r="M412" s="230">
+        <v>27.770360480640861</v>
+      </c>
+      <c r="N412" s="230">
+        <v>72.229639519359154</v>
+      </c>
+      <c r="O412" s="230">
+        <v>84.445927903871834</v>
+      </c>
+      <c r="P412" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A413" s="12" t="s">
+        <v>388</v>
+      </c>
+      <c r="B413" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="C413" s="133">
+        <v>2</v>
+      </c>
+      <c r="D413" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E413" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F413" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G413" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H413" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I413" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J413" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K413" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L413" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M413" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N413" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O413" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P413" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A414" s="6"/>
+      <c r="B414" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C414" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D414" s="220">
+        <v>0.87734241908006816</v>
+      </c>
+      <c r="E414" s="234">
+        <v>522</v>
+      </c>
+      <c r="F414" s="234">
+        <v>587</v>
+      </c>
+      <c r="G414" s="234">
+        <v>74</v>
+      </c>
+      <c r="H414" s="234">
+        <v>252</v>
+      </c>
+      <c r="I414" s="234">
+        <v>74</v>
+      </c>
+      <c r="J414" s="234">
+        <v>252</v>
+      </c>
+      <c r="K414" s="234">
+        <v>252</v>
+      </c>
+      <c r="L414" s="234">
+        <v>74</v>
+      </c>
+      <c r="M414" s="234">
+        <v>72</v>
+      </c>
+      <c r="N414" s="234">
+        <v>74</v>
+      </c>
+      <c r="O414" s="234">
+        <v>252</v>
+      </c>
+      <c r="P414" s="234">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A415" s="6"/>
+      <c r="B415" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C415" s="135"/>
+      <c r="D415" s="168"/>
+      <c r="E415" s="230">
+        <v>12.621359223300971</v>
+      </c>
+      <c r="F415" s="230">
+        <v>0</v>
+      </c>
+      <c r="G415" s="230">
+        <v>99.611650485436897</v>
+      </c>
+      <c r="H415" s="230">
+        <v>65.048543689320383</v>
+      </c>
+      <c r="I415" s="230">
+        <v>99.611650485436897</v>
+      </c>
+      <c r="J415" s="230">
+        <v>65.048543689320383</v>
+      </c>
+      <c r="K415" s="230">
+        <v>65.048543689320383</v>
+      </c>
+      <c r="L415" s="230">
+        <v>99.611650485436897</v>
+      </c>
+      <c r="M415" s="230">
+        <v>100</v>
+      </c>
+      <c r="N415" s="230">
+        <v>99.611650485436897</v>
+      </c>
+      <c r="O415" s="230">
+        <v>65.048543689320383</v>
+      </c>
+      <c r="P415" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A416" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="B416" s="14" t="s">
+        <v>391</v>
+      </c>
+      <c r="C416" s="133">
+        <v>1</v>
+      </c>
+      <c r="D416" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E416" s="221">
+        <v>0</v>
+      </c>
+      <c r="F416" s="221">
+        <v>67.402655208411673</v>
+      </c>
+      <c r="G416" s="221">
+        <v>74.66889360955372</v>
+      </c>
+      <c r="H416" s="221">
+        <v>15.339724678339673</v>
+      </c>
+      <c r="I416" s="221">
+        <v>77.395517449667921</v>
+      </c>
+      <c r="J416" s="221">
+        <v>18.066348518453875</v>
+      </c>
+      <c r="K416" s="221">
+        <v>18.834984383492053</v>
+      </c>
+      <c r="L416" s="221">
+        <v>78.157015555962346</v>
+      </c>
+      <c r="M416" s="221">
+        <v>86.573875802997861</v>
+      </c>
+      <c r="N416" s="221">
+        <v>91.583139752964485</v>
+      </c>
+      <c r="O416" s="221">
+        <v>32.261108580494188</v>
+      </c>
+      <c r="P416" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A417" s="12" t="s">
+        <v>392</v>
+      </c>
+      <c r="B417" s="15" t="s">
+        <v>393</v>
+      </c>
+      <c r="C417" s="133">
+        <v>1</v>
+      </c>
+      <c r="D417" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E417" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F417" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G417" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H417" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I417" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J417" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K417" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L417" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M417" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N417" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O417" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P417" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A418" s="6"/>
+      <c r="B418" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C418" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D418" s="220">
+        <v>0.84847383720930236</v>
+      </c>
+      <c r="E418" s="234">
+        <v>5504</v>
+      </c>
+      <c r="F418" s="234">
+        <v>4980</v>
+      </c>
+      <c r="G418" s="234">
+        <v>3962</v>
+      </c>
+      <c r="H418" s="234">
+        <v>4599</v>
+      </c>
+      <c r="I418" s="234">
+        <v>3580</v>
+      </c>
+      <c r="J418" s="234">
+        <v>4217</v>
+      </c>
+      <c r="K418" s="234">
+        <v>4295</v>
+      </c>
+      <c r="L418" s="234">
+        <v>3659</v>
+      </c>
+      <c r="M418" s="234">
+        <v>2715</v>
+      </c>
+      <c r="N418" s="234">
+        <v>1778</v>
+      </c>
+      <c r="O418" s="234">
+        <v>2414</v>
+      </c>
+      <c r="P418" s="234">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A419" s="6"/>
+      <c r="B419" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C419" s="135"/>
+      <c r="D419" s="168"/>
+      <c r="E419" s="230">
+        <v>0</v>
+      </c>
+      <c r="F419" s="230">
+        <v>11.220556745182009</v>
+      </c>
+      <c r="G419" s="230">
+        <v>33.019271948608136</v>
+      </c>
+      <c r="H419" s="230">
+        <v>19.379014989293367</v>
+      </c>
+      <c r="I419" s="230">
+        <v>41.199143468950751</v>
+      </c>
+      <c r="J419" s="230">
+        <v>27.558886509635968</v>
+      </c>
+      <c r="K419" s="230">
+        <v>25.888650963597428</v>
+      </c>
+      <c r="L419" s="230">
+        <v>39.507494646680939</v>
+      </c>
+      <c r="M419" s="230">
+        <v>59.721627408993577</v>
+      </c>
+      <c r="N419" s="230">
+        <v>79.78586723768737</v>
+      </c>
+      <c r="O419" s="230">
+        <v>66.167023554603844</v>
+      </c>
+      <c r="P419" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A420" s="12" t="s">
+        <v>394</v>
+      </c>
+      <c r="B420" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="C420" s="133">
+        <v>2</v>
+      </c>
+      <c r="D420" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E420" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F420" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G420" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H420" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I420" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J420" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K420" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L420" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M420" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N420" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O420" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P420" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A421" s="6"/>
+      <c r="B421" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C421" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D421" s="220">
+        <v>0.96792815907633101</v>
+      </c>
+      <c r="E421" s="234">
+        <v>1559</v>
+      </c>
+      <c r="F421" s="234">
+        <v>118</v>
+      </c>
+      <c r="G421" s="234">
+        <v>118</v>
+      </c>
+      <c r="H421" s="234">
+        <v>1358</v>
+      </c>
+      <c r="I421" s="234">
+        <v>118</v>
+      </c>
+      <c r="J421" s="234">
+        <v>1358</v>
+      </c>
+      <c r="K421" s="234">
+        <v>1328</v>
+      </c>
+      <c r="L421" s="234">
+        <v>88</v>
+      </c>
+      <c r="M421" s="234">
+        <v>50</v>
+      </c>
+      <c r="N421" s="234">
+        <v>88</v>
+      </c>
+      <c r="O421" s="234">
+        <v>1328</v>
+      </c>
+      <c r="P421" s="234">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A422" s="6"/>
+      <c r="B422" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C422" s="135"/>
+      <c r="D422" s="168"/>
+      <c r="E422" s="230">
+        <v>0</v>
+      </c>
+      <c r="F422" s="230">
+        <v>95.493704440026505</v>
+      </c>
+      <c r="G422" s="230">
+        <v>95.493704440026505</v>
+      </c>
+      <c r="H422" s="230">
+        <v>13.320079522862827</v>
+      </c>
+      <c r="I422" s="230">
+        <v>95.493704440026505</v>
+      </c>
+      <c r="J422" s="230">
+        <v>13.320079522862827</v>
+      </c>
+      <c r="K422" s="230">
+        <v>15.308151093439363</v>
+      </c>
+      <c r="L422" s="230">
+        <v>97.481776010603042</v>
+      </c>
+      <c r="M422" s="230">
+        <v>100</v>
+      </c>
+      <c r="N422" s="230">
+        <v>97.481776010603042</v>
+      </c>
+      <c r="O422" s="230">
+        <v>15.308151093439363</v>
+      </c>
+      <c r="P422" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16" customFormat="1" ht="45" hidden="1" outlineLevel="2">
+      <c r="A423" s="41" t="s">
+        <v>396</v>
+      </c>
+      <c r="B423" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="C423" s="133">
+        <v>1</v>
+      </c>
+      <c r="D423" s="167">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="E423" s="221">
+        <v>31.255536333337307</v>
+      </c>
+      <c r="F423" s="221">
+        <v>27.870518738757447</v>
+      </c>
+      <c r="G423" s="221">
+        <v>63.663742497355543</v>
+      </c>
+      <c r="H423" s="221">
+        <v>69.915739364470298</v>
+      </c>
+      <c r="I423" s="221">
+        <v>62.888444569628184</v>
+      </c>
+      <c r="J423" s="221">
+        <v>69.133133161414349</v>
+      </c>
+      <c r="K423" s="221">
+        <v>57.661525648967114</v>
+      </c>
+      <c r="L423" s="221">
+        <v>51.394962089263984</v>
+      </c>
+      <c r="M423" s="221">
+        <v>30.967466708647351</v>
+      </c>
+      <c r="N423" s="221">
+        <v>81.635976974385827</v>
+      </c>
+      <c r="O423" s="221">
+        <v>87.896503495222134</v>
+      </c>
+      <c r="P423" s="221">
+        <v>61.187085176878234</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16" customFormat="1" ht="39" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A424" s="12" t="s">
+        <v>398</v>
+      </c>
+      <c r="B424" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="C424" s="133">
+        <v>0</v>
+      </c>
+      <c r="D424" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E424" s="230">
+        <v>0</v>
+      </c>
+      <c r="F424" s="230">
+        <v>0</v>
+      </c>
+      <c r="G424" s="230">
+        <v>0</v>
+      </c>
+      <c r="H424" s="230">
+        <v>0</v>
+      </c>
+      <c r="I424" s="230">
+        <v>0</v>
+      </c>
+      <c r="J424" s="230">
+        <v>0</v>
+      </c>
+      <c r="K424" s="230">
+        <v>0</v>
+      </c>
+      <c r="L424" s="230">
+        <v>0</v>
+      </c>
+      <c r="M424" s="230">
+        <v>0</v>
+      </c>
+      <c r="N424" s="230">
+        <v>0</v>
+      </c>
+      <c r="O424" s="230">
+        <v>0</v>
+      </c>
+      <c r="P424" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A425" s="6"/>
+      <c r="B425" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C425" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D425" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E425" s="234">
+        <v>0</v>
+      </c>
+      <c r="F425" s="234">
+        <v>0</v>
+      </c>
+      <c r="G425" s="234">
+        <v>0</v>
+      </c>
+      <c r="H425" s="234">
+        <v>0</v>
+      </c>
+      <c r="I425" s="234">
+        <v>0</v>
+      </c>
+      <c r="J425" s="234">
+        <v>0</v>
+      </c>
+      <c r="K425" s="234">
+        <v>0</v>
+      </c>
+      <c r="L425" s="234">
+        <v>0</v>
+      </c>
+      <c r="M425" s="234">
+        <v>0</v>
+      </c>
+      <c r="N425" s="234">
+        <v>0</v>
+      </c>
+      <c r="O425" s="234">
+        <v>0</v>
+      </c>
+      <c r="P425" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A426" s="6"/>
+      <c r="B426" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C426" s="135"/>
+      <c r="D426" s="168"/>
+      <c r="E426" s="230">
+        <v>0</v>
+      </c>
+      <c r="F426" s="230">
+        <v>0</v>
+      </c>
+      <c r="G426" s="230">
+        <v>0</v>
+      </c>
+      <c r="H426" s="230">
+        <v>0</v>
+      </c>
+      <c r="I426" s="230">
+        <v>0</v>
+      </c>
+      <c r="J426" s="230">
+        <v>0</v>
+      </c>
+      <c r="K426" s="230">
+        <v>0</v>
+      </c>
+      <c r="L426" s="230">
+        <v>0</v>
+      </c>
+      <c r="M426" s="230">
+        <v>0</v>
+      </c>
+      <c r="N426" s="230">
+        <v>0</v>
+      </c>
+      <c r="O426" s="230">
+        <v>0</v>
+      </c>
+      <c r="P426" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A427" s="12" t="s">
+        <v>400</v>
+      </c>
+      <c r="B427" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="C427" s="133">
+        <v>1</v>
+      </c>
+      <c r="D427" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E427" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F427" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G427" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H427" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I427" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J427" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K427" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L427" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M427" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N427" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O427" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P427" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A428" s="6"/>
+      <c r="B428" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C428" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D428" s="220">
+        <v>0.36766185843676624</v>
+      </c>
+      <c r="E428" s="234">
+        <v>985.2</v>
+      </c>
+      <c r="F428" s="234">
+        <v>1085.5999999999999</v>
+      </c>
+      <c r="G428" s="234">
+        <v>882.1</v>
+      </c>
+      <c r="H428" s="234">
+        <v>754</v>
+      </c>
+      <c r="I428" s="234">
+        <v>949.4</v>
+      </c>
+      <c r="J428" s="234">
+        <v>821.2</v>
+      </c>
+      <c r="K428" s="234">
+        <v>872.9</v>
+      </c>
+      <c r="L428" s="234">
+        <v>1001.1</v>
+      </c>
+      <c r="M428" s="234">
+        <v>1192.4000000000001</v>
+      </c>
+      <c r="N428" s="234">
+        <v>954.8</v>
+      </c>
+      <c r="O428" s="234">
+        <v>826.6</v>
+      </c>
+      <c r="P428" s="234">
+        <v>1146.2</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A429" s="6"/>
+      <c r="B429" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C429" s="135"/>
+      <c r="D429" s="168"/>
+      <c r="E429" s="230">
+        <v>47.262773722627742</v>
+      </c>
+      <c r="F429" s="230">
+        <v>24.361313868613166</v>
+      </c>
+      <c r="G429" s="230">
+        <v>70.7801094890511</v>
+      </c>
+      <c r="H429" s="230">
+        <v>100</v>
+      </c>
+      <c r="I429" s="230">
+        <v>55.428832116788335</v>
+      </c>
+      <c r="J429" s="230">
+        <v>84.671532846715323</v>
+      </c>
+      <c r="K429" s="230">
+        <v>72.87864963503651</v>
+      </c>
+      <c r="L429" s="230">
+        <v>43.635948905109494</v>
+      </c>
+      <c r="M429" s="230">
+        <v>0</v>
+      </c>
+      <c r="N429" s="230">
+        <v>54.197080291970821</v>
+      </c>
+      <c r="O429" s="230">
+        <v>83.439781021897801</v>
+      </c>
+      <c r="P429" s="230">
+        <v>10.538321167883211</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A430" s="12" t="s">
+        <v>402</v>
+      </c>
+      <c r="B430" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="C430" s="133">
+        <v>1</v>
+      </c>
+      <c r="D430" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K430" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L430" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M430" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O430" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P430" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A431" s="6"/>
+      <c r="B431" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C431" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D431" s="220">
+        <v>0.51652682430714469</v>
+      </c>
+      <c r="E431" s="234">
+        <v>443.4</v>
+      </c>
+      <c r="F431" s="234">
+        <v>435.4</v>
+      </c>
+      <c r="G431" s="234">
+        <v>407.3</v>
+      </c>
+      <c r="H431" s="234">
+        <v>407.3</v>
+      </c>
+      <c r="I431" s="234">
+        <v>407.5</v>
+      </c>
+      <c r="J431" s="234">
+        <v>407.5</v>
+      </c>
+      <c r="K431" s="234">
+        <v>486</v>
+      </c>
+      <c r="L431" s="234">
+        <v>486</v>
+      </c>
+      <c r="M431" s="234">
+        <v>786.6</v>
+      </c>
+      <c r="N431" s="234">
+        <v>380.3</v>
+      </c>
+      <c r="O431" s="234">
+        <v>380.3</v>
+      </c>
+      <c r="P431" s="234">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A432" s="6"/>
+      <c r="B432" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C432" s="135"/>
+      <c r="D432" s="168"/>
+      <c r="E432" s="230">
+        <v>84.469603741078032</v>
+      </c>
+      <c r="F432" s="230">
+        <v>86.43859217327099</v>
+      </c>
+      <c r="G432" s="230">
+        <v>93.354664041348755</v>
+      </c>
+      <c r="H432" s="230">
+        <v>93.354664041348755</v>
+      </c>
+      <c r="I432" s="230">
+        <v>93.305439330543933</v>
+      </c>
+      <c r="J432" s="230">
+        <v>93.305439330543933</v>
+      </c>
+      <c r="K432" s="230">
+        <v>73.984740339650514</v>
+      </c>
+      <c r="L432" s="230">
+        <v>73.984740339650514</v>
+      </c>
+      <c r="M432" s="230">
+        <v>0</v>
+      </c>
+      <c r="N432" s="230">
+        <v>100</v>
+      </c>
+      <c r="O432" s="230">
+        <v>100</v>
+      </c>
+      <c r="P432" s="230">
+        <v>25.990647304947089</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A433" s="12" t="s">
+        <v>404</v>
+      </c>
+      <c r="B433" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="C433" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D433" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E433" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F433" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="G433" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H433" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I433" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J433" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K433" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L433" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M433" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N433" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O433" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P433" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A434" s="6"/>
+      <c r="B434" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C434" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D434" s="220">
+        <v>0.92851106979888465</v>
+      </c>
+      <c r="E434" s="234">
+        <v>373.6</v>
+      </c>
+      <c r="F434" s="234">
+        <v>378.6</v>
+      </c>
+      <c r="G434" s="234">
+        <v>158.69999999999999</v>
+      </c>
+      <c r="H434" s="234">
+        <v>84.6</v>
+      </c>
+      <c r="I434" s="234">
+        <v>237.9</v>
+      </c>
+      <c r="J434" s="234">
+        <v>163.80000000000001</v>
+      </c>
+      <c r="K434" s="234">
+        <v>597.1</v>
+      </c>
+      <c r="L434" s="234">
+        <v>671.2</v>
+      </c>
+      <c r="M434" s="234">
+        <v>1026.9000000000001</v>
+      </c>
+      <c r="N434" s="234">
+        <v>828.8</v>
+      </c>
+      <c r="O434" s="234">
+        <v>754.8</v>
+      </c>
+      <c r="P434" s="234">
+        <v>1183.4000000000001</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A435" s="6"/>
+      <c r="B435" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C435" s="135"/>
+      <c r="D435" s="168"/>
+      <c r="E435" s="230">
+        <v>73.698580269384792</v>
+      </c>
+      <c r="F435" s="230">
+        <v>73.243538405533315</v>
+      </c>
+      <c r="G435" s="230">
+        <v>93.256279577721159</v>
+      </c>
+      <c r="H435" s="230">
+        <v>100</v>
+      </c>
+      <c r="I435" s="230">
+        <v>86.048416454313795</v>
+      </c>
+      <c r="J435" s="230">
+        <v>92.79213687659265</v>
+      </c>
+      <c r="K435" s="230">
+        <v>53.358208955223887</v>
+      </c>
+      <c r="L435" s="230">
+        <v>46.614488532945039</v>
+      </c>
+      <c r="M435" s="230">
+        <v>14.242810338551166</v>
+      </c>
+      <c r="N435" s="230">
+        <v>32.271568984346573</v>
+      </c>
+      <c r="O435" s="230">
+        <v>39.006188569348389</v>
+      </c>
+      <c r="P435" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A436" s="12" t="s">
+        <v>406</v>
+      </c>
+      <c r="B436" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="C436" s="133">
+        <v>2</v>
+      </c>
+      <c r="D436" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E436" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F436" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M436" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N436" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O436" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P436" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A437" s="6"/>
+      <c r="B437" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C437" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D437" s="220">
+        <v>0.60226331769252006</v>
+      </c>
+      <c r="E437" s="234">
+        <v>362.3</v>
+      </c>
+      <c r="F437" s="234">
+        <v>355.9</v>
+      </c>
+      <c r="G437" s="234">
+        <v>255.9</v>
+      </c>
+      <c r="H437" s="234">
+        <v>257.60000000000002</v>
+      </c>
+      <c r="I437" s="234">
+        <v>259.2</v>
+      </c>
+      <c r="J437" s="234">
+        <v>261</v>
+      </c>
+      <c r="K437" s="234">
+        <v>262</v>
+      </c>
+      <c r="L437" s="234">
+        <v>260.3</v>
+      </c>
+      <c r="M437" s="234">
+        <v>259.39999999999998</v>
+      </c>
+      <c r="N437" s="234">
+        <v>144.9</v>
+      </c>
+      <c r="O437" s="234">
+        <v>146.6</v>
+      </c>
+      <c r="P437" s="234">
+        <v>144.1</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A438" s="6"/>
+      <c r="B438" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C438" s="135"/>
+      <c r="D438" s="168"/>
+      <c r="E438" s="230">
+        <v>1.4210854715202004E-14</v>
+      </c>
+      <c r="F438" s="230">
+        <v>2.9330889092575632</v>
+      </c>
+      <c r="G438" s="230">
+        <v>48.762603116406964</v>
+      </c>
+      <c r="H438" s="230">
+        <v>47.983501374885414</v>
+      </c>
+      <c r="I438" s="230">
+        <v>47.250229147571041</v>
+      </c>
+      <c r="J438" s="230">
+        <v>46.425297891842348</v>
+      </c>
+      <c r="K438" s="230">
+        <v>45.967002749770856</v>
+      </c>
+      <c r="L438" s="230">
+        <v>46.746104491292385</v>
+      </c>
+      <c r="M438" s="230">
+        <v>47.158570119156749</v>
+      </c>
+      <c r="N438" s="230">
+        <v>99.633363886342806</v>
+      </c>
+      <c r="O438" s="230">
+        <v>98.854262144821263</v>
+      </c>
+      <c r="P438" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A439" s="12" t="s">
+        <v>408</v>
+      </c>
+      <c r="B439" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="C439" s="133">
+        <v>1</v>
+      </c>
+      <c r="D439" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E439" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F439" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G439" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H439" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I439" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J439" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K439" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L439" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M439" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N439" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O439" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P439" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="440" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A440" s="6"/>
+      <c r="B440" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C440" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D440" s="220">
+        <v>0.56979591836734689</v>
+      </c>
+      <c r="E440" s="234">
+        <v>600.9</v>
+      </c>
+      <c r="F440" s="234">
+        <v>612.5</v>
+      </c>
+      <c r="G440" s="234">
+        <v>466.4</v>
+      </c>
+      <c r="H440" s="234">
+        <v>454.7</v>
+      </c>
+      <c r="I440" s="234">
+        <v>404.4</v>
+      </c>
+      <c r="J440" s="234">
+        <v>392.6</v>
+      </c>
+      <c r="K440" s="234">
+        <v>432.2</v>
+      </c>
+      <c r="L440" s="234">
+        <v>444.1</v>
+      </c>
+      <c r="M440" s="234">
+        <v>372.1</v>
+      </c>
+      <c r="N440" s="234">
+        <v>335.4</v>
+      </c>
+      <c r="O440" s="234">
+        <v>323.60000000000002</v>
+      </c>
+      <c r="P440" s="234">
+        <v>263.5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A441" s="6"/>
+      <c r="B441" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C441" s="135"/>
+      <c r="D441" s="168"/>
+      <c r="E441" s="230">
+        <v>3.3237822349570223</v>
+      </c>
+      <c r="F441" s="230">
+        <v>0</v>
+      </c>
+      <c r="G441" s="230">
+        <v>41.8624641833811</v>
+      </c>
+      <c r="H441" s="230">
+        <v>45.214899713467048</v>
+      </c>
+      <c r="I441" s="230">
+        <v>59.627507163323784</v>
+      </c>
+      <c r="J441" s="230">
+        <v>63.00859598853868</v>
+      </c>
+      <c r="K441" s="230">
+        <v>51.661891117478511</v>
+      </c>
+      <c r="L441" s="230">
+        <v>48.252148997134661</v>
+      </c>
+      <c r="M441" s="230">
+        <v>68.882521489971339</v>
+      </c>
+      <c r="N441" s="230">
+        <v>79.398280802292277</v>
+      </c>
+      <c r="O441" s="230">
+        <v>82.779369627507151</v>
+      </c>
+      <c r="P441" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A442" s="84" t="s">
+        <v>410</v>
+      </c>
+      <c r="B442" s="83" t="s">
+        <v>411</v>
+      </c>
+      <c r="C442" s="218">
+        <v>1</v>
+      </c>
+      <c r="D442" s="174">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E442" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="F442" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="G442" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H442" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="I442" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="J442" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="K442" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L442" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M442" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="N442" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O442" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="P442" s="229" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A443" s="80"/>
+      <c r="B443" s="81" t="s">
+        <v>18</v>
+      </c>
+      <c r="C443" s="142"/>
+      <c r="D443" s="176"/>
+      <c r="E443" s="235">
+        <v>12.592053479971966</v>
+      </c>
+      <c r="F443" s="235">
+        <v>39.705545045022589</v>
+      </c>
+      <c r="G443" s="235">
+        <v>62.580143792385343</v>
+      </c>
+      <c r="H443" s="235">
+        <v>36.542701888995936</v>
+      </c>
+      <c r="I443" s="235">
+        <v>50.985574472390198</v>
+      </c>
+      <c r="J443" s="235">
+        <v>24.944921692874477</v>
+      </c>
+      <c r="K443" s="235">
+        <v>44.208408229361702</v>
+      </c>
+      <c r="L443" s="235">
+        <v>70.245850132751116</v>
+      </c>
+      <c r="M443" s="235">
+        <v>68.638222125936878</v>
+      </c>
+      <c r="N443" s="235">
+        <v>81.914093646578849</v>
+      </c>
+      <c r="O443" s="235">
+        <v>55.876651743189427</v>
+      </c>
+      <c r="P443" s="235">
+        <v>80.30646563976461</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A444" s="25" t="s">
+        <v>412</v>
+      </c>
+      <c r="B444" s="9" t="s">
+        <v>413</v>
+      </c>
+      <c r="C444" s="133">
+        <v>1</v>
+      </c>
+      <c r="D444" s="167">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E444" s="221">
+        <v>12.592053479971966</v>
+      </c>
+      <c r="F444" s="221">
+        <v>39.705545045022589</v>
+      </c>
+      <c r="G444" s="221">
+        <v>62.580143792385343</v>
+      </c>
+      <c r="H444" s="221">
+        <v>36.542701888995936</v>
+      </c>
+      <c r="I444" s="221">
+        <v>50.985574472390198</v>
+      </c>
+      <c r="J444" s="221">
+        <v>24.944921692874477</v>
+      </c>
+      <c r="K444" s="221">
+        <v>44.208408229361702</v>
+      </c>
+      <c r="L444" s="221">
+        <v>70.245850132751116</v>
+      </c>
+      <c r="M444" s="221">
+        <v>68.638222125936878</v>
+      </c>
+      <c r="N444" s="221">
+        <v>81.914093646578849</v>
+      </c>
+      <c r="O444" s="221">
+        <v>55.876651743189427</v>
+      </c>
+      <c r="P444" s="221">
+        <v>80.30646563976461</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A445" s="21" t="s">
+        <v>414</v>
+      </c>
+      <c r="B445" s="29" t="s">
+        <v>415</v>
+      </c>
+      <c r="C445" s="133">
+        <v>1</v>
+      </c>
+      <c r="D445" s="167">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="E445" s="221">
+        <v>27.777777777777779</v>
+      </c>
+      <c r="F445" s="221">
+        <v>92.138364779874209</v>
+      </c>
+      <c r="G445" s="221">
+        <v>99.161425576519918</v>
+      </c>
+      <c r="H445" s="221">
+        <v>34.381551362683439</v>
+      </c>
+      <c r="I445" s="221">
+        <v>100</v>
+      </c>
+      <c r="J445" s="221">
+        <v>35.220125786163521</v>
+      </c>
+      <c r="K445" s="221">
+        <v>5.9748427672955984</v>
+      </c>
+      <c r="L445" s="221">
+        <v>70.754716981132077</v>
+      </c>
+      <c r="M445" s="221">
+        <v>56.289308176100626</v>
+      </c>
+      <c r="N445" s="221">
+        <v>65.408805031446548</v>
+      </c>
+      <c r="O445" s="221">
+        <v>0.62893081761006264</v>
+      </c>
+      <c r="P445" s="221">
+        <v>50.943396226415096</v>
+      </c>
+    </row>
+    <row r="446" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A446" s="12" t="s">
+        <v>416</v>
+      </c>
+      <c r="B446" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="C446" s="133">
+        <v>2</v>
+      </c>
+      <c r="D446" s="167">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E446" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F446" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G446" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H446" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I446" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J446" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K446" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L446" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M446" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N446" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O446" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P446" s="230" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A447" s="6"/>
+      <c r="B447" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C447" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D447" s="220">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="E447" s="234">
+        <v>6</v>
+      </c>
+      <c r="F447" s="234">
+        <v>2</v>
+      </c>
+      <c r="G447" s="234">
+        <v>1</v>
+      </c>
+      <c r="H447" s="234">
+        <v>5</v>
+      </c>
+      <c r="I447" s="234">
+        <v>1</v>
+      </c>
+      <c r="J447" s="234">
+        <v>5</v>
+      </c>
+      <c r="K447" s="234">
+        <v>8</v>
+      </c>
+      <c r="L447" s="234">
+        <v>4</v>
+      </c>
+      <c r="M447" s="234">
+        <v>5</v>
+      </c>
+      <c r="N447" s="234">
+        <v>5</v>
+      </c>
+      <c r="O447" s="234">
+        <v>9</v>
+      </c>
+      <c r="P447" s="234">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A448" s="6"/>
+      <c r="B448" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C448" s="135"/>
+      <c r="D448" s="168"/>
+      <c r="E448" s="230">
+        <v>37.5</v>
+      </c>
+      <c r="F448" s="230">
+        <v>87.5</v>
+      </c>
+      <c r="G448" s="230">
+        <v>100</v>
+      </c>
+      <c r="H448" s="230">
+        <v>50</v>
+      </c>
+      <c r="I448" s="230">
+        <v>100</v>
+      </c>
+      <c r="J448" s="230">
+        <v>50</v>
+      </c>
+      <c r="K448" s="230">
+        <v>12.5</v>
+      </c>
+      <c r="L448" s="230">
+        <v>62.5</v>
+      </c>
+      <c r="M448" s="230">
+        <v>50</v>
+      </c>
+      <c r="N448" s="230">
+        <v>50</v>
+      </c>
+      <c r="O448" s="230">
+        <v>0</v>
+      </c>
+      <c r="P448" s="230">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A449" s="12" t="s">
+        <v>418</v>
+      </c>
+      <c r="B449" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="C449" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D449" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E449" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F449" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G449" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H449" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I449" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J449" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K449" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L449" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M449" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N449" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O449" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P449" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="450" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A450" s="20"/>
+      <c r="B450" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C450" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D450" s="220">
+        <v>1</v>
+      </c>
+      <c r="E450" s="234">
+        <v>4</v>
+      </c>
+      <c r="F450" s="234">
+        <v>0</v>
+      </c>
+      <c r="G450" s="234">
+        <v>0</v>
+      </c>
+      <c r="H450" s="234">
+        <v>4</v>
+      </c>
+      <c r="I450" s="234">
+        <v>0</v>
+      </c>
+      <c r="J450" s="234">
+        <v>4</v>
+      </c>
+      <c r="K450" s="234">
+        <v>6</v>
+      </c>
+      <c r="L450" s="234">
+        <v>2</v>
+      </c>
+      <c r="M450" s="234">
+        <v>3</v>
+      </c>
+      <c r="N450" s="234">
+        <v>2</v>
+      </c>
+      <c r="O450" s="234">
+        <v>6</v>
+      </c>
+      <c r="P450" s="234">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="451" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A451" s="6"/>
+      <c r="B451" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C451" s="135"/>
+      <c r="D451" s="168"/>
+      <c r="E451" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="F451" s="230">
+        <v>100</v>
+      </c>
+      <c r="G451" s="230">
+        <v>100</v>
+      </c>
+      <c r="H451" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="I451" s="230">
+        <v>100</v>
+      </c>
+      <c r="J451" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="K451" s="230">
+        <v>0</v>
+      </c>
+      <c r="L451" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="M451" s="230">
+        <v>50</v>
+      </c>
+      <c r="N451" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="O451" s="230">
+        <v>0</v>
+      </c>
+      <c r="P451" s="230">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A452" s="21" t="s">
+        <v>420</v>
+      </c>
+      <c r="B452" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="C452" s="133">
+        <v>1</v>
+      </c>
+      <c r="D452" s="169">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E452" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F452" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G452" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H452" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I452" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J452" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K452" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L452" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M452" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N452" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O452" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P452" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="453" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A453" s="6"/>
+      <c r="B453" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C453" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D453" s="220">
+        <v>0.64242424242424245</v>
+      </c>
+      <c r="E453" s="234">
+        <v>165</v>
+      </c>
+      <c r="F453" s="234">
+        <v>70</v>
+      </c>
+      <c r="G453" s="234">
+        <v>63</v>
+      </c>
+      <c r="H453" s="234">
+        <v>160</v>
+      </c>
+      <c r="I453" s="234">
+        <v>59</v>
+      </c>
+      <c r="J453" s="234">
+        <v>156</v>
+      </c>
+      <c r="K453" s="234">
+        <v>163</v>
+      </c>
+      <c r="L453" s="234">
+        <v>66</v>
+      </c>
+      <c r="M453" s="234">
+        <v>82</v>
+      </c>
+      <c r="N453" s="234">
+        <v>65</v>
+      </c>
+      <c r="O453" s="234">
+        <v>162</v>
+      </c>
+      <c r="P453" s="234">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A454" s="6"/>
+      <c r="B454" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C454" s="135"/>
+      <c r="D454" s="168"/>
+      <c r="E454" s="230">
+        <v>0</v>
+      </c>
+      <c r="F454" s="230">
+        <v>89.622641509433961</v>
+      </c>
+      <c r="G454" s="230">
+        <v>96.226415094339629</v>
+      </c>
+      <c r="H454" s="230">
+        <v>4.7169811320754746</v>
+      </c>
+      <c r="I454" s="230">
+        <v>100</v>
+      </c>
+      <c r="J454" s="230">
+        <v>8.4905660377358458</v>
+      </c>
+      <c r="K454" s="230">
+        <v>1.8867924528301927</v>
+      </c>
+      <c r="L454" s="230">
+        <v>93.396226415094333</v>
+      </c>
+      <c r="M454" s="230">
+        <v>78.301886792452834</v>
+      </c>
+      <c r="N454" s="230">
+        <v>94.339622641509436</v>
+      </c>
+      <c r="O454" s="230">
+        <v>2.8301886792452819</v>
+      </c>
+      <c r="P454" s="230">
+        <v>79.245283018867923</v>
+      </c>
+    </row>
+    <row r="455" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A455" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="B455" s="29" t="s">
+        <v>423</v>
+      </c>
+      <c r="C455" s="133">
+        <v>1</v>
+      </c>
+      <c r="D455" s="167">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="E455" s="221">
+        <v>0</v>
+      </c>
+      <c r="F455" s="221">
+        <v>0</v>
+      </c>
+      <c r="G455" s="221">
+        <v>0</v>
+      </c>
+      <c r="H455" s="221">
+        <v>0</v>
+      </c>
+      <c r="I455" s="221">
+        <v>0</v>
+      </c>
+      <c r="J455" s="221">
+        <v>0</v>
+      </c>
+      <c r="K455" s="221">
+        <v>59.649357508831301</v>
+      </c>
+      <c r="L455" s="221">
+        <v>59.649357508831301</v>
+      </c>
+      <c r="M455" s="221">
+        <v>59.649357508831301</v>
+      </c>
+      <c r="N455" s="221">
+        <v>100</v>
+      </c>
+      <c r="O455" s="221">
+        <v>100</v>
+      </c>
+      <c r="P455" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A456" s="12" t="s">
+        <v>424</v>
+      </c>
+      <c r="B456" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="C456" s="133">
+        <v>2</v>
+      </c>
+      <c r="D456" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E456" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F456" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G456" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H456" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I456" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J456" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K456" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L456" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M456" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N456" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O456" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P456" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A457" s="6"/>
+      <c r="B457" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C457" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D457" s="220">
+        <v>1</v>
+      </c>
+      <c r="E457" s="234">
+        <v>4.6999999999999993</v>
+      </c>
+      <c r="F457" s="234">
+        <v>4.6999999999999993</v>
+      </c>
+      <c r="G457" s="234">
+        <v>4.6999999999999993</v>
+      </c>
+      <c r="H457" s="234">
+        <v>4.6999999999999993</v>
+      </c>
+      <c r="I457" s="234">
+        <v>4.6999999999999993</v>
+      </c>
+      <c r="J457" s="234">
+        <v>4.6999999999999993</v>
+      </c>
+      <c r="K457" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="L457" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="M457" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="N457" s="234">
+        <v>0</v>
+      </c>
+      <c r="O457" s="234">
+        <v>0</v>
+      </c>
+      <c r="P457" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="458" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A458" s="6"/>
+      <c r="B458" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C458" s="135"/>
+      <c r="D458" s="168"/>
+      <c r="E458" s="230">
+        <v>0</v>
+      </c>
+      <c r="F458" s="230">
+        <v>0</v>
+      </c>
+      <c r="G458" s="230">
+        <v>0</v>
+      </c>
+      <c r="H458" s="230">
+        <v>0</v>
+      </c>
+      <c r="I458" s="230">
+        <v>0</v>
+      </c>
+      <c r="J458" s="230">
+        <v>0</v>
+      </c>
+      <c r="K458" s="230">
+        <v>42.553191489361694</v>
+      </c>
+      <c r="L458" s="230">
+        <v>42.553191489361694</v>
+      </c>
+      <c r="M458" s="230">
+        <v>42.553191489361694</v>
+      </c>
+      <c r="N458" s="230">
+        <v>100</v>
+      </c>
+      <c r="O458" s="230">
+        <v>100</v>
+      </c>
+      <c r="P458" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="459" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A459" s="12" t="s">
+        <v>426</v>
+      </c>
+      <c r="B459" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="C459" s="133">
+        <v>1</v>
+      </c>
+      <c r="D459" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E459" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F459" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G459" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H459" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I459" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J459" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K459" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L459" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M459" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N459" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O459" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P459" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="460" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A460" s="20"/>
+      <c r="B460" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C460" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D460" s="220">
+        <v>1</v>
+      </c>
+      <c r="E460" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="F460" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="G460" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="H460" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="I460" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="J460" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="K460" s="234">
+        <v>0.8</v>
+      </c>
+      <c r="L460" s="234">
+        <v>0.8</v>
+      </c>
+      <c r="M460" s="234">
+        <v>0.8</v>
+      </c>
+      <c r="N460" s="234">
+        <v>0</v>
+      </c>
+      <c r="O460" s="234">
+        <v>0</v>
+      </c>
+      <c r="P460" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A461" s="6"/>
+      <c r="B461" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C461" s="135"/>
+      <c r="D461" s="168"/>
+      <c r="E461" s="230">
+        <v>0</v>
+      </c>
+      <c r="F461" s="230">
+        <v>0</v>
+      </c>
+      <c r="G461" s="230">
+        <v>0</v>
+      </c>
+      <c r="H461" s="230">
+        <v>0</v>
+      </c>
+      <c r="I461" s="230">
+        <v>0</v>
+      </c>
+      <c r="J461" s="230">
+        <v>0</v>
+      </c>
+      <c r="K461" s="230">
+        <v>74.193548387096769</v>
+      </c>
+      <c r="L461" s="230">
+        <v>74.193548387096769</v>
+      </c>
+      <c r="M461" s="230">
+        <v>74.193548387096769</v>
+      </c>
+      <c r="N461" s="230">
+        <v>100</v>
+      </c>
+      <c r="O461" s="230">
+        <v>100</v>
+      </c>
+      <c r="P461" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="462" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A462" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="B462" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="C462" s="133">
+        <v>1</v>
+      </c>
+      <c r="D462" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E462" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F462" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G462" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H462" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I462" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J462" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K462" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L462" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M462" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N462" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O462" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P462" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="463" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A463" s="6"/>
+      <c r="B463" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C463" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D463" s="220">
+        <v>1</v>
+      </c>
+      <c r="E463" s="234">
+        <v>187.9</v>
+      </c>
+      <c r="F463" s="234">
+        <v>187.9</v>
+      </c>
+      <c r="G463" s="234">
+        <v>187.9</v>
+      </c>
+      <c r="H463" s="234">
+        <v>187.9</v>
+      </c>
+      <c r="I463" s="234">
+        <v>187.9</v>
+      </c>
+      <c r="J463" s="234">
+        <v>187.9</v>
+      </c>
+      <c r="K463" s="234">
+        <v>38.9</v>
+      </c>
+      <c r="L463" s="234">
+        <v>38.9</v>
+      </c>
+      <c r="M463" s="234">
+        <v>38.9</v>
+      </c>
+      <c r="N463" s="234">
+        <v>0</v>
+      </c>
+      <c r="O463" s="234">
+        <v>0</v>
+      </c>
+      <c r="P463" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="464" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A464" s="6"/>
+      <c r="B464" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C464" s="135"/>
+      <c r="D464" s="168"/>
+      <c r="E464" s="230">
+        <v>0</v>
+      </c>
+      <c r="F464" s="230">
+        <v>0</v>
+      </c>
+      <c r="G464" s="230">
+        <v>0</v>
+      </c>
+      <c r="H464" s="230">
+        <v>0</v>
+      </c>
+      <c r="I464" s="230">
+        <v>0</v>
+      </c>
+      <c r="J464" s="230">
+        <v>0</v>
+      </c>
+      <c r="K464" s="230">
+        <v>79.29749866950506</v>
+      </c>
+      <c r="L464" s="230">
+        <v>79.29749866950506</v>
+      </c>
+      <c r="M464" s="230">
+        <v>79.29749866950506</v>
+      </c>
+      <c r="N464" s="230">
+        <v>100</v>
+      </c>
+      <c r="O464" s="230">
+        <v>100</v>
+      </c>
+      <c r="P464" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="465" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A465" s="21" t="s">
+        <v>430</v>
+      </c>
+      <c r="B465" s="29" t="s">
+        <v>431</v>
+      </c>
+      <c r="C465" s="133">
+        <v>0</v>
+      </c>
+      <c r="D465" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E465" s="221">
+        <v>0</v>
+      </c>
+      <c r="F465" s="221">
+        <v>0</v>
+      </c>
+      <c r="G465" s="221">
+        <v>0</v>
+      </c>
+      <c r="H465" s="221">
+        <v>0</v>
+      </c>
+      <c r="I465" s="221">
+        <v>0</v>
+      </c>
+      <c r="J465" s="221">
+        <v>0</v>
+      </c>
+      <c r="K465" s="221">
+        <v>0</v>
+      </c>
+      <c r="L465" s="221">
+        <v>0</v>
+      </c>
+      <c r="M465" s="221">
+        <v>0</v>
+      </c>
+      <c r="N465" s="221">
+        <v>0</v>
+      </c>
+      <c r="O465" s="221">
+        <v>0</v>
+      </c>
+      <c r="P465" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="466" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A466" s="12" t="s">
+        <v>432</v>
+      </c>
+      <c r="B466" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="C466" s="133">
+        <v>0</v>
+      </c>
+      <c r="D466" s="167">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E466" s="230">
+        <v>0</v>
+      </c>
+      <c r="F466" s="230">
+        <v>0</v>
+      </c>
+      <c r="G466" s="230">
+        <v>0</v>
+      </c>
+      <c r="H466" s="230">
+        <v>0</v>
+      </c>
+      <c r="I466" s="230">
+        <v>0</v>
+      </c>
+      <c r="J466" s="230">
+        <v>0</v>
+      </c>
+      <c r="K466" s="230">
+        <v>0</v>
+      </c>
+      <c r="L466" s="230">
+        <v>0</v>
+      </c>
+      <c r="M466" s="230">
+        <v>0</v>
+      </c>
+      <c r="N466" s="230">
+        <v>0</v>
+      </c>
+      <c r="O466" s="230">
+        <v>0</v>
+      </c>
+      <c r="P466" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="467" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A467" s="6"/>
+      <c r="B467" s="47" t="s">
+        <v>434</v>
+      </c>
+      <c r="C467" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D467" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E467" s="234">
+        <v>0</v>
+      </c>
+      <c r="F467" s="234">
+        <v>0</v>
+      </c>
+      <c r="G467" s="234">
+        <v>0</v>
+      </c>
+      <c r="H467" s="234">
+        <v>0</v>
+      </c>
+      <c r="I467" s="234">
+        <v>0</v>
+      </c>
+      <c r="J467" s="234">
+        <v>0</v>
+      </c>
+      <c r="K467" s="234">
+        <v>0</v>
+      </c>
+      <c r="L467" s="234">
+        <v>0</v>
+      </c>
+      <c r="M467" s="234">
+        <v>0</v>
+      </c>
+      <c r="N467" s="234">
+        <v>0</v>
+      </c>
+      <c r="O467" s="234">
+        <v>0</v>
+      </c>
+      <c r="P467" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A468" s="6"/>
+      <c r="B468" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C468" s="135"/>
+      <c r="D468" s="168"/>
+      <c r="E468" s="230">
+        <v>0</v>
+      </c>
+      <c r="F468" s="230">
+        <v>0</v>
+      </c>
+      <c r="G468" s="230">
+        <v>0</v>
+      </c>
+      <c r="H468" s="230">
+        <v>0</v>
+      </c>
+      <c r="I468" s="230">
+        <v>0</v>
+      </c>
+      <c r="J468" s="230">
+        <v>0</v>
+      </c>
+      <c r="K468" s="230">
+        <v>0</v>
+      </c>
+      <c r="L468" s="230">
+        <v>0</v>
+      </c>
+      <c r="M468" s="230">
+        <v>0</v>
+      </c>
+      <c r="N468" s="230">
+        <v>0</v>
+      </c>
+      <c r="O468" s="230">
+        <v>0</v>
+      </c>
+      <c r="P468" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A469" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="B469" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="C469" s="133">
+        <v>0</v>
+      </c>
+      <c r="D469" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E469" s="230">
+        <v>0</v>
+      </c>
+      <c r="F469" s="230">
+        <v>0</v>
+      </c>
+      <c r="G469" s="230">
+        <v>0</v>
+      </c>
+      <c r="H469" s="230">
+        <v>0</v>
+      </c>
+      <c r="I469" s="230">
+        <v>0</v>
+      </c>
+      <c r="J469" s="230">
+        <v>0</v>
+      </c>
+      <c r="K469" s="230">
+        <v>0</v>
+      </c>
+      <c r="L469" s="230">
+        <v>0</v>
+      </c>
+      <c r="M469" s="230">
+        <v>0</v>
+      </c>
+      <c r="N469" s="230">
+        <v>0</v>
+      </c>
+      <c r="O469" s="230">
+        <v>0</v>
+      </c>
+      <c r="P469" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="470" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A470" s="20"/>
+      <c r="B470" s="47" t="s">
+        <v>434</v>
+      </c>
+      <c r="C470" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D470" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E470" s="234">
+        <v>0</v>
+      </c>
+      <c r="F470" s="234">
+        <v>0</v>
+      </c>
+      <c r="G470" s="234">
+        <v>0</v>
+      </c>
+      <c r="H470" s="234">
+        <v>0</v>
+      </c>
+      <c r="I470" s="234">
+        <v>0</v>
+      </c>
+      <c r="J470" s="234">
+        <v>0</v>
+      </c>
+      <c r="K470" s="234">
+        <v>0</v>
+      </c>
+      <c r="L470" s="234">
+        <v>0</v>
+      </c>
+      <c r="M470" s="234">
+        <v>0</v>
+      </c>
+      <c r="N470" s="234">
+        <v>0</v>
+      </c>
+      <c r="O470" s="234">
+        <v>0</v>
+      </c>
+      <c r="P470" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A471" s="6"/>
+      <c r="B471" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C471" s="135"/>
+      <c r="D471" s="168"/>
+      <c r="E471" s="230">
+        <v>0</v>
+      </c>
+      <c r="F471" s="230">
+        <v>0</v>
+      </c>
+      <c r="G471" s="230">
+        <v>0</v>
+      </c>
+      <c r="H471" s="230">
+        <v>0</v>
+      </c>
+      <c r="I471" s="230">
+        <v>0</v>
+      </c>
+      <c r="J471" s="230">
+        <v>0</v>
+      </c>
+      <c r="K471" s="230">
+        <v>0</v>
+      </c>
+      <c r="L471" s="230">
+        <v>0</v>
+      </c>
+      <c r="M471" s="230">
+        <v>0</v>
+      </c>
+      <c r="N471" s="230">
+        <v>0</v>
+      </c>
+      <c r="O471" s="230">
+        <v>0</v>
+      </c>
+      <c r="P471" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="472" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A472" s="21" t="s">
+        <v>437</v>
+      </c>
+      <c r="B472" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="C472" s="133">
+        <v>0</v>
+      </c>
+      <c r="D472" s="167">
+        <v>2E-3</v>
+      </c>
+      <c r="E472" s="230">
+        <v>0</v>
+      </c>
+      <c r="F472" s="230">
+        <v>0</v>
+      </c>
+      <c r="G472" s="230">
+        <v>0</v>
+      </c>
+      <c r="H472" s="230">
+        <v>0</v>
+      </c>
+      <c r="I472" s="230">
+        <v>0</v>
+      </c>
+      <c r="J472" s="230">
+        <v>0</v>
+      </c>
+      <c r="K472" s="230">
+        <v>0</v>
+      </c>
+      <c r="L472" s="230">
+        <v>0</v>
+      </c>
+      <c r="M472" s="230">
+        <v>0</v>
+      </c>
+      <c r="N472" s="230">
+        <v>0</v>
+      </c>
+      <c r="O472" s="230">
+        <v>0</v>
+      </c>
+      <c r="P472" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="473" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A473" s="6"/>
+      <c r="B473" s="47" t="s">
+        <v>434</v>
+      </c>
+      <c r="C473" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D473" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E473" s="234">
+        <v>0</v>
+      </c>
+      <c r="F473" s="234">
+        <v>0</v>
+      </c>
+      <c r="G473" s="234">
+        <v>0</v>
+      </c>
+      <c r="H473" s="234">
+        <v>0</v>
+      </c>
+      <c r="I473" s="234">
+        <v>0</v>
+      </c>
+      <c r="J473" s="234">
+        <v>0</v>
+      </c>
+      <c r="K473" s="234">
+        <v>0</v>
+      </c>
+      <c r="L473" s="234">
+        <v>0</v>
+      </c>
+      <c r="M473" s="234">
+        <v>0</v>
+      </c>
+      <c r="N473" s="234">
+        <v>0</v>
+      </c>
+      <c r="O473" s="234">
+        <v>0</v>
+      </c>
+      <c r="P473" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="474" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A474" s="6"/>
+      <c r="B474" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C474" s="135"/>
+      <c r="D474" s="168"/>
+      <c r="E474" s="230">
+        <v>0</v>
+      </c>
+      <c r="F474" s="230">
+        <v>0</v>
+      </c>
+      <c r="G474" s="230">
+        <v>0</v>
+      </c>
+      <c r="H474" s="230">
+        <v>0</v>
+      </c>
+      <c r="I474" s="230">
+        <v>0</v>
+      </c>
+      <c r="J474" s="230">
+        <v>0</v>
+      </c>
+      <c r="K474" s="230">
+        <v>0</v>
+      </c>
+      <c r="L474" s="230">
+        <v>0</v>
+      </c>
+      <c r="M474" s="230">
+        <v>0</v>
+      </c>
+      <c r="N474" s="230">
+        <v>0</v>
+      </c>
+      <c r="O474" s="230">
+        <v>0</v>
+      </c>
+      <c r="P474" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="475" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A475" s="21" t="s">
+        <v>439</v>
+      </c>
+      <c r="B475" s="29" t="s">
+        <v>440</v>
+      </c>
+      <c r="C475" s="133">
+        <v>1</v>
+      </c>
+      <c r="D475" s="167">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="E475" s="221">
+        <v>9.9983826621381215</v>
+      </c>
+      <c r="F475" s="221">
+        <v>26.978270355193558</v>
+      </c>
+      <c r="G475" s="221">
+        <v>88.579005800636125</v>
+      </c>
+      <c r="H475" s="221">
+        <v>75.246554304304368</v>
+      </c>
+      <c r="I475" s="221">
+        <v>52.956723417170586</v>
+      </c>
+      <c r="J475" s="221">
+        <v>39.61463929245992</v>
+      </c>
+      <c r="K475" s="221">
+        <v>67.001024411958213</v>
+      </c>
+      <c r="L475" s="221">
+        <v>80.333475908289984</v>
+      </c>
+      <c r="M475" s="221">
+        <v>89.976000692878713</v>
+      </c>
+      <c r="N475" s="221">
+        <v>80.333475908289984</v>
+      </c>
+      <c r="O475" s="221">
+        <v>67.001024411958213</v>
+      </c>
+      <c r="P475" s="221">
+        <v>89.976000692878713</v>
+      </c>
+    </row>
+    <row r="476" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A476" s="12" t="s">
+        <v>441</v>
+      </c>
+      <c r="B476" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="C476" s="133">
+        <v>1</v>
+      </c>
+      <c r="D476" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E476" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F476" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G476" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H476" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I476" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J476" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K476" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L476" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M476" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N476" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O476" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P476" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="477" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A477" s="6"/>
+      <c r="B477" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C477" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D477" s="220">
+        <v>0.44148800949072114</v>
+      </c>
+      <c r="E477" s="234">
+        <v>11801</v>
+      </c>
+      <c r="F477" s="234">
+        <v>9338</v>
+      </c>
+      <c r="G477" s="234">
+        <v>6591</v>
+      </c>
+      <c r="H477" s="234">
+        <v>8766</v>
+      </c>
+      <c r="I477" s="234">
+        <v>9462</v>
+      </c>
+      <c r="J477" s="234">
+        <v>11638</v>
+      </c>
+      <c r="K477" s="234">
+        <v>9622</v>
+      </c>
+      <c r="L477" s="234">
+        <v>7447</v>
+      </c>
+      <c r="M477" s="234">
+        <v>7093</v>
+      </c>
+      <c r="N477" s="234">
+        <v>7447</v>
+      </c>
+      <c r="O477" s="234">
+        <v>9622</v>
+      </c>
+      <c r="P477" s="234">
+        <v>7093</v>
+      </c>
+    </row>
+    <row r="478" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A478" s="6"/>
+      <c r="B478" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C478" s="135"/>
+      <c r="D478" s="168"/>
+      <c r="E478" s="230">
+        <v>0</v>
+      </c>
+      <c r="F478" s="230">
+        <v>47.274472168905952</v>
+      </c>
+      <c r="G478" s="230">
+        <v>100</v>
+      </c>
+      <c r="H478" s="230">
+        <v>58.253358925143957</v>
+      </c>
+      <c r="I478" s="230">
+        <v>44.894433781190017</v>
+      </c>
+      <c r="J478" s="230">
+        <v>3.1285988483685259</v>
+      </c>
+      <c r="K478" s="230">
+        <v>41.823416506717848</v>
+      </c>
+      <c r="L478" s="230">
+        <v>83.570057581573892</v>
+      </c>
+      <c r="M478" s="230">
+        <v>90.364683301343575</v>
+      </c>
+      <c r="N478" s="230">
+        <v>83.570057581573892</v>
+      </c>
+      <c r="O478" s="230">
+        <v>41.823416506717848</v>
+      </c>
+      <c r="P478" s="230">
+        <v>90.364683301343575</v>
+      </c>
+    </row>
+    <row r="479" spans="1:16" customFormat="1" ht="26.25" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A479" s="12" t="s">
+        <v>443</v>
+      </c>
+      <c r="B479" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="C479" s="133">
+        <v>1</v>
+      </c>
+      <c r="D479" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E479" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F479" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G479" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H479" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I479" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J479" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K479" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L479" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M479" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N479" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O479" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P479" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="480" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A480" s="20"/>
+      <c r="B480" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C480" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D480" s="220">
+        <v>0.56606086831097646</v>
+      </c>
+      <c r="E480" s="234">
+        <v>13866</v>
+      </c>
+      <c r="F480" s="234">
+        <v>11224</v>
+      </c>
+      <c r="G480" s="234">
+        <v>6141</v>
+      </c>
+      <c r="H480" s="234">
+        <v>8569</v>
+      </c>
+      <c r="I480" s="234">
+        <v>6141</v>
+      </c>
+      <c r="J480" s="234">
+        <v>8569</v>
+      </c>
+      <c r="K480" s="234">
+        <v>8569</v>
+      </c>
+      <c r="L480" s="234">
+        <v>6141</v>
+      </c>
+      <c r="M480" s="234">
+        <v>6017</v>
+      </c>
+      <c r="N480" s="234">
+        <v>6141</v>
+      </c>
+      <c r="O480" s="234">
+        <v>8569</v>
+      </c>
+      <c r="P480" s="234">
+        <v>6017</v>
+      </c>
+    </row>
+    <row r="481" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A481" s="6"/>
+      <c r="B481" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C481" s="135"/>
+      <c r="D481" s="168"/>
+      <c r="E481" s="230">
+        <v>0</v>
+      </c>
+      <c r="F481" s="230">
+        <v>33.66033889667473</v>
+      </c>
+      <c r="G481" s="230">
+        <v>98.420180914766206</v>
+      </c>
+      <c r="H481" s="230">
+        <v>67.486303987769134</v>
+      </c>
+      <c r="I481" s="230">
+        <v>98.420180914766206</v>
+      </c>
+      <c r="J481" s="230">
+        <v>67.486303987769134</v>
+      </c>
+      <c r="K481" s="230">
+        <v>67.486303987769134</v>
+      </c>
+      <c r="L481" s="230">
+        <v>98.420180914766206</v>
+      </c>
+      <c r="M481" s="230">
+        <v>100</v>
+      </c>
+      <c r="N481" s="230">
+        <v>98.420180914766206</v>
+      </c>
+      <c r="O481" s="230">
+        <v>67.486303987769134</v>
+      </c>
+      <c r="P481" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="482" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A482" s="21" t="s">
+        <v>445</v>
+      </c>
+      <c r="B482" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="C482" s="133">
+        <v>1</v>
+      </c>
+      <c r="D482" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E482" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F482" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G482" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H482" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I482" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J482" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K482" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L482" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M482" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N482" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O482" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P482" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="483" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A483" s="6"/>
+      <c r="B483" s="47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C483" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D483" s="220">
+        <v>0.97354747283892296</v>
+      </c>
+      <c r="E483" s="234">
+        <v>7494</v>
+      </c>
+      <c r="F483" s="234">
+        <v>10585</v>
+      </c>
+      <c r="G483" s="234">
+        <v>3648</v>
+      </c>
+      <c r="H483" s="234">
+        <v>280</v>
+      </c>
+      <c r="I483" s="234">
+        <v>8982</v>
+      </c>
+      <c r="J483" s="234">
+        <v>5615</v>
+      </c>
+      <c r="K483" s="234">
+        <v>1136</v>
+      </c>
+      <c r="L483" s="234">
+        <v>4504</v>
+      </c>
+      <c r="M483" s="234">
+        <v>2386</v>
+      </c>
+      <c r="N483" s="234">
+        <v>4504</v>
+      </c>
+      <c r="O483" s="234">
+        <v>1136</v>
+      </c>
+      <c r="P483" s="234">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="484" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A484" s="6"/>
+      <c r="B484" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C484" s="135"/>
+      <c r="D484" s="168"/>
+      <c r="E484" s="230">
+        <v>29.995147986414366</v>
+      </c>
+      <c r="F484" s="230">
+        <v>0</v>
+      </c>
+      <c r="G484" s="230">
+        <v>67.316836487142155</v>
+      </c>
+      <c r="H484" s="230">
+        <v>100</v>
+      </c>
+      <c r="I484" s="230">
+        <v>15.555555555555557</v>
+      </c>
+      <c r="J484" s="230">
+        <v>48.229015041242114</v>
+      </c>
+      <c r="K484" s="230">
+        <v>91.69335274138767</v>
+      </c>
+      <c r="L484" s="230">
+        <v>59.010189228529839</v>
+      </c>
+      <c r="M484" s="230">
+        <v>79.563318777292579</v>
+      </c>
+      <c r="N484" s="230">
+        <v>59.010189228529839</v>
+      </c>
+      <c r="O484" s="230">
+        <v>91.69335274138767</v>
+      </c>
+      <c r="P484" s="230">
+        <v>79.563318777292579</v>
+      </c>
+    </row>
+    <row r="485" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A485" s="25" t="s">
+        <v>447</v>
+      </c>
+      <c r="B485" s="9" t="s">
+        <v>448</v>
+      </c>
+      <c r="C485" s="133">
+        <v>0</v>
+      </c>
+      <c r="D485" s="167"/>
+      <c r="E485" s="230">
+        <v>0</v>
+      </c>
+      <c r="F485" s="230">
+        <v>0</v>
+      </c>
+      <c r="G485" s="230">
+        <v>0</v>
+      </c>
+      <c r="H485" s="230">
+        <v>0</v>
+      </c>
+      <c r="I485" s="230">
+        <v>0</v>
+      </c>
+      <c r="J485" s="230">
+        <v>0</v>
+      </c>
+      <c r="K485" s="230">
+        <v>0</v>
+      </c>
+      <c r="L485" s="230">
+        <v>0</v>
+      </c>
+      <c r="M485" s="230">
+        <v>0</v>
+      </c>
+      <c r="N485" s="230">
+        <v>0</v>
+      </c>
+      <c r="O485" s="230">
+        <v>0</v>
+      </c>
+      <c r="P485" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="486" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A486" s="6"/>
+      <c r="B486" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C486" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D486" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E486" s="243">
+        <v>0</v>
+      </c>
+      <c r="F486" s="243">
+        <v>0</v>
+      </c>
+      <c r="G486" s="243">
+        <v>0</v>
+      </c>
+      <c r="H486" s="243">
+        <v>0</v>
+      </c>
+      <c r="I486" s="243">
+        <v>0</v>
+      </c>
+      <c r="J486" s="243">
+        <v>0</v>
+      </c>
+      <c r="K486" s="243">
+        <v>0</v>
+      </c>
+      <c r="L486" s="243">
+        <v>0</v>
+      </c>
+      <c r="M486" s="243">
+        <v>0</v>
+      </c>
+      <c r="N486" s="243">
+        <v>0</v>
+      </c>
+      <c r="O486" s="243">
+        <v>0</v>
+      </c>
+      <c r="P486" s="243">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="487" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A487" s="6"/>
+      <c r="B487" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C487" s="134"/>
+      <c r="D487" s="177"/>
+      <c r="E487" s="230">
+        <v>0</v>
+      </c>
+      <c r="F487" s="230">
+        <v>0</v>
+      </c>
+      <c r="G487" s="230">
+        <v>0</v>
+      </c>
+      <c r="H487" s="230">
+        <v>0</v>
+      </c>
+      <c r="I487" s="230">
+        <v>0</v>
+      </c>
+      <c r="J487" s="230">
+        <v>0</v>
+      </c>
+      <c r="K487" s="230">
+        <v>0</v>
+      </c>
+      <c r="L487" s="230">
+        <v>0</v>
+      </c>
+      <c r="M487" s="230">
+        <v>0</v>
+      </c>
+      <c r="N487" s="230">
+        <v>0</v>
+      </c>
+      <c r="O487" s="230">
+        <v>0</v>
+      </c>
+      <c r="P487" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="488" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A488" s="84" t="s">
+        <v>449</v>
+      </c>
+      <c r="B488" s="83" t="s">
+        <v>450</v>
+      </c>
+      <c r="C488" s="218">
+        <v>2</v>
+      </c>
+      <c r="D488" s="206">
+        <v>12.5</v>
+      </c>
+      <c r="E488" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="F488" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="G488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="J488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="K488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="L488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="M488" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="N488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O488" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P488" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="489" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A489" s="78"/>
+      <c r="B489" s="99" t="s">
+        <v>18</v>
+      </c>
+      <c r="C489" s="149"/>
+      <c r="D489" s="207"/>
+      <c r="E489" s="235">
+        <v>0</v>
+      </c>
+      <c r="F489" s="235">
+        <v>0.74074074074071916</v>
+      </c>
+      <c r="G489" s="235">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="H489" s="235">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="I489" s="235">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="J489" s="235">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="K489" s="235">
+        <v>100</v>
+      </c>
+      <c r="L489" s="235">
+        <v>98.888888888888872</v>
+      </c>
+      <c r="M489" s="235">
+        <v>76.296296296296276</v>
+      </c>
+      <c r="N489" s="235">
+        <v>96.666666666666643</v>
+      </c>
+      <c r="O489" s="235">
+        <v>97.407407407407391</v>
+      </c>
+      <c r="P489" s="235">
+        <v>74.074074074074076</v>
+      </c>
+    </row>
+    <row r="490" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A490" s="25" t="s">
+        <v>451</v>
+      </c>
+      <c r="B490" s="9" t="s">
+        <v>452</v>
+      </c>
+      <c r="C490" s="133">
+        <v>1</v>
+      </c>
+      <c r="D490" s="208">
+        <v>6.3</v>
+      </c>
+      <c r="E490" s="221">
+        <v>0</v>
+      </c>
+      <c r="F490" s="221">
+        <v>0.74074074074071916</v>
+      </c>
+      <c r="G490" s="221">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="H490" s="221">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="I490" s="221">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="J490" s="221">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="K490" s="221">
+        <v>100</v>
+      </c>
+      <c r="L490" s="221">
+        <v>98.888888888888872</v>
+      </c>
+      <c r="M490" s="221">
+        <v>76.296296296296276</v>
+      </c>
+      <c r="N490" s="221">
+        <v>96.666666666666643</v>
+      </c>
+      <c r="O490" s="221">
+        <v>97.407407407407391</v>
+      </c>
+      <c r="P490" s="221">
+        <v>74.074074074074076</v>
+      </c>
+    </row>
+    <row r="491" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A491" s="21" t="s">
+        <v>453</v>
+      </c>
+      <c r="B491" s="29" t="s">
+        <v>454</v>
+      </c>
+      <c r="C491" s="133">
+        <v>1</v>
+      </c>
+      <c r="D491" s="167">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E491" s="221">
+        <v>0</v>
+      </c>
+      <c r="F491" s="221">
+        <v>0.74074074074071916</v>
+      </c>
+      <c r="G491" s="221">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="H491" s="221">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="I491" s="221">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="J491" s="221">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="K491" s="221">
+        <v>100</v>
+      </c>
+      <c r="L491" s="221">
+        <v>98.888888888888872</v>
+      </c>
+      <c r="M491" s="221">
+        <v>76.296296296296276</v>
+      </c>
+      <c r="N491" s="221">
+        <v>96.666666666666643</v>
+      </c>
+      <c r="O491" s="221">
+        <v>97.407407407407391</v>
+      </c>
+      <c r="P491" s="221">
+        <v>74.074074074074076</v>
+      </c>
+    </row>
+    <row r="492" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A492" s="12" t="s">
+        <v>455</v>
+      </c>
+      <c r="B492" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="C492" s="133">
+        <v>0</v>
+      </c>
+      <c r="D492" s="167">
+        <v>1.2E-2</v>
+      </c>
+      <c r="E492" s="230">
+        <v>0</v>
+      </c>
+      <c r="F492" s="230">
+        <v>0</v>
+      </c>
+      <c r="G492" s="230">
+        <v>0</v>
+      </c>
+      <c r="H492" s="230">
+        <v>0</v>
+      </c>
+      <c r="I492" s="230">
+        <v>0</v>
+      </c>
+      <c r="J492" s="230">
+        <v>0</v>
+      </c>
+      <c r="K492" s="230">
+        <v>0</v>
+      </c>
+      <c r="L492" s="230">
+        <v>0</v>
+      </c>
+      <c r="M492" s="230">
+        <v>0</v>
+      </c>
+      <c r="N492" s="230">
+        <v>0</v>
+      </c>
+      <c r="O492" s="230">
+        <v>0</v>
+      </c>
+      <c r="P492" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="493" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A493" s="6"/>
+      <c r="B493" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C493" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D493" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E493" s="234">
+        <v>0</v>
+      </c>
+      <c r="F493" s="234">
+        <v>0</v>
+      </c>
+      <c r="G493" s="234">
+        <v>0</v>
+      </c>
+      <c r="H493" s="234">
+        <v>0</v>
+      </c>
+      <c r="I493" s="234">
+        <v>0</v>
+      </c>
+      <c r="J493" s="234">
+        <v>0</v>
+      </c>
+      <c r="K493" s="234">
+        <v>0</v>
+      </c>
+      <c r="L493" s="234">
+        <v>0</v>
+      </c>
+      <c r="M493" s="234">
+        <v>0</v>
+      </c>
+      <c r="N493" s="234">
+        <v>0</v>
+      </c>
+      <c r="O493" s="234">
+        <v>0</v>
+      </c>
+      <c r="P493" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="494" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A494" s="6"/>
+      <c r="B494" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C494" s="135"/>
+      <c r="D494" s="168"/>
+      <c r="E494" s="230">
+        <v>0</v>
+      </c>
+      <c r="F494" s="230">
+        <v>0</v>
+      </c>
+      <c r="G494" s="230">
+        <v>0</v>
+      </c>
+      <c r="H494" s="230">
+        <v>0</v>
+      </c>
+      <c r="I494" s="230">
+        <v>0</v>
+      </c>
+      <c r="J494" s="230">
+        <v>0</v>
+      </c>
+      <c r="K494" s="230">
+        <v>0</v>
+      </c>
+      <c r="L494" s="230">
+        <v>0</v>
+      </c>
+      <c r="M494" s="230">
+        <v>0</v>
+      </c>
+      <c r="N494" s="230">
+        <v>0</v>
+      </c>
+      <c r="O494" s="230">
+        <v>0</v>
+      </c>
+      <c r="P494" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="495" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A495" s="12" t="s">
+        <v>457</v>
+      </c>
+      <c r="B495" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="C495" s="133">
+        <v>0</v>
+      </c>
+      <c r="D495" s="167">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="E495" s="230">
+        <v>0</v>
+      </c>
+      <c r="F495" s="230">
+        <v>0</v>
+      </c>
+      <c r="G495" s="230">
+        <v>0</v>
+      </c>
+      <c r="H495" s="230">
+        <v>0</v>
+      </c>
+      <c r="I495" s="230">
+        <v>0</v>
+      </c>
+      <c r="J495" s="230">
+        <v>0</v>
+      </c>
+      <c r="K495" s="230">
+        <v>0</v>
+      </c>
+      <c r="L495" s="230">
+        <v>0</v>
+      </c>
+      <c r="M495" s="230">
+        <v>0</v>
+      </c>
+      <c r="N495" s="230">
+        <v>0</v>
+      </c>
+      <c r="O495" s="230">
+        <v>0</v>
+      </c>
+      <c r="P495" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="496" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A496" s="20"/>
+      <c r="B496" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C496" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D496" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E496" s="234">
+        <v>0</v>
+      </c>
+      <c r="F496" s="234">
+        <v>0</v>
+      </c>
+      <c r="G496" s="234">
+        <v>0</v>
+      </c>
+      <c r="H496" s="234">
+        <v>0</v>
+      </c>
+      <c r="I496" s="234">
+        <v>0</v>
+      </c>
+      <c r="J496" s="234">
+        <v>0</v>
+      </c>
+      <c r="K496" s="234">
+        <v>0</v>
+      </c>
+      <c r="L496" s="234">
+        <v>0</v>
+      </c>
+      <c r="M496" s="234">
+        <v>0</v>
+      </c>
+      <c r="N496" s="234">
+        <v>0</v>
+      </c>
+      <c r="O496" s="234">
+        <v>0</v>
+      </c>
+      <c r="P496" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="497" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A497" s="6"/>
+      <c r="B497" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C497" s="135"/>
+      <c r="D497" s="168"/>
+      <c r="E497" s="230">
+        <v>0</v>
+      </c>
+      <c r="F497" s="230">
+        <v>0</v>
+      </c>
+      <c r="G497" s="230">
+        <v>0</v>
+      </c>
+      <c r="H497" s="230">
+        <v>0</v>
+      </c>
+      <c r="I497" s="230">
+        <v>0</v>
+      </c>
+      <c r="J497" s="230">
+        <v>0</v>
+      </c>
+      <c r="K497" s="230">
+        <v>0</v>
+      </c>
+      <c r="L497" s="230">
+        <v>0</v>
+      </c>
+      <c r="M497" s="230">
+        <v>0</v>
+      </c>
+      <c r="N497" s="230">
+        <v>0</v>
+      </c>
+      <c r="O497" s="230">
+        <v>0</v>
+      </c>
+      <c r="P497" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="498" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A498" s="21" t="s">
+        <v>459</v>
+      </c>
+      <c r="B498" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="C498" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D498" s="167">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E498" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F498" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M498" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O498" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P498" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="499" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A499" s="6"/>
+      <c r="B499" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C499" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D499" s="220">
+        <v>0.42654028436018959</v>
+      </c>
+      <c r="E499" s="234">
+        <v>63.3</v>
+      </c>
+      <c r="F499" s="234">
+        <v>63.1</v>
+      </c>
+      <c r="G499" s="234">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="H499" s="234">
+        <v>36.4</v>
+      </c>
+      <c r="I499" s="234">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="J499" s="234">
+        <v>36.4</v>
+      </c>
+      <c r="K499" s="234">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="L499" s="234">
+        <v>36.6</v>
+      </c>
+      <c r="M499" s="234">
+        <v>42.7</v>
+      </c>
+      <c r="N499" s="234">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="O499" s="234">
+        <v>37</v>
+      </c>
+      <c r="P499" s="234">
+        <v>43.3</v>
+      </c>
+    </row>
+    <row r="500" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A500" s="6"/>
+      <c r="B500" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C500" s="135"/>
+      <c r="D500" s="168"/>
+      <c r="E500" s="230">
+        <v>0</v>
+      </c>
+      <c r="F500" s="230">
+        <v>0.74074074074071916</v>
+      </c>
+      <c r="G500" s="230">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="H500" s="230">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="I500" s="230">
+        <v>98.518518518518491</v>
+      </c>
+      <c r="J500" s="230">
+        <v>99.629629629629619</v>
+      </c>
+      <c r="K500" s="230">
+        <v>100</v>
+      </c>
+      <c r="L500" s="230">
+        <v>98.888888888888872</v>
+      </c>
+      <c r="M500" s="230">
+        <v>76.296296296296276</v>
+      </c>
+      <c r="N500" s="230">
+        <v>96.666666666666643</v>
+      </c>
+      <c r="O500" s="230">
+        <v>97.407407407407391</v>
+      </c>
+      <c r="P500" s="230">
+        <v>74.074074074074076</v>
+      </c>
+    </row>
+    <row r="501" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A501" s="21" t="s">
+        <v>461</v>
+      </c>
+      <c r="B501" s="24" t="s">
+        <v>462</v>
+      </c>
+      <c r="C501" s="133">
+        <v>0</v>
+      </c>
+      <c r="D501" s="167">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E501" s="230">
+        <v>0</v>
+      </c>
+      <c r="F501" s="230">
+        <v>0</v>
+      </c>
+      <c r="G501" s="230">
+        <v>0</v>
+      </c>
+      <c r="H501" s="230">
+        <v>0</v>
+      </c>
+      <c r="I501" s="230">
+        <v>0</v>
+      </c>
+      <c r="J501" s="230">
+        <v>0</v>
+      </c>
+      <c r="K501" s="230">
+        <v>0</v>
+      </c>
+      <c r="L501" s="230">
+        <v>0</v>
+      </c>
+      <c r="M501" s="230">
+        <v>0</v>
+      </c>
+      <c r="N501" s="230">
+        <v>0</v>
+      </c>
+      <c r="O501" s="230">
+        <v>0</v>
+      </c>
+      <c r="P501" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="502" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A502" s="6"/>
+      <c r="B502" s="47" t="s">
+        <v>475</v>
+      </c>
+      <c r="C502" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D502" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E502" s="234">
+        <v>0</v>
+      </c>
+      <c r="F502" s="234">
+        <v>0</v>
+      </c>
+      <c r="G502" s="234">
+        <v>0</v>
+      </c>
+      <c r="H502" s="234">
+        <v>0</v>
+      </c>
+      <c r="I502" s="234">
+        <v>0</v>
+      </c>
+      <c r="J502" s="234">
+        <v>0</v>
+      </c>
+      <c r="K502" s="234">
+        <v>0</v>
+      </c>
+      <c r="L502" s="234">
+        <v>0</v>
+      </c>
+      <c r="M502" s="234">
+        <v>0</v>
+      </c>
+      <c r="N502" s="234">
+        <v>0</v>
+      </c>
+      <c r="O502" s="234">
+        <v>0</v>
+      </c>
+      <c r="P502" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="503" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A503" s="6"/>
+      <c r="B503" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C503" s="135"/>
+      <c r="D503" s="168"/>
+      <c r="E503" s="230">
+        <v>0</v>
+      </c>
+      <c r="F503" s="230">
+        <v>0</v>
+      </c>
+      <c r="G503" s="230">
+        <v>0</v>
+      </c>
+      <c r="H503" s="230">
+        <v>0</v>
+      </c>
+      <c r="I503" s="230">
+        <v>0</v>
+      </c>
+      <c r="J503" s="230">
+        <v>0</v>
+      </c>
+      <c r="K503" s="230">
+        <v>0</v>
+      </c>
+      <c r="L503" s="230">
+        <v>0</v>
+      </c>
+      <c r="M503" s="230">
+        <v>0</v>
+      </c>
+      <c r="N503" s="230">
+        <v>0</v>
+      </c>
+      <c r="O503" s="230">
+        <v>0</v>
+      </c>
+      <c r="P503" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="504" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A504" s="25" t="s">
+        <v>463</v>
+      </c>
+      <c r="B504" s="30" t="s">
+        <v>464</v>
+      </c>
+      <c r="C504" s="133">
+        <v>0</v>
+      </c>
+      <c r="D504" s="167">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E504" s="221">
+        <v>0</v>
+      </c>
+      <c r="F504" s="221">
+        <v>0</v>
+      </c>
+      <c r="G504" s="221">
+        <v>0</v>
+      </c>
+      <c r="H504" s="221">
+        <v>0</v>
+      </c>
+      <c r="I504" s="221">
+        <v>0</v>
+      </c>
+      <c r="J504" s="221">
+        <v>0</v>
+      </c>
+      <c r="K504" s="221">
+        <v>0</v>
+      </c>
+      <c r="L504" s="221">
+        <v>0</v>
+      </c>
+      <c r="M504" s="221">
+        <v>0</v>
+      </c>
+      <c r="N504" s="221">
+        <v>0</v>
+      </c>
+      <c r="O504" s="221">
+        <v>0</v>
+      </c>
+      <c r="P504" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="505" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A505" s="21" t="s">
+        <v>465</v>
+      </c>
+      <c r="B505" s="31" t="s">
+        <v>466</v>
+      </c>
+      <c r="C505" s="133">
+        <v>0</v>
+      </c>
+      <c r="D505" s="167">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E505" s="221">
+        <v>0</v>
+      </c>
+      <c r="F505" s="221">
+        <v>0</v>
+      </c>
+      <c r="G505" s="221">
+        <v>0</v>
+      </c>
+      <c r="H505" s="221">
+        <v>0</v>
+      </c>
+      <c r="I505" s="221">
+        <v>0</v>
+      </c>
+      <c r="J505" s="221">
+        <v>0</v>
+      </c>
+      <c r="K505" s="221">
+        <v>0</v>
+      </c>
+      <c r="L505" s="221">
+        <v>0</v>
+      </c>
+      <c r="M505" s="221">
+        <v>0</v>
+      </c>
+      <c r="N505" s="221">
+        <v>0</v>
+      </c>
+      <c r="O505" s="221">
+        <v>0</v>
+      </c>
+      <c r="P505" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="506" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A506" s="12" t="s">
+        <v>467</v>
+      </c>
+      <c r="B506" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="C506" s="133">
+        <v>0</v>
+      </c>
+      <c r="D506" s="167">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="E506" s="230">
+        <v>0</v>
+      </c>
+      <c r="F506" s="230">
+        <v>0</v>
+      </c>
+      <c r="G506" s="230">
+        <v>0</v>
+      </c>
+      <c r="H506" s="230">
+        <v>0</v>
+      </c>
+      <c r="I506" s="230">
+        <v>0</v>
+      </c>
+      <c r="J506" s="230">
+        <v>0</v>
+      </c>
+      <c r="K506" s="230">
+        <v>0</v>
+      </c>
+      <c r="L506" s="230">
+        <v>0</v>
+      </c>
+      <c r="M506" s="230">
+        <v>0</v>
+      </c>
+      <c r="N506" s="230">
+        <v>0</v>
+      </c>
+      <c r="O506" s="230">
+        <v>0</v>
+      </c>
+      <c r="P506" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="507" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A507" s="6"/>
+      <c r="B507" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C507" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D507" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E507" s="234">
+        <v>0</v>
+      </c>
+      <c r="F507" s="234">
+        <v>0</v>
+      </c>
+      <c r="G507" s="234">
+        <v>0</v>
+      </c>
+      <c r="H507" s="234">
+        <v>0</v>
+      </c>
+      <c r="I507" s="234">
+        <v>0</v>
+      </c>
+      <c r="J507" s="234">
+        <v>0</v>
+      </c>
+      <c r="K507" s="234">
+        <v>0</v>
+      </c>
+      <c r="L507" s="234">
+        <v>0</v>
+      </c>
+      <c r="M507" s="234">
+        <v>0</v>
+      </c>
+      <c r="N507" s="234">
+        <v>0</v>
+      </c>
+      <c r="O507" s="234">
+        <v>0</v>
+      </c>
+      <c r="P507" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="508" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A508" s="6"/>
+      <c r="B508" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C508" s="135"/>
+      <c r="D508" s="168"/>
+      <c r="E508" s="230">
+        <v>0</v>
+      </c>
+      <c r="F508" s="230">
+        <v>0</v>
+      </c>
+      <c r="G508" s="230">
+        <v>0</v>
+      </c>
+      <c r="H508" s="230">
+        <v>0</v>
+      </c>
+      <c r="I508" s="230">
+        <v>0</v>
+      </c>
+      <c r="J508" s="230">
+        <v>0</v>
+      </c>
+      <c r="K508" s="230">
+        <v>0</v>
+      </c>
+      <c r="L508" s="230">
+        <v>0</v>
+      </c>
+      <c r="M508" s="230">
+        <v>0</v>
+      </c>
+      <c r="N508" s="230">
+        <v>0</v>
+      </c>
+      <c r="O508" s="230">
+        <v>0</v>
+      </c>
+      <c r="P508" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="509" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A509" s="12" t="s">
+        <v>469</v>
+      </c>
+      <c r="B509" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="C509" s="133">
+        <v>0</v>
+      </c>
+      <c r="D509" s="167">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="E509" s="230">
+        <v>0</v>
+      </c>
+      <c r="F509" s="230">
+        <v>0</v>
+      </c>
+      <c r="G509" s="230">
+        <v>0</v>
+      </c>
+      <c r="H509" s="230">
+        <v>0</v>
+      </c>
+      <c r="I509" s="230">
+        <v>0</v>
+      </c>
+      <c r="J509" s="230">
+        <v>0</v>
+      </c>
+      <c r="K509" s="230">
+        <v>0</v>
+      </c>
+      <c r="L509" s="230">
+        <v>0</v>
+      </c>
+      <c r="M509" s="230">
+        <v>0</v>
+      </c>
+      <c r="N509" s="230">
+        <v>0</v>
+      </c>
+      <c r="O509" s="230">
+        <v>0</v>
+      </c>
+      <c r="P509" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="510" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A510" s="20"/>
+      <c r="B510" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C510" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D510" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E510" s="234">
+        <v>0</v>
+      </c>
+      <c r="F510" s="234">
+        <v>0</v>
+      </c>
+      <c r="G510" s="234">
+        <v>0</v>
+      </c>
+      <c r="H510" s="234">
+        <v>0</v>
+      </c>
+      <c r="I510" s="234">
+        <v>0</v>
+      </c>
+      <c r="J510" s="234">
+        <v>0</v>
+      </c>
+      <c r="K510" s="234">
+        <v>0</v>
+      </c>
+      <c r="L510" s="234">
+        <v>0</v>
+      </c>
+      <c r="M510" s="234">
+        <v>0</v>
+      </c>
+      <c r="N510" s="234">
+        <v>0</v>
+      </c>
+      <c r="O510" s="234">
+        <v>0</v>
+      </c>
+      <c r="P510" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="511" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A511" s="6"/>
+      <c r="B511" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C511" s="135"/>
+      <c r="D511" s="168"/>
+      <c r="E511" s="230">
+        <v>0</v>
+      </c>
+      <c r="F511" s="230">
+        <v>0</v>
+      </c>
+      <c r="G511" s="230">
+        <v>0</v>
+      </c>
+      <c r="H511" s="230">
+        <v>0</v>
+      </c>
+      <c r="I511" s="230">
+        <v>0</v>
+      </c>
+      <c r="J511" s="230">
+        <v>0</v>
+      </c>
+      <c r="K511" s="230">
+        <v>0</v>
+      </c>
+      <c r="L511" s="230">
+        <v>0</v>
+      </c>
+      <c r="M511" s="230">
+        <v>0</v>
+      </c>
+      <c r="N511" s="230">
+        <v>0</v>
+      </c>
+      <c r="O511" s="230">
+        <v>0</v>
+      </c>
+      <c r="P511" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="512" spans="1:16" customFormat="1" ht="25.5" hidden="1" outlineLevel="2">
+      <c r="A512" s="21" t="s">
+        <v>471</v>
+      </c>
+      <c r="B512" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="C512" s="133">
+        <v>0</v>
+      </c>
+      <c r="D512" s="167">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E512" s="230">
+        <v>0</v>
+      </c>
+      <c r="F512" s="230">
+        <v>0</v>
+      </c>
+      <c r="G512" s="230">
+        <v>0</v>
+      </c>
+      <c r="H512" s="230">
+        <v>0</v>
+      </c>
+      <c r="I512" s="230">
+        <v>0</v>
+      </c>
+      <c r="J512" s="230">
+        <v>0</v>
+      </c>
+      <c r="K512" s="230">
+        <v>0</v>
+      </c>
+      <c r="L512" s="230">
+        <v>0</v>
+      </c>
+      <c r="M512" s="230">
+        <v>0</v>
+      </c>
+      <c r="N512" s="230">
+        <v>0</v>
+      </c>
+      <c r="O512" s="230">
+        <v>0</v>
+      </c>
+      <c r="P512" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="513" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A513" s="6"/>
+      <c r="B513" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C513" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D513" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E513" s="234">
+        <v>0</v>
+      </c>
+      <c r="F513" s="234">
+        <v>0</v>
+      </c>
+      <c r="G513" s="234">
+        <v>0</v>
+      </c>
+      <c r="H513" s="234">
+        <v>0</v>
+      </c>
+      <c r="I513" s="234">
+        <v>0</v>
+      </c>
+      <c r="J513" s="234">
+        <v>0</v>
+      </c>
+      <c r="K513" s="234">
+        <v>0</v>
+      </c>
+      <c r="L513" s="234">
+        <v>0</v>
+      </c>
+      <c r="M513" s="234">
+        <v>0</v>
+      </c>
+      <c r="N513" s="234">
+        <v>0</v>
+      </c>
+      <c r="O513" s="234">
+        <v>0</v>
+      </c>
+      <c r="P513" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="514" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A514" s="6"/>
+      <c r="B514" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C514" s="135"/>
+      <c r="D514" s="168"/>
+      <c r="E514" s="230">
+        <v>0</v>
+      </c>
+      <c r="F514" s="230">
+        <v>0</v>
+      </c>
+      <c r="G514" s="230">
+        <v>0</v>
+      </c>
+      <c r="H514" s="230">
+        <v>0</v>
+      </c>
+      <c r="I514" s="230">
+        <v>0</v>
+      </c>
+      <c r="J514" s="230">
+        <v>0</v>
+      </c>
+      <c r="K514" s="230">
+        <v>0</v>
+      </c>
+      <c r="L514" s="230">
+        <v>0</v>
+      </c>
+      <c r="M514" s="230">
+        <v>0</v>
+      </c>
+      <c r="N514" s="230">
+        <v>0</v>
+      </c>
+      <c r="O514" s="230">
+        <v>0</v>
+      </c>
+      <c r="P514" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="515" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A515" s="21" t="s">
+        <v>473</v>
+      </c>
+      <c r="B515" s="29" t="s">
+        <v>474</v>
+      </c>
+      <c r="C515" s="133">
+        <v>0</v>
+      </c>
+      <c r="D515" s="167">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E515" s="230">
+        <v>0</v>
+      </c>
+      <c r="F515" s="230">
+        <v>0</v>
+      </c>
+      <c r="G515" s="230">
+        <v>0</v>
+      </c>
+      <c r="H515" s="230">
+        <v>0</v>
+      </c>
+      <c r="I515" s="230">
+        <v>0</v>
+      </c>
+      <c r="J515" s="230">
+        <v>0</v>
+      </c>
+      <c r="K515" s="230">
+        <v>0</v>
+      </c>
+      <c r="L515" s="230">
+        <v>0</v>
+      </c>
+      <c r="M515" s="230">
+        <v>0</v>
+      </c>
+      <c r="N515" s="230">
+        <v>0</v>
+      </c>
+      <c r="O515" s="230">
+        <v>0</v>
+      </c>
+      <c r="P515" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="516" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A516" s="6"/>
+      <c r="B516" s="47" t="s">
+        <v>475</v>
+      </c>
+      <c r="C516" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D516" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E516" s="234">
+        <v>0</v>
+      </c>
+      <c r="F516" s="234">
+        <v>0</v>
+      </c>
+      <c r="G516" s="234">
+        <v>0</v>
+      </c>
+      <c r="H516" s="234">
+        <v>0</v>
+      </c>
+      <c r="I516" s="234">
+        <v>0</v>
+      </c>
+      <c r="J516" s="234">
+        <v>0</v>
+      </c>
+      <c r="K516" s="234">
+        <v>0</v>
+      </c>
+      <c r="L516" s="234">
+        <v>0</v>
+      </c>
+      <c r="M516" s="234">
+        <v>0</v>
+      </c>
+      <c r="N516" s="234">
+        <v>0</v>
+      </c>
+      <c r="O516" s="234">
+        <v>0</v>
+      </c>
+      <c r="P516" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="517" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A517" s="6"/>
+      <c r="B517" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C517" s="135"/>
+      <c r="D517" s="168"/>
+      <c r="E517" s="230">
+        <v>0</v>
+      </c>
+      <c r="F517" s="230">
+        <v>0</v>
+      </c>
+      <c r="G517" s="230">
+        <v>0</v>
+      </c>
+      <c r="H517" s="230">
+        <v>0</v>
+      </c>
+      <c r="I517" s="230">
+        <v>0</v>
+      </c>
+      <c r="J517" s="230">
+        <v>0</v>
+      </c>
+      <c r="K517" s="230">
+        <v>0</v>
+      </c>
+      <c r="L517" s="230">
+        <v>0</v>
+      </c>
+      <c r="M517" s="230">
+        <v>0</v>
+      </c>
+      <c r="N517" s="230">
+        <v>0</v>
+      </c>
+      <c r="O517" s="230">
+        <v>0</v>
+      </c>
+      <c r="P517" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="518" spans="1:16" customFormat="1" ht="39.950000000000003" customHeight="1" collapsed="1" thickTop="1">
+      <c r="A518" s="106" t="s">
+        <v>476</v>
+      </c>
+      <c r="B518" s="107" t="s">
+        <v>477</v>
+      </c>
+      <c r="C518" s="150" t="s">
+        <v>1</v>
+      </c>
+      <c r="D518" s="209" t="s">
+        <v>17</v>
+      </c>
+      <c r="E518" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="F518" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G518" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H518" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I518" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J518" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K518" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L518" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M518" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="N518" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O518" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P518" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="519" spans="1:16" customFormat="1" ht="20.100000000000001" customHeight="1" collapsed="1" thickBot="1">
+      <c r="A519" s="105"/>
+      <c r="B519" s="108" t="s">
+        <v>18</v>
+      </c>
+      <c r="C519" s="151"/>
+      <c r="D519" s="210"/>
+      <c r="E519" s="236">
+        <v>49.672956942006572</v>
+      </c>
+      <c r="F519" s="236">
+        <v>49.508446709351176</v>
+      </c>
+      <c r="G519" s="236">
+        <v>71.928345452517917</v>
+      </c>
+      <c r="H519" s="236">
+        <v>74.057361702275202</v>
+      </c>
+      <c r="I519" s="236">
+        <v>61.367628160595835</v>
+      </c>
+      <c r="J519" s="236">
+        <v>63.499364388593271</v>
+      </c>
+      <c r="K519" s="236">
+        <v>49.894738666637252</v>
+      </c>
+      <c r="L519" s="236">
+        <v>48.333701371566875</v>
+      </c>
+      <c r="M519" s="236">
+        <v>28.067429095525217</v>
+      </c>
+      <c r="N519" s="236">
+        <v>83.786242324891305</v>
+      </c>
+      <c r="O519" s="236">
+        <v>85.389212889752358</v>
+      </c>
+      <c r="P519" s="236">
+        <v>63.50794575030087</v>
+      </c>
+    </row>
+    <row r="520" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A520" s="86" t="s">
+        <v>478</v>
+      </c>
+      <c r="B520" s="87" t="s">
+        <v>479</v>
+      </c>
+      <c r="C520" s="152">
+        <v>1</v>
+      </c>
+      <c r="D520" s="188">
+        <v>0.1</v>
+      </c>
+      <c r="E520" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F520" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="G520" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H520" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I520" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J520" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="K520" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="L520" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M520" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="N520" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O520" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P520" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="521" spans="1:16" customFormat="1" ht="17.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A521" s="89"/>
+      <c r="B521" s="90" t="s">
+        <v>18</v>
+      </c>
+      <c r="C521" s="152"/>
+      <c r="D521" s="183"/>
+      <c r="E521" s="236">
+        <v>29.667658730158728</v>
+      </c>
+      <c r="F521" s="236">
+        <v>6.0537810537810621</v>
+      </c>
+      <c r="G521" s="236">
+        <v>61.232047794547796</v>
+      </c>
+      <c r="H521" s="236">
+        <v>83.300378300378313</v>
+      </c>
+      <c r="I521" s="236">
+        <v>60.320860633360631</v>
+      </c>
+      <c r="J521" s="236">
+        <v>82.547921297921306</v>
+      </c>
+      <c r="K521" s="236">
+        <v>88.348189910689911</v>
+      </c>
+      <c r="L521" s="236">
+        <v>66.577478452478459</v>
+      </c>
+      <c r="M521" s="236">
+        <v>77.197554697554708</v>
+      </c>
+      <c r="N521" s="236">
+        <v>65.381944444444443</v>
+      </c>
+      <c r="O521" s="236">
+        <v>87.901663839163845</v>
+      </c>
+      <c r="P521" s="236">
+        <v>76.245076245076248</v>
+      </c>
+    </row>
+    <row r="522" spans="1:16" customFormat="1" ht="45.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A522" s="119" t="s">
+        <v>480</v>
+      </c>
+      <c r="B522" s="39" t="s">
+        <v>481</v>
+      </c>
+      <c r="C522" s="133">
+        <v>2</v>
+      </c>
+      <c r="D522" s="164">
+        <v>0.05</v>
+      </c>
+      <c r="E522" s="259">
+        <v>19.999999999999989</v>
+      </c>
+      <c r="F522" s="259">
+        <v>0.79365079365079794</v>
+      </c>
+      <c r="G522" s="259">
+        <v>73.650793650793659</v>
+      </c>
+      <c r="H522" s="259">
+        <v>85.396825396825406</v>
+      </c>
+      <c r="I522" s="259">
+        <v>73.333333333333329</v>
+      </c>
+      <c r="J522" s="259">
+        <v>85.396825396825406</v>
+      </c>
+      <c r="K522" s="259">
+        <v>98.412698412698418</v>
+      </c>
+      <c r="L522" s="259">
+        <v>86.666666666666671</v>
+      </c>
+      <c r="M522" s="259">
+        <v>86.666666666666671</v>
+      </c>
+      <c r="N522" s="259">
+        <v>75.555555555555543</v>
+      </c>
+      <c r="O522" s="259">
+        <v>87.857142857142875</v>
+      </c>
+      <c r="P522" s="259">
+        <v>75.793650793650798</v>
+      </c>
+    </row>
+    <row r="523" spans="1:16" customFormat="1" ht="33" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A523" s="38" t="s">
+        <v>482</v>
+      </c>
+      <c r="B523" s="36" t="s">
+        <v>483</v>
+      </c>
+      <c r="C523" s="133">
+        <v>2</v>
+      </c>
+      <c r="D523" s="180">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="E523" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F523" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G523" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H523" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I523" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J523" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K523" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L523" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M523" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N523" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O523" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P523" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="524" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A524" s="37"/>
+      <c r="B524" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C524" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D524" s="220">
+        <v>0.57971014492753614</v>
+      </c>
+      <c r="E524" s="234">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="F524" s="234">
+        <v>20.7</v>
+      </c>
+      <c r="G524" s="234">
+        <v>12.3</v>
+      </c>
+      <c r="H524" s="234">
+        <v>9.9</v>
+      </c>
+      <c r="I524" s="234">
+        <v>12.5</v>
+      </c>
+      <c r="J524" s="234">
+        <v>9.8999999999999986</v>
+      </c>
+      <c r="K524" s="234">
+        <v>8.7000000000000011</v>
+      </c>
+      <c r="L524" s="234">
+        <v>11.1</v>
+      </c>
+      <c r="M524" s="234">
+        <v>10.100000000000001</v>
+      </c>
+      <c r="N524" s="234">
+        <v>12.100000000000001</v>
+      </c>
+      <c r="O524" s="234">
+        <v>9.6</v>
+      </c>
+      <c r="P524" s="234">
+        <v>11.2</v>
+      </c>
+    </row>
+    <row r="525" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A525" s="37"/>
+      <c r="B525" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C525" s="135"/>
+      <c r="D525" s="181"/>
+      <c r="E525" s="230">
+        <v>29.999999999999986</v>
+      </c>
+      <c r="F525" s="230">
+        <v>0</v>
+      </c>
+      <c r="G525" s="230">
+        <v>70</v>
+      </c>
+      <c r="H525" s="230">
+        <v>90</v>
+      </c>
+      <c r="I525" s="230">
+        <v>68.333333333333343</v>
+      </c>
+      <c r="J525" s="230">
+        <v>90.000000000000014</v>
+      </c>
+      <c r="K525" s="230">
+        <v>100</v>
+      </c>
+      <c r="L525" s="230">
+        <v>80.000000000000014</v>
+      </c>
+      <c r="M525" s="230">
+        <v>88.333333333333329</v>
+      </c>
+      <c r="N525" s="230">
+        <v>71.666666666666657</v>
+      </c>
+      <c r="O525" s="230">
+        <v>92.500000000000014</v>
+      </c>
+      <c r="P525" s="230">
+        <v>79.166666666666686</v>
+      </c>
+    </row>
+    <row r="526" spans="1:16" customFormat="1" ht="33" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A526" s="38" t="s">
+        <v>484</v>
+      </c>
+      <c r="B526" s="36" t="s">
+        <v>485</v>
+      </c>
+      <c r="C526" s="133">
+        <v>1</v>
+      </c>
+      <c r="D526" s="180">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E526" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F526" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G526" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H526" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I526" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J526" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K526" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L526" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M526" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N526" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O526" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P526" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="527" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A527" s="37"/>
+      <c r="B527" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C527" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D527" s="220">
+        <v>0.54545454545454541</v>
+      </c>
+      <c r="E527" s="234">
+        <v>7.7</v>
+      </c>
+      <c r="F527" s="234">
+        <v>7.6</v>
+      </c>
+      <c r="G527" s="234">
+        <v>4.3</v>
+      </c>
+      <c r="H527" s="234">
+        <v>4.5</v>
+      </c>
+      <c r="I527" s="234">
+        <v>4.2</v>
+      </c>
+      <c r="J527" s="234">
+        <v>4.5</v>
+      </c>
+      <c r="K527" s="234">
+        <v>3.7</v>
+      </c>
+      <c r="L527" s="234">
+        <v>3.5</v>
+      </c>
+      <c r="M527" s="234">
+        <v>4.2</v>
+      </c>
+      <c r="N527" s="234">
+        <v>4.2</v>
+      </c>
+      <c r="O527" s="234">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P527" s="234">
+        <v>4.8</v>
+      </c>
+    </row>
+    <row r="528" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A528" s="37"/>
+      <c r="B528" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C528" s="135"/>
+      <c r="D528" s="181"/>
+      <c r="E528" s="230">
+        <v>0</v>
+      </c>
+      <c r="F528" s="230">
+        <v>2.3809523809523938</v>
+      </c>
+      <c r="G528" s="230">
+        <v>80.952380952380963</v>
+      </c>
+      <c r="H528" s="230">
+        <v>76.19047619047619</v>
+      </c>
+      <c r="I528" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="J528" s="230">
+        <v>76.19047619047619</v>
+      </c>
+      <c r="K528" s="230">
+        <v>95.238095238095241</v>
+      </c>
+      <c r="L528" s="230">
+        <v>100</v>
+      </c>
+      <c r="M528" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="N528" s="230">
+        <v>83.333333333333329</v>
+      </c>
+      <c r="O528" s="230">
+        <v>78.571428571428569</v>
+      </c>
+      <c r="P528" s="230">
+        <v>69.047619047619051</v>
+      </c>
+    </row>
+    <row r="529" spans="1:16" customFormat="1" ht="60" hidden="1" outlineLevel="2">
+      <c r="A529" s="119" t="s">
+        <v>486</v>
+      </c>
+      <c r="B529" s="53" t="s">
+        <v>487</v>
+      </c>
+      <c r="C529" s="133">
+        <v>1</v>
+      </c>
+      <c r="D529" s="164">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E529" s="221">
+        <v>78.670634920634924</v>
+      </c>
+      <c r="F529" s="221">
+        <v>1.1904761904761898</v>
+      </c>
+      <c r="G529" s="221">
+        <v>32.638888888888893</v>
+      </c>
+      <c r="H529" s="221">
+        <v>100</v>
+      </c>
+      <c r="I529" s="221">
+        <v>32.638888888888893</v>
+      </c>
+      <c r="J529" s="221">
+        <v>100</v>
+      </c>
+      <c r="K529" s="221">
+        <v>77.083333333333329</v>
+      </c>
+      <c r="L529" s="221">
+        <v>10.912698412698427</v>
+      </c>
+      <c r="M529" s="221">
+        <v>72.619047619047635</v>
+      </c>
+      <c r="N529" s="221">
+        <v>10.416666666666694</v>
+      </c>
+      <c r="O529" s="221">
+        <v>78.472222222222229</v>
+      </c>
+      <c r="P529" s="221">
+        <v>72.619047619047635</v>
+      </c>
+    </row>
+    <row r="530" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A530" s="35" t="s">
+        <v>488</v>
+      </c>
+      <c r="B530" s="54" t="s">
+        <v>489</v>
+      </c>
+      <c r="C530" s="133">
+        <v>2</v>
+      </c>
+      <c r="D530" s="164">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E530" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F530" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G530" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H530" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I530" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J530" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K530" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L530" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M530" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N530" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O530" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P530" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="531" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A531" s="40"/>
+      <c r="B531" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C531" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D531" s="220">
+        <v>0.88888888888888895</v>
+      </c>
+      <c r="E531" s="234">
+        <v>2.9</v>
+      </c>
+      <c r="F531" s="234">
+        <v>10.8</v>
+      </c>
+      <c r="G531" s="234">
+        <v>7.3</v>
+      </c>
+      <c r="H531" s="234">
+        <v>1.2000000000000002</v>
+      </c>
+      <c r="I531" s="234">
+        <v>7.3</v>
+      </c>
+      <c r="J531" s="234">
+        <v>1.2000000000000002</v>
+      </c>
+      <c r="K531" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="L531" s="234">
+        <v>9.4</v>
+      </c>
+      <c r="M531" s="234">
+        <v>3.5999999999999996</v>
+      </c>
+      <c r="N531" s="234">
+        <v>9.2999999999999989</v>
+      </c>
+      <c r="O531" s="234">
+        <v>3.1</v>
+      </c>
+      <c r="P531" s="234">
+        <v>3.5999999999999996</v>
+      </c>
+    </row>
+    <row r="532" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A532" s="40"/>
+      <c r="B532" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C532" s="135"/>
+      <c r="D532" s="184"/>
+      <c r="E532" s="230">
+        <v>82.291666666666671</v>
+      </c>
+      <c r="F532" s="230">
+        <v>0</v>
+      </c>
+      <c r="G532" s="230">
+        <v>36.458333333333343</v>
+      </c>
+      <c r="H532" s="230">
+        <v>100</v>
+      </c>
+      <c r="I532" s="230">
+        <v>36.458333333333343</v>
+      </c>
+      <c r="J532" s="230">
+        <v>100</v>
+      </c>
+      <c r="K532" s="230">
+        <v>78.125</v>
+      </c>
+      <c r="L532" s="230">
+        <v>14.583333333333357</v>
+      </c>
+      <c r="M532" s="230">
+        <v>75.000000000000014</v>
+      </c>
+      <c r="N532" s="230">
+        <v>15.625000000000043</v>
+      </c>
+      <c r="O532" s="230">
+        <v>80.208333333333343</v>
+      </c>
+      <c r="P532" s="230">
+        <v>75.000000000000014</v>
+      </c>
+    </row>
+    <row r="533" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A533" s="35" t="s">
+        <v>490</v>
+      </c>
+      <c r="B533" s="54" t="s">
+        <v>491</v>
+      </c>
+      <c r="C533" s="133">
+        <v>1</v>
+      </c>
+      <c r="D533" s="164">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E533" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F533" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G533" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H533" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I533" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J533" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K533" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L533" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M533" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N533" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O533" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="P533" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="534" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A534" s="40"/>
+      <c r="B534" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C534" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D534" s="220">
+        <v>0.82352941176470584</v>
+      </c>
+      <c r="E534" s="234">
+        <v>1.4</v>
+      </c>
+      <c r="F534" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="G534" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="H534" s="234">
+        <v>0.6</v>
+      </c>
+      <c r="I534" s="234">
+        <v>2.7</v>
+      </c>
+      <c r="J534" s="234">
+        <v>0.6</v>
+      </c>
+      <c r="K534" s="234">
+        <v>1.3</v>
+      </c>
+      <c r="L534" s="234">
+        <v>3.3</v>
+      </c>
+      <c r="M534" s="234">
+        <v>1.5</v>
+      </c>
+      <c r="N534" s="234">
+        <v>3.4</v>
+      </c>
+      <c r="O534" s="234">
+        <v>1.3</v>
+      </c>
+      <c r="P534" s="234">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="535" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A535" s="40"/>
+      <c r="B535" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C535" s="144"/>
+      <c r="D535" s="185"/>
+      <c r="E535" s="230">
+        <v>71.428571428571431</v>
+      </c>
+      <c r="F535" s="230">
+        <v>3.5714285714285694</v>
+      </c>
+      <c r="G535" s="230">
+        <v>25</v>
+      </c>
+      <c r="H535" s="230">
+        <v>100</v>
+      </c>
+      <c r="I535" s="230">
+        <v>25</v>
+      </c>
+      <c r="J535" s="230">
+        <v>100</v>
+      </c>
+      <c r="K535" s="230">
+        <v>75</v>
+      </c>
+      <c r="L535" s="230">
+        <v>3.5714285714285694</v>
+      </c>
+      <c r="M535" s="230">
+        <v>67.857142857142861</v>
+      </c>
+      <c r="N535" s="230">
+        <v>0</v>
+      </c>
+      <c r="O535" s="230">
+        <v>75</v>
+      </c>
+      <c r="P535" s="230">
+        <v>67.857142857142861</v>
+      </c>
+    </row>
+    <row r="536" spans="1:16" customFormat="1" ht="60" hidden="1" outlineLevel="2">
+      <c r="A536" s="119" t="s">
+        <v>492</v>
+      </c>
+      <c r="B536" s="36" t="s">
+        <v>654</v>
+      </c>
+      <c r="C536" s="133">
+        <v>1</v>
+      </c>
+      <c r="D536" s="164">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E536" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F536" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G536" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H536" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I536" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J536" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="K536" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L536" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M536" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="N536" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O536" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P536" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="537" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A537" s="40"/>
+      <c r="B537" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C537" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D537" s="220">
+        <v>0.48394768133174798</v>
+      </c>
+      <c r="E537" s="234">
+        <v>336.40000000000003</v>
+      </c>
+      <c r="F537" s="234">
+        <v>301.5</v>
+      </c>
+      <c r="G537" s="234">
+        <v>230.60000000000002</v>
+      </c>
+      <c r="H537" s="234">
+        <v>234.79999999999998</v>
+      </c>
+      <c r="I537" s="234">
+        <v>235.5</v>
+      </c>
+      <c r="J537" s="234">
+        <v>239.7</v>
+      </c>
+      <c r="K537" s="234">
+        <v>207</v>
+      </c>
+      <c r="L537" s="234">
+        <v>202.8</v>
+      </c>
+      <c r="M537" s="234">
+        <v>234.1</v>
+      </c>
+      <c r="N537" s="234">
+        <v>173.6</v>
+      </c>
+      <c r="O537" s="234">
+        <v>177.8</v>
+      </c>
+      <c r="P537" s="234">
+        <v>204.89999999999998</v>
+      </c>
+    </row>
+    <row r="538" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A538" s="40"/>
+      <c r="B538" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C538" s="135"/>
+      <c r="D538" s="184"/>
+      <c r="E538" s="230">
+        <v>0</v>
+      </c>
+      <c r="F538" s="230">
+        <v>21.437346437346463</v>
+      </c>
+      <c r="G538" s="230">
+        <v>64.98771498771498</v>
+      </c>
+      <c r="H538" s="230">
+        <v>62.407862407862424</v>
+      </c>
+      <c r="I538" s="230">
+        <v>61.977886977886982</v>
+      </c>
+      <c r="J538" s="230">
+        <v>59.398034398034412</v>
+      </c>
+      <c r="K538" s="230">
+        <v>79.484029484029492</v>
+      </c>
+      <c r="L538" s="230">
+        <v>82.063882063882062</v>
+      </c>
+      <c r="M538" s="230">
+        <v>62.837837837837846</v>
+      </c>
+      <c r="N538" s="230">
+        <v>100</v>
+      </c>
+      <c r="O538" s="230">
+        <v>97.420147420147416</v>
+      </c>
+      <c r="P538" s="230">
+        <v>80.773955773955791</v>
+      </c>
+    </row>
+    <row r="539" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A539" s="95" t="s">
+        <v>493</v>
+      </c>
+      <c r="B539" s="96" t="s">
+        <v>494</v>
+      </c>
+      <c r="C539" s="146">
+        <v>2</v>
+      </c>
+      <c r="D539" s="186">
+        <v>0.2</v>
+      </c>
+      <c r="E539" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F539" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G539" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="H539" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="I539" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="J539" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="K539" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L539" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M539" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="N539" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O539" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P539" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="540" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A540" s="127"/>
+      <c r="B540" s="128" t="s">
+        <v>18</v>
+      </c>
+      <c r="C540" s="145"/>
+      <c r="D540" s="182"/>
+      <c r="E540" s="236">
+        <v>30.541620538356277</v>
+      </c>
+      <c r="F540" s="236">
+        <v>40.215154419450656</v>
+      </c>
+      <c r="G540" s="236">
+        <v>54.557603016172237</v>
+      </c>
+      <c r="H540" s="236">
+        <v>52.896171709510796</v>
+      </c>
+      <c r="I540" s="236">
+        <v>22.070069180415604</v>
+      </c>
+      <c r="J540" s="236">
+        <v>20.342192691029897</v>
+      </c>
+      <c r="K540" s="236">
+        <v>46.53933958878698</v>
+      </c>
+      <c r="L540" s="236">
+        <v>48.249861406401649</v>
+      </c>
+      <c r="M540" s="236">
+        <v>23.802069599705273</v>
+      </c>
+      <c r="N540" s="236">
+        <v>86.4475249748577</v>
+      </c>
+      <c r="O540" s="236">
+        <v>84.596647255459729</v>
+      </c>
+      <c r="P540" s="236">
+        <v>61.856055007241778</v>
+      </c>
+    </row>
+    <row r="541" spans="1:16" s="227" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A541" s="222" t="s">
+        <v>495</v>
+      </c>
+      <c r="B541" s="223" t="s">
+        <v>496</v>
+      </c>
+      <c r="C541" s="224">
+        <v>1</v>
+      </c>
+      <c r="D541" s="225">
+        <v>0.1</v>
+      </c>
+      <c r="E541" s="226"/>
+      <c r="F541" s="226"/>
+      <c r="G541" s="226"/>
+      <c r="H541" s="226"/>
+      <c r="I541" s="226"/>
+      <c r="J541" s="226"/>
+      <c r="K541" s="226"/>
+      <c r="L541" s="226"/>
+      <c r="M541" s="226"/>
+      <c r="N541" s="226"/>
+      <c r="O541" s="226"/>
+      <c r="P541" s="226"/>
+    </row>
+    <row r="542" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A542" s="119" t="s">
+        <v>495</v>
+      </c>
+      <c r="B542" s="39" t="s">
+        <v>497</v>
+      </c>
+      <c r="C542" s="133">
+        <v>2</v>
+      </c>
+      <c r="D542" s="180">
+        <v>0.1</v>
+      </c>
+      <c r="E542" s="221">
+        <v>28.13971243160708</v>
+      </c>
+      <c r="F542" s="221">
+        <v>38.099630996310019</v>
+      </c>
+      <c r="G542" s="221">
+        <v>37.27467447088268</v>
+      </c>
+      <c r="H542" s="221">
+        <v>30.467192602960527</v>
+      </c>
+      <c r="I542" s="221">
+        <v>6.807481867922168</v>
+      </c>
+      <c r="J542" s="221">
+        <v>-4.736951571734001E-15</v>
+      </c>
+      <c r="K542" s="221">
+        <v>51.117614624422096</v>
+      </c>
+      <c r="L542" s="221">
+        <v>57.88374263052976</v>
+      </c>
+      <c r="M542" s="221">
+        <v>18.090724010688401</v>
+      </c>
+      <c r="N542" s="221">
+        <v>100</v>
+      </c>
+      <c r="O542" s="221">
+        <v>92.94651567205328</v>
+      </c>
+      <c r="P542" s="221">
+        <v>59.919625058319546</v>
+      </c>
+    </row>
+    <row r="543" spans="1:16" customFormat="1" ht="35.1" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A543" s="38" t="s">
+        <v>498</v>
+      </c>
+      <c r="B543" s="36" t="s">
+        <v>499</v>
+      </c>
+      <c r="C543" s="133">
+        <v>2</v>
+      </c>
+      <c r="D543" s="164">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="E543" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F543" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G543" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H543" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I543" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J543" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K543" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L543" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="M543" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N543" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O543" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P543" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="544" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A544" s="37"/>
+      <c r="B544" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C544" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D544" s="220">
+        <v>0.27154308617234474</v>
+      </c>
+      <c r="E544" s="234">
+        <v>92.800000000000011</v>
+      </c>
+      <c r="F544" s="234">
+        <v>87.699999999999989</v>
+      </c>
+      <c r="G544" s="234">
+        <v>86.399999999999991</v>
+      </c>
+      <c r="H544" s="234">
+        <v>88.7</v>
+      </c>
+      <c r="I544" s="234">
+        <v>97.5</v>
+      </c>
+      <c r="J544" s="234">
+        <v>99.800000000000011</v>
+      </c>
+      <c r="K544" s="234">
+        <v>89.300000000000011</v>
+      </c>
+      <c r="L544" s="234">
+        <v>86.9</v>
+      </c>
+      <c r="M544" s="234">
+        <v>95.600000000000009</v>
+      </c>
+      <c r="N544" s="234">
+        <v>72.7</v>
+      </c>
+      <c r="O544" s="234">
+        <v>75.100000000000009</v>
+      </c>
+      <c r="P544" s="234">
+        <v>81.400000000000006</v>
+      </c>
+    </row>
+    <row r="545" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A545" s="37"/>
+      <c r="B545" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C545" s="135"/>
+      <c r="D545" s="184"/>
+      <c r="E545" s="230">
+        <v>25.830258302583019</v>
+      </c>
+      <c r="F545" s="230">
+        <v>44.64944649446501</v>
+      </c>
+      <c r="G545" s="230">
+        <v>49.446494464944706</v>
+      </c>
+      <c r="H545" s="230">
+        <v>40.959409594095959</v>
+      </c>
+      <c r="I545" s="230">
+        <v>8.4870848708487472</v>
+      </c>
+      <c r="J545" s="230">
+        <v>0</v>
+      </c>
+      <c r="K545" s="230">
+        <v>38.745387453874521</v>
+      </c>
+      <c r="L545" s="230">
+        <v>47.601476014760159</v>
+      </c>
+      <c r="M545" s="230">
+        <v>15.498154981549831</v>
+      </c>
+      <c r="N545" s="230">
+        <v>100</v>
+      </c>
+      <c r="O545" s="230">
+        <v>91.143911439114376</v>
+      </c>
+      <c r="P545" s="230">
+        <v>67.896678966789665</v>
+      </c>
+    </row>
+    <row r="546" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A546" s="38" t="s">
+        <v>500</v>
+      </c>
+      <c r="B546" s="36" t="s">
+        <v>501</v>
+      </c>
+      <c r="C546" s="133">
+        <v>1</v>
+      </c>
+      <c r="D546" s="164">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="E546" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F546" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G546" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H546" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I546" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J546" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K546" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L546" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M546" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N546" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O546" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P546" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="547" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A547" s="37"/>
+      <c r="B547" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C547" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D547" s="220">
+        <v>0.20825852782764814</v>
+      </c>
+      <c r="E547" s="234">
+        <v>51.9</v>
+      </c>
+      <c r="F547" s="234">
+        <v>52.8</v>
+      </c>
+      <c r="G547" s="234">
+        <v>54.2</v>
+      </c>
+      <c r="H547" s="234">
+        <v>54.6</v>
+      </c>
+      <c r="I547" s="234">
+        <v>55.3</v>
+      </c>
+      <c r="J547" s="234">
+        <v>55.7</v>
+      </c>
+      <c r="K547" s="234">
+        <v>46.9</v>
+      </c>
+      <c r="L547" s="234">
+        <v>46.6</v>
+      </c>
+      <c r="M547" s="234">
+        <v>53</v>
+      </c>
+      <c r="N547" s="234">
+        <v>44.1</v>
+      </c>
+      <c r="O547" s="234">
+        <v>44.5</v>
+      </c>
+      <c r="P547" s="234">
+        <v>50.6</v>
+      </c>
+    </row>
+    <row r="548" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A548" s="37"/>
+      <c r="B548" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C548" s="135"/>
+      <c r="D548" s="184"/>
+      <c r="E548" s="230">
+        <v>32.758620689655203</v>
+      </c>
+      <c r="F548" s="230">
+        <v>25.000000000000043</v>
+      </c>
+      <c r="G548" s="230">
+        <v>12.931034482758619</v>
+      </c>
+      <c r="H548" s="230">
+        <v>9.4827586206896655</v>
+      </c>
+      <c r="I548" s="230">
+        <v>3.4482758620690106</v>
+      </c>
+      <c r="J548" s="230">
+        <v>-1.4210854715202004E-14</v>
+      </c>
+      <c r="K548" s="230">
+        <v>75.862068965517267</v>
+      </c>
+      <c r="L548" s="230">
+        <v>78.448275862068968</v>
+      </c>
+      <c r="M548" s="230">
+        <v>23.275862068965537</v>
+      </c>
+      <c r="N548" s="230">
+        <v>100</v>
+      </c>
+      <c r="O548" s="230">
+        <v>96.551724137931046</v>
+      </c>
+      <c r="P548" s="230">
+        <v>43.965517241379317</v>
+      </c>
+    </row>
+    <row r="549" spans="1:16" customFormat="1" ht="24" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A549" s="119" t="s">
+        <v>502</v>
+      </c>
+      <c r="B549" s="126" t="s">
+        <v>503</v>
+      </c>
+      <c r="C549" s="133">
+        <v>1</v>
+      </c>
+      <c r="D549" s="164">
+        <v>0.05</v>
+      </c>
+      <c r="E549" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F549" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G549" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H549" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I549" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J549" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K549" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L549" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M549" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N549" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O549" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P549" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="550" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A550" s="37"/>
+      <c r="B550" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C550" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D550" s="220">
+        <v>0.19364384971693258</v>
+      </c>
+      <c r="E550" s="234">
+        <v>34721</v>
+      </c>
+      <c r="F550" s="234">
+        <v>36485</v>
+      </c>
+      <c r="G550" s="234">
+        <v>35573</v>
+      </c>
+      <c r="H550" s="234">
+        <v>33406</v>
+      </c>
+      <c r="I550" s="234">
+        <v>34884</v>
+      </c>
+      <c r="J550" s="234">
+        <v>32737</v>
+      </c>
+      <c r="K550" s="234">
+        <v>36495</v>
+      </c>
+      <c r="L550" s="234">
+        <v>38641</v>
+      </c>
+      <c r="M550" s="234">
+        <v>38860</v>
+      </c>
+      <c r="N550" s="234">
+        <v>33482</v>
+      </c>
+      <c r="O550" s="234">
+        <v>31335</v>
+      </c>
+      <c r="P550" s="234">
+        <v>33701</v>
+      </c>
+    </row>
+    <row r="551" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A551" s="37"/>
+      <c r="B551" s="56" t="s">
+        <v>504</v>
+      </c>
+      <c r="C551" s="135"/>
+      <c r="D551" s="184"/>
+      <c r="E551" s="230">
+        <v>55.003322259136212</v>
+      </c>
+      <c r="F551" s="230">
+        <v>31.561461794019934</v>
+      </c>
+      <c r="G551" s="230">
+        <v>43.68106312292359</v>
+      </c>
+      <c r="H551" s="230">
+        <v>72.478405315614623</v>
+      </c>
+      <c r="I551" s="230">
+        <v>52.837209302325583</v>
+      </c>
+      <c r="J551" s="230">
+        <v>81.368770764119603</v>
+      </c>
+      <c r="K551" s="230">
+        <v>31.428571428571431</v>
+      </c>
+      <c r="L551" s="230">
+        <v>2.9102990033222653</v>
+      </c>
+      <c r="M551" s="230">
+        <v>0</v>
+      </c>
+      <c r="N551" s="230">
+        <v>71.468438538205987</v>
+      </c>
+      <c r="O551" s="230">
+        <v>100</v>
+      </c>
+      <c r="P551" s="230">
+        <v>68.558139534883722</v>
+      </c>
+    </row>
+    <row r="552" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A552" s="119" t="s">
+        <v>505</v>
+      </c>
+      <c r="B552" s="36" t="s">
+        <v>506</v>
+      </c>
+      <c r="C552" s="133">
+        <v>1</v>
+      </c>
+      <c r="D552" s="164">
+        <v>0.05</v>
+      </c>
+      <c r="E552" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F552" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G552" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H552" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I552" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J552" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K552" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L552" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M552" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N552" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="O552" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P552" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="553" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A553" s="37"/>
+      <c r="B553" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C553" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D553" s="220">
+        <v>0.33579354575995113</v>
+      </c>
+      <c r="E553" s="234">
+        <v>18928</v>
+      </c>
+      <c r="F553" s="234">
+        <v>16143</v>
+      </c>
+      <c r="G553" s="234">
+        <v>13049</v>
+      </c>
+      <c r="H553" s="234">
+        <v>14489</v>
+      </c>
+      <c r="I553" s="234">
+        <v>18206</v>
+      </c>
+      <c r="J553" s="234">
+        <v>19646</v>
+      </c>
+      <c r="K553" s="234">
+        <v>16183</v>
+      </c>
+      <c r="L553" s="234">
+        <v>14743</v>
+      </c>
+      <c r="M553" s="234">
+        <v>15752</v>
+      </c>
+      <c r="N553" s="234">
+        <v>14743</v>
+      </c>
+      <c r="O553" s="234">
+        <v>16183</v>
+      </c>
+      <c r="P553" s="234">
+        <v>15752</v>
+      </c>
+    </row>
+    <row r="554" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A554" s="37"/>
+      <c r="B554" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C554" s="135"/>
+      <c r="D554" s="184"/>
+      <c r="E554" s="178">
+        <v>10.883735031074735</v>
+      </c>
+      <c r="F554" s="178">
+        <v>53.099893891162651</v>
+      </c>
+      <c r="G554" s="178">
+        <v>100</v>
+      </c>
+      <c r="H554" s="178">
+        <v>78.1718963165075</v>
+      </c>
+      <c r="I554" s="178">
+        <v>21.8281036834925</v>
+      </c>
+      <c r="J554" s="178">
+        <v>0</v>
+      </c>
+      <c r="K554" s="178">
+        <v>52.493557677732305</v>
+      </c>
+      <c r="L554" s="178">
+        <v>74.321661361224798</v>
+      </c>
+      <c r="M554" s="178">
+        <v>59.026830377444291</v>
+      </c>
+      <c r="N554" s="178">
+        <v>74.321661361224798</v>
+      </c>
+      <c r="O554" s="178">
+        <v>52.493557677732305</v>
+      </c>
+      <c r="P554" s="178">
+        <v>59.026830377444291</v>
+      </c>
+    </row>
+    <row r="555" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A555" s="130" t="s">
+        <v>507</v>
+      </c>
+      <c r="B555" s="96" t="s">
+        <v>508</v>
+      </c>
+      <c r="C555" s="146">
+        <v>2</v>
+      </c>
+      <c r="D555" s="187">
+        <v>0.2</v>
+      </c>
+      <c r="E555" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F555" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="G555" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H555" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I555" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="J555" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="K555" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L555" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M555" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N555" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O555" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P555" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="556" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A556" s="127"/>
+      <c r="B556" s="129" t="s">
+        <v>18</v>
+      </c>
+      <c r="C556" s="143"/>
+      <c r="D556" s="188"/>
+      <c r="E556" s="72">
+        <v>22.23776223776224</v>
+      </c>
+      <c r="F556" s="72">
+        <v>20</v>
+      </c>
+      <c r="G556" s="72">
+        <v>60.909090909090899</v>
+      </c>
+      <c r="H556" s="72">
+        <v>62.0979020979021</v>
+      </c>
+      <c r="I556" s="72">
+        <v>55.034965034965033</v>
+      </c>
+      <c r="J556" s="72">
+        <v>56.223776223776227</v>
+      </c>
+      <c r="K556" s="72">
+        <v>59.107086942907834</v>
+      </c>
+      <c r="L556" s="72">
+        <v>57.918275754096648</v>
+      </c>
+      <c r="M556" s="72">
+        <v>52.778415614236508</v>
+      </c>
+      <c r="N556" s="72">
+        <v>78.84615384615384</v>
+      </c>
+      <c r="O556" s="72">
+        <v>80</v>
+      </c>
+      <c r="P556" s="72">
+        <v>73.671328671328666</v>
+      </c>
+    </row>
+    <row r="557" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A557" s="119" t="s">
+        <v>509</v>
+      </c>
+      <c r="B557" s="36" t="s">
+        <v>510</v>
+      </c>
+      <c r="C557" s="133">
+        <v>2</v>
+      </c>
+      <c r="D557" s="164">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="E557" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="F557" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="G557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="H557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="I557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="J557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="K557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="L557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="M557" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="N557" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="O557" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="P557" s="178" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="558" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A558" s="37"/>
+      <c r="B558" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C558" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D558" s="220">
+        <v>0.75016393442622953</v>
+      </c>
+      <c r="E558" s="234">
+        <v>2986</v>
+      </c>
+      <c r="F558" s="234">
+        <v>3050</v>
+      </c>
+      <c r="G558" s="234">
+        <v>1880</v>
+      </c>
+      <c r="H558" s="234">
+        <v>1846</v>
+      </c>
+      <c r="I558" s="234">
+        <v>2048</v>
+      </c>
+      <c r="J558" s="234">
+        <v>2014</v>
+      </c>
+      <c r="K558" s="234">
+        <v>1923</v>
+      </c>
+      <c r="L558" s="234">
+        <v>1957</v>
+      </c>
+      <c r="M558" s="234">
+        <v>2104</v>
+      </c>
+      <c r="N558" s="234">
+        <v>795</v>
+      </c>
+      <c r="O558" s="234">
+        <v>762</v>
+      </c>
+      <c r="P558" s="234">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="559" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A559" s="37"/>
+      <c r="B559" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C559" s="135"/>
+      <c r="D559" s="184"/>
+      <c r="E559" s="230">
+        <v>2.7972027972028002</v>
+      </c>
+      <c r="F559" s="230">
+        <v>0</v>
+      </c>
+      <c r="G559" s="230">
+        <v>51.136363636363633</v>
+      </c>
+      <c r="H559" s="230">
+        <v>52.62237762237762</v>
+      </c>
+      <c r="I559" s="230">
+        <v>43.793706293706293</v>
+      </c>
+      <c r="J559" s="230">
+        <v>45.27972027972028</v>
+      </c>
+      <c r="K559" s="230">
+        <v>49.256993006993007</v>
+      </c>
+      <c r="L559" s="230">
+        <v>47.77097902097902</v>
+      </c>
+      <c r="M559" s="230">
+        <v>41.346153846153847</v>
+      </c>
+      <c r="N559" s="230">
+        <v>98.557692307692307</v>
+      </c>
+      <c r="O559" s="230">
+        <v>100</v>
+      </c>
+      <c r="P559" s="230">
+        <v>92.08916083916084</v>
+      </c>
+    </row>
+    <row r="560" spans="1:16" customFormat="1" ht="33" hidden="1" customHeight="1" outlineLevel="2">
+      <c r="A560" s="121" t="s">
+        <v>511</v>
+      </c>
+      <c r="B560" s="126" t="s">
+        <v>512</v>
+      </c>
+      <c r="C560" s="133">
+        <v>0.5</v>
+      </c>
+      <c r="D560" s="164">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="E560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M560" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N560" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O560" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P560" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A561" s="37"/>
+      <c r="B561" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C561" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D561" s="220">
+        <v>0.11260504201680673</v>
+      </c>
+      <c r="E561" s="234">
+        <v>528</v>
+      </c>
+      <c r="F561" s="234">
+        <v>528</v>
+      </c>
+      <c r="G561" s="234">
+        <v>528</v>
+      </c>
+      <c r="H561" s="234">
+        <v>528</v>
+      </c>
+      <c r="I561" s="234">
+        <v>528</v>
+      </c>
+      <c r="J561" s="234">
+        <v>528</v>
+      </c>
+      <c r="K561" s="234">
+        <v>529</v>
+      </c>
+      <c r="L561" s="234">
+        <v>529</v>
+      </c>
+      <c r="M561" s="234">
+        <v>529</v>
+      </c>
+      <c r="N561" s="234">
+        <v>595</v>
+      </c>
+      <c r="O561" s="234">
+        <v>595</v>
+      </c>
+      <c r="P561" s="234">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="562" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A562" s="37"/>
+      <c r="B562" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C562" s="135"/>
+      <c r="D562" s="184"/>
+      <c r="E562" s="178">
+        <v>100</v>
+      </c>
+      <c r="F562" s="178">
+        <v>100</v>
+      </c>
+      <c r="G562" s="178">
+        <v>100</v>
+      </c>
+      <c r="H562" s="178">
+        <v>100</v>
+      </c>
+      <c r="I562" s="178">
+        <v>100</v>
+      </c>
+      <c r="J562" s="178">
+        <v>100</v>
+      </c>
+      <c r="K562" s="178">
+        <v>98.507462686567166</v>
+      </c>
+      <c r="L562" s="178">
+        <v>98.507462686567166</v>
+      </c>
+      <c r="M562" s="178">
+        <v>98.507462686567166</v>
+      </c>
+      <c r="N562" s="178">
+        <v>0</v>
+      </c>
+      <c r="O562" s="178">
+        <v>0</v>
+      </c>
+      <c r="P562" s="178">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="563" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A563" s="86" t="s">
+        <v>513</v>
+      </c>
+      <c r="B563" s="87" t="s">
+        <v>514</v>
+      </c>
+      <c r="C563" s="218">
+        <v>1</v>
+      </c>
+      <c r="D563" s="189">
+        <v>0.1</v>
+      </c>
+      <c r="E563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="F563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="G563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="J563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="K563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="L563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="M563" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="N563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O563" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P563" s="229" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A564" s="89"/>
+      <c r="B564" s="91" t="s">
+        <v>18</v>
+      </c>
+      <c r="C564" s="133"/>
+      <c r="D564" s="164"/>
+      <c r="E564" s="72">
+        <v>100</v>
+      </c>
+      <c r="F564" s="72">
+        <v>100</v>
+      </c>
+      <c r="G564" s="72">
+        <v>100</v>
+      </c>
+      <c r="H564" s="72">
+        <v>100</v>
+      </c>
+      <c r="I564" s="72">
+        <v>100</v>
+      </c>
+      <c r="J564" s="72">
+        <v>100</v>
+      </c>
+      <c r="K564" s="72">
+        <v>100</v>
+      </c>
+      <c r="L564" s="72">
+        <v>100</v>
+      </c>
+      <c r="M564" s="72">
+        <v>0</v>
+      </c>
+      <c r="N564" s="72">
+        <v>100</v>
+      </c>
+      <c r="O564" s="72">
+        <v>100</v>
+      </c>
+      <c r="P564" s="72">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="565" spans="1:16" customFormat="1" ht="41.1" hidden="1" customHeight="1" outlineLevel="2" thickTop="1">
+      <c r="A565" s="119" t="s">
+        <v>515</v>
+      </c>
+      <c r="B565" s="36" t="s">
+        <v>516</v>
+      </c>
+      <c r="C565" s="133">
+        <v>1</v>
+      </c>
+      <c r="D565" s="164">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="E565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="F565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="G565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="H565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="I565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="J565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="K565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="L565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="M565" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="N565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="O565" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="P565" s="178" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="566" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A566" s="120"/>
+      <c r="B566" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C566" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D566" s="220">
+        <v>1</v>
+      </c>
+      <c r="E566" s="234">
+        <v>0</v>
+      </c>
+      <c r="F566" s="234">
+        <v>0</v>
+      </c>
+      <c r="G566" s="234">
+        <v>0</v>
+      </c>
+      <c r="H566" s="234">
+        <v>0</v>
+      </c>
+      <c r="I566" s="234">
+        <v>0</v>
+      </c>
+      <c r="J566" s="234">
+        <v>0</v>
+      </c>
+      <c r="K566" s="234">
+        <v>0</v>
+      </c>
+      <c r="L566" s="234">
+        <v>0</v>
+      </c>
+      <c r="M566" s="234">
+        <v>0.6</v>
+      </c>
+      <c r="N566" s="234">
+        <v>0</v>
+      </c>
+      <c r="O566" s="234">
+        <v>0</v>
+      </c>
+      <c r="P566" s="234">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="567" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A567" s="120"/>
+      <c r="B567" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C567" s="135"/>
+      <c r="D567" s="184"/>
+      <c r="E567" s="230">
+        <v>100</v>
+      </c>
+      <c r="F567" s="230">
+        <v>100</v>
+      </c>
+      <c r="G567" s="230">
+        <v>100</v>
+      </c>
+      <c r="H567" s="230">
+        <v>100</v>
+      </c>
+      <c r="I567" s="230">
+        <v>100</v>
+      </c>
+      <c r="J567" s="230">
+        <v>100</v>
+      </c>
+      <c r="K567" s="230">
+        <v>100</v>
+      </c>
+      <c r="L567" s="230">
+        <v>100</v>
+      </c>
+      <c r="M567" s="230">
+        <v>0</v>
+      </c>
+      <c r="N567" s="230">
+        <v>100</v>
+      </c>
+      <c r="O567" s="230">
+        <v>100</v>
+      </c>
+      <c r="P567" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="568" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A568" s="121" t="s">
+        <v>517</v>
+      </c>
+      <c r="B568" s="36" t="s">
+        <v>518</v>
+      </c>
+      <c r="C568" s="133">
+        <v>0</v>
+      </c>
+      <c r="D568" s="164">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="E568" s="230">
+        <v>0</v>
+      </c>
+      <c r="F568" s="230">
+        <v>0</v>
+      </c>
+      <c r="G568" s="230">
+        <v>0</v>
+      </c>
+      <c r="H568" s="230">
+        <v>0</v>
+      </c>
+      <c r="I568" s="230">
+        <v>0</v>
+      </c>
+      <c r="J568" s="230">
+        <v>0</v>
+      </c>
+      <c r="K568" s="230">
+        <v>0</v>
+      </c>
+      <c r="L568" s="230">
+        <v>0</v>
+      </c>
+      <c r="M568" s="230">
+        <v>0</v>
+      </c>
+      <c r="N568" s="230">
+        <v>0</v>
+      </c>
+      <c r="O568" s="230">
+        <v>0</v>
+      </c>
+      <c r="P568" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="569" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A569" s="120"/>
+      <c r="B569" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C569" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D569" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E569" s="234">
+        <v>0</v>
+      </c>
+      <c r="F569" s="234">
+        <v>0</v>
+      </c>
+      <c r="G569" s="234">
+        <v>0</v>
+      </c>
+      <c r="H569" s="234">
+        <v>0</v>
+      </c>
+      <c r="I569" s="234">
+        <v>0</v>
+      </c>
+      <c r="J569" s="234">
+        <v>0</v>
+      </c>
+      <c r="K569" s="234">
+        <v>0</v>
+      </c>
+      <c r="L569" s="234">
+        <v>0</v>
+      </c>
+      <c r="M569" s="234">
+        <v>0</v>
+      </c>
+      <c r="N569" s="234">
+        <v>0</v>
+      </c>
+      <c r="O569" s="234">
+        <v>0</v>
+      </c>
+      <c r="P569" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="570" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A570" s="120"/>
+      <c r="B570" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C570" s="135"/>
+      <c r="D570" s="184"/>
+      <c r="E570" s="230">
+        <v>0</v>
+      </c>
+      <c r="F570" s="230">
+        <v>0</v>
+      </c>
+      <c r="G570" s="230">
+        <v>0</v>
+      </c>
+      <c r="H570" s="230">
+        <v>0</v>
+      </c>
+      <c r="I570" s="230">
+        <v>0</v>
+      </c>
+      <c r="J570" s="230">
+        <v>0</v>
+      </c>
+      <c r="K570" s="230">
+        <v>0</v>
+      </c>
+      <c r="L570" s="230">
+        <v>0</v>
+      </c>
+      <c r="M570" s="230">
+        <v>0</v>
+      </c>
+      <c r="N570" s="230">
+        <v>0</v>
+      </c>
+      <c r="O570" s="230">
+        <v>0</v>
+      </c>
+      <c r="P570" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="571" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A571" s="121" t="s">
+        <v>519</v>
+      </c>
+      <c r="B571" s="36" t="s">
+        <v>520</v>
+      </c>
+      <c r="C571" s="133">
+        <v>0</v>
+      </c>
+      <c r="D571" s="164">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="E571" s="230">
+        <v>0</v>
+      </c>
+      <c r="F571" s="230">
+        <v>0</v>
+      </c>
+      <c r="G571" s="230">
+        <v>0</v>
+      </c>
+      <c r="H571" s="230">
+        <v>0</v>
+      </c>
+      <c r="I571" s="230">
+        <v>0</v>
+      </c>
+      <c r="J571" s="230">
+        <v>0</v>
+      </c>
+      <c r="K571" s="230">
+        <v>0</v>
+      </c>
+      <c r="L571" s="230">
+        <v>0</v>
+      </c>
+      <c r="M571" s="230">
+        <v>0</v>
+      </c>
+      <c r="N571" s="230">
+        <v>0</v>
+      </c>
+      <c r="O571" s="230">
+        <v>0</v>
+      </c>
+      <c r="P571" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="572" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A572" s="118"/>
+      <c r="B572" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C572" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D572" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E572" s="234">
+        <v>0</v>
+      </c>
+      <c r="F572" s="234">
+        <v>0</v>
+      </c>
+      <c r="G572" s="234">
+        <v>0</v>
+      </c>
+      <c r="H572" s="234">
+        <v>0</v>
+      </c>
+      <c r="I572" s="234">
+        <v>0</v>
+      </c>
+      <c r="J572" s="234">
+        <v>0</v>
+      </c>
+      <c r="K572" s="234">
+        <v>0</v>
+      </c>
+      <c r="L572" s="234">
+        <v>0</v>
+      </c>
+      <c r="M572" s="234">
+        <v>0</v>
+      </c>
+      <c r="N572" s="234">
+        <v>0</v>
+      </c>
+      <c r="O572" s="234">
+        <v>0</v>
+      </c>
+      <c r="P572" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="573" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A573" s="37"/>
+      <c r="B573" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C573" s="135"/>
+      <c r="D573" s="184"/>
+      <c r="E573" s="178">
+        <v>0</v>
+      </c>
+      <c r="F573" s="178">
+        <v>0</v>
+      </c>
+      <c r="G573" s="178">
+        <v>0</v>
+      </c>
+      <c r="H573" s="178">
+        <v>0</v>
+      </c>
+      <c r="I573" s="178">
+        <v>0</v>
+      </c>
+      <c r="J573" s="178">
+        <v>0</v>
+      </c>
+      <c r="K573" s="178">
+        <v>0</v>
+      </c>
+      <c r="L573" s="178">
+        <v>0</v>
+      </c>
+      <c r="M573" s="178">
+        <v>0</v>
+      </c>
+      <c r="N573" s="178">
+        <v>0</v>
+      </c>
+      <c r="O573" s="178">
+        <v>0</v>
+      </c>
+      <c r="P573" s="178">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="574" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A574" s="86" t="s">
+        <v>521</v>
+      </c>
+      <c r="B574" s="87" t="s">
+        <v>522</v>
+      </c>
+      <c r="C574" s="218">
+        <v>2</v>
+      </c>
+      <c r="D574" s="189">
+        <v>0.2</v>
+      </c>
+      <c r="E574" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="F574" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="G574" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H574" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I574" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J574" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K574" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="L574" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="M574" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="N574" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O574" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P574" s="229" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="575" spans="1:16" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A575" s="89"/>
+      <c r="B575" s="90" t="s">
+        <v>18</v>
+      </c>
+      <c r="C575" s="133"/>
+      <c r="D575" s="164"/>
+      <c r="E575" s="71">
+        <v>73.333333333333329</v>
+      </c>
+      <c r="F575" s="71">
+        <v>73.333333333333329</v>
+      </c>
+      <c r="G575" s="71">
+        <v>80</v>
+      </c>
+      <c r="H575" s="71">
+        <v>80</v>
+      </c>
+      <c r="I575" s="71">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="J575" s="71">
+        <v>66.666666666666671</v>
+      </c>
+      <c r="K575" s="71">
+        <v>20</v>
+      </c>
+      <c r="L575" s="71">
+        <v>20</v>
+      </c>
+      <c r="M575" s="71">
+        <v>6.666666666666667</v>
+      </c>
+      <c r="N575" s="71">
+        <v>100</v>
+      </c>
+      <c r="O575" s="71">
+        <v>100</v>
+      </c>
+      <c r="P575" s="71">
+        <v>86.666666666666671</v>
+      </c>
+    </row>
+    <row r="576" spans="1:16" customFormat="1" ht="32.25" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A576" s="44" t="s">
+        <v>523</v>
+      </c>
+      <c r="B576" s="34" t="s">
+        <v>524</v>
+      </c>
+      <c r="C576" s="132">
+        <v>2</v>
+      </c>
+      <c r="D576" s="164">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E576" s="221">
+        <v>100</v>
+      </c>
+      <c r="F576" s="221">
+        <v>100</v>
+      </c>
+      <c r="G576" s="221">
+        <v>100</v>
+      </c>
+      <c r="H576" s="221">
+        <v>100</v>
+      </c>
+      <c r="I576" s="221">
+        <v>100</v>
+      </c>
+      <c r="J576" s="221">
+        <v>100</v>
+      </c>
+      <c r="K576" s="221">
+        <v>0</v>
+      </c>
+      <c r="L576" s="221">
+        <v>0</v>
+      </c>
+      <c r="M576" s="221">
+        <v>0</v>
+      </c>
+      <c r="N576" s="221">
+        <v>100</v>
+      </c>
+      <c r="O576" s="221">
+        <v>100</v>
+      </c>
+      <c r="P576" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="577" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A577" s="35" t="s">
+        <v>525</v>
+      </c>
+      <c r="B577" s="36" t="s">
+        <v>526</v>
+      </c>
+      <c r="C577" s="133">
+        <v>1</v>
+      </c>
+      <c r="D577" s="164">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="E577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="F577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="G577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="H577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="I577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="J577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="K577" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="L577" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="M577" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="N577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="O577" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="P577" s="178" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A578" s="37"/>
+      <c r="B578" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C578" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D578" s="220">
+        <v>1</v>
+      </c>
+      <c r="E578" s="234">
+        <v>0</v>
+      </c>
+      <c r="F578" s="234">
+        <v>0</v>
+      </c>
+      <c r="G578" s="234">
+        <v>0</v>
+      </c>
+      <c r="H578" s="234">
+        <v>0</v>
+      </c>
+      <c r="I578" s="234">
+        <v>0</v>
+      </c>
+      <c r="J578" s="234">
+        <v>0</v>
+      </c>
+      <c r="K578" s="234">
+        <v>615</v>
+      </c>
+      <c r="L578" s="234">
+        <v>615</v>
+      </c>
+      <c r="M578" s="234">
+        <v>615</v>
+      </c>
+      <c r="N578" s="234">
+        <v>0</v>
+      </c>
+      <c r="O578" s="234">
+        <v>0</v>
+      </c>
+      <c r="P578" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="579" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A579" s="37"/>
+      <c r="B579" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C579" s="135"/>
+      <c r="D579" s="184"/>
+      <c r="E579" s="230">
+        <v>100</v>
+      </c>
+      <c r="F579" s="230">
+        <v>100</v>
+      </c>
+      <c r="G579" s="230">
+        <v>100</v>
+      </c>
+      <c r="H579" s="230">
+        <v>100</v>
+      </c>
+      <c r="I579" s="230">
+        <v>100</v>
+      </c>
+      <c r="J579" s="230">
+        <v>100</v>
+      </c>
+      <c r="K579" s="230">
+        <v>0</v>
+      </c>
+      <c r="L579" s="230">
+        <v>0</v>
+      </c>
+      <c r="M579" s="230">
+        <v>0</v>
+      </c>
+      <c r="N579" s="230">
+        <v>100</v>
+      </c>
+      <c r="O579" s="230">
+        <v>100</v>
+      </c>
+      <c r="P579" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="580" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A580" s="38" t="s">
+        <v>527</v>
+      </c>
+      <c r="B580" s="36" t="s">
+        <v>528</v>
+      </c>
+      <c r="C580" s="133">
+        <v>0</v>
+      </c>
+      <c r="D580" s="164">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="E580" s="230">
+        <v>0</v>
+      </c>
+      <c r="F580" s="230">
+        <v>0</v>
+      </c>
+      <c r="G580" s="230">
+        <v>0</v>
+      </c>
+      <c r="H580" s="230">
+        <v>0</v>
+      </c>
+      <c r="I580" s="230">
+        <v>0</v>
+      </c>
+      <c r="J580" s="230">
+        <v>0</v>
+      </c>
+      <c r="K580" s="230">
+        <v>0</v>
+      </c>
+      <c r="L580" s="230">
+        <v>0</v>
+      </c>
+      <c r="M580" s="230">
+        <v>0</v>
+      </c>
+      <c r="N580" s="230">
+        <v>0</v>
+      </c>
+      <c r="O580" s="230">
+        <v>0</v>
+      </c>
+      <c r="P580" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="581" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A581" s="37"/>
+      <c r="B581" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C581" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D581" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E581" s="234">
+        <v>0</v>
+      </c>
+      <c r="F581" s="234">
+        <v>0</v>
+      </c>
+      <c r="G581" s="234">
+        <v>0</v>
+      </c>
+      <c r="H581" s="234">
+        <v>0</v>
+      </c>
+      <c r="I581" s="234">
+        <v>0</v>
+      </c>
+      <c r="J581" s="234">
+        <v>0</v>
+      </c>
+      <c r="K581" s="234">
+        <v>0</v>
+      </c>
+      <c r="L581" s="234">
+        <v>0</v>
+      </c>
+      <c r="M581" s="234">
+        <v>0</v>
+      </c>
+      <c r="N581" s="234">
+        <v>0</v>
+      </c>
+      <c r="O581" s="234">
+        <v>0</v>
+      </c>
+      <c r="P581" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A582" s="37"/>
+      <c r="B582" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C582" s="135"/>
+      <c r="D582" s="184"/>
+      <c r="E582" s="230">
+        <v>0</v>
+      </c>
+      <c r="F582" s="230">
+        <v>0</v>
+      </c>
+      <c r="G582" s="230">
+        <v>0</v>
+      </c>
+      <c r="H582" s="230">
+        <v>0</v>
+      </c>
+      <c r="I582" s="230">
+        <v>0</v>
+      </c>
+      <c r="J582" s="230">
+        <v>0</v>
+      </c>
+      <c r="K582" s="230">
+        <v>0</v>
+      </c>
+      <c r="L582" s="230">
+        <v>0</v>
+      </c>
+      <c r="M582" s="230">
+        <v>0</v>
+      </c>
+      <c r="N582" s="230">
+        <v>0</v>
+      </c>
+      <c r="O582" s="230">
+        <v>0</v>
+      </c>
+      <c r="P582" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="583" spans="1:16" customFormat="1" ht="32.25" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A583" s="44" t="s">
+        <v>529</v>
+      </c>
+      <c r="B583" s="34" t="s">
+        <v>530</v>
+      </c>
+      <c r="C583" s="132">
+        <v>1</v>
+      </c>
+      <c r="D583" s="164">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="E583" s="221">
+        <v>20</v>
+      </c>
+      <c r="F583" s="221">
+        <v>20</v>
+      </c>
+      <c r="G583" s="221">
+        <v>40</v>
+      </c>
+      <c r="H583" s="221">
+        <v>40</v>
+      </c>
+      <c r="I583" s="221">
+        <v>0</v>
+      </c>
+      <c r="J583" s="221">
+        <v>0</v>
+      </c>
+      <c r="K583" s="221">
+        <v>60</v>
+      </c>
+      <c r="L583" s="221">
+        <v>60</v>
+      </c>
+      <c r="M583" s="221">
+        <v>20</v>
+      </c>
+      <c r="N583" s="221">
+        <v>100</v>
+      </c>
+      <c r="O583" s="221">
+        <v>100</v>
+      </c>
+      <c r="P583" s="221">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="584" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A584" s="35" t="s">
+        <v>531</v>
+      </c>
+      <c r="B584" s="36" t="s">
+        <v>532</v>
+      </c>
+      <c r="C584" s="133">
+        <v>0</v>
+      </c>
+      <c r="D584" s="164">
+        <v>2.7E-2</v>
+      </c>
+      <c r="E584" s="230">
+        <v>0</v>
+      </c>
+      <c r="F584" s="230">
+        <v>0</v>
+      </c>
+      <c r="G584" s="230">
+        <v>0</v>
+      </c>
+      <c r="H584" s="230">
+        <v>0</v>
+      </c>
+      <c r="I584" s="230">
+        <v>0</v>
+      </c>
+      <c r="J584" s="230">
+        <v>0</v>
+      </c>
+      <c r="K584" s="230">
+        <v>0</v>
+      </c>
+      <c r="L584" s="230">
+        <v>0</v>
+      </c>
+      <c r="M584" s="230">
+        <v>0</v>
+      </c>
+      <c r="N584" s="230">
+        <v>0</v>
+      </c>
+      <c r="O584" s="230">
+        <v>0</v>
+      </c>
+      <c r="P584" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="585" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A585" s="37"/>
+      <c r="B585" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C585" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D585" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E585" s="234">
+        <v>0</v>
+      </c>
+      <c r="F585" s="234">
+        <v>0</v>
+      </c>
+      <c r="G585" s="234">
+        <v>0</v>
+      </c>
+      <c r="H585" s="234">
+        <v>0</v>
+      </c>
+      <c r="I585" s="234">
+        <v>0</v>
+      </c>
+      <c r="J585" s="234">
+        <v>0</v>
+      </c>
+      <c r="K585" s="234">
+        <v>0</v>
+      </c>
+      <c r="L585" s="234">
+        <v>0</v>
+      </c>
+      <c r="M585" s="234">
+        <v>0</v>
+      </c>
+      <c r="N585" s="234">
+        <v>0</v>
+      </c>
+      <c r="O585" s="234">
+        <v>0</v>
+      </c>
+      <c r="P585" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="586" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A586" s="37"/>
+      <c r="B586" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C586" s="135"/>
+      <c r="D586" s="184"/>
+      <c r="E586" s="230">
+        <v>0</v>
+      </c>
+      <c r="F586" s="230">
+        <v>0</v>
+      </c>
+      <c r="G586" s="230">
+        <v>0</v>
+      </c>
+      <c r="H586" s="230">
+        <v>0</v>
+      </c>
+      <c r="I586" s="230">
+        <v>0</v>
+      </c>
+      <c r="J586" s="230">
+        <v>0</v>
+      </c>
+      <c r="K586" s="230">
+        <v>0</v>
+      </c>
+      <c r="L586" s="230">
+        <v>0</v>
+      </c>
+      <c r="M586" s="230">
+        <v>0</v>
+      </c>
+      <c r="N586" s="230">
+        <v>0</v>
+      </c>
+      <c r="O586" s="230">
+        <v>0</v>
+      </c>
+      <c r="P586" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="587" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A587" s="38" t="s">
+        <v>533</v>
+      </c>
+      <c r="B587" s="36" t="s">
+        <v>534</v>
+      </c>
+      <c r="C587" s="133">
+        <v>0</v>
+      </c>
+      <c r="D587" s="164">
+        <v>2.7E-2</v>
+      </c>
+      <c r="E587" s="230">
+        <v>0</v>
+      </c>
+      <c r="F587" s="230">
+        <v>0</v>
+      </c>
+      <c r="G587" s="230">
+        <v>0</v>
+      </c>
+      <c r="H587" s="230">
+        <v>0</v>
+      </c>
+      <c r="I587" s="230">
+        <v>0</v>
+      </c>
+      <c r="J587" s="230">
+        <v>0</v>
+      </c>
+      <c r="K587" s="230">
+        <v>0</v>
+      </c>
+      <c r="L587" s="230">
+        <v>0</v>
+      </c>
+      <c r="M587" s="230">
+        <v>0</v>
+      </c>
+      <c r="N587" s="230">
+        <v>0</v>
+      </c>
+      <c r="O587" s="230">
+        <v>0</v>
+      </c>
+      <c r="P587" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="588" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A588" s="37"/>
+      <c r="B588" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C588" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D588" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E588" s="234">
+        <v>0</v>
+      </c>
+      <c r="F588" s="234">
+        <v>0</v>
+      </c>
+      <c r="G588" s="234">
+        <v>0</v>
+      </c>
+      <c r="H588" s="234">
+        <v>0</v>
+      </c>
+      <c r="I588" s="234">
+        <v>0</v>
+      </c>
+      <c r="J588" s="234">
+        <v>0</v>
+      </c>
+      <c r="K588" s="234">
+        <v>0</v>
+      </c>
+      <c r="L588" s="234">
+        <v>0</v>
+      </c>
+      <c r="M588" s="234">
+        <v>0</v>
+      </c>
+      <c r="N588" s="234">
+        <v>0</v>
+      </c>
+      <c r="O588" s="234">
+        <v>0</v>
+      </c>
+      <c r="P588" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="589" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A589" s="37"/>
+      <c r="B589" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C589" s="135"/>
+      <c r="D589" s="184"/>
+      <c r="E589" s="230">
+        <v>0</v>
+      </c>
+      <c r="F589" s="230">
+        <v>0</v>
+      </c>
+      <c r="G589" s="230">
+        <v>0</v>
+      </c>
+      <c r="H589" s="230">
+        <v>0</v>
+      </c>
+      <c r="I589" s="230">
+        <v>0</v>
+      </c>
+      <c r="J589" s="230">
+        <v>0</v>
+      </c>
+      <c r="K589" s="230">
+        <v>0</v>
+      </c>
+      <c r="L589" s="230">
+        <v>0</v>
+      </c>
+      <c r="M589" s="230">
+        <v>0</v>
+      </c>
+      <c r="N589" s="230">
+        <v>0</v>
+      </c>
+      <c r="O589" s="230">
+        <v>0</v>
+      </c>
+      <c r="P589" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="590" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A590" s="38" t="s">
+        <v>535</v>
+      </c>
+      <c r="B590" s="36" t="s">
+        <v>536</v>
+      </c>
+      <c r="C590" s="133">
+        <v>1</v>
+      </c>
+      <c r="D590" s="164">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E590" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="F590" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G590" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H590" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="I590" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J590" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K590" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L590" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M590" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N590" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O590" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P590" s="230" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A591" s="37"/>
+      <c r="B591" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C591" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D591" s="220">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="E591" s="234">
+        <v>11</v>
+      </c>
+      <c r="F591" s="234">
+        <v>11</v>
+      </c>
+      <c r="G591" s="234">
+        <v>10</v>
+      </c>
+      <c r="H591" s="234">
+        <v>10</v>
+      </c>
+      <c r="I591" s="234">
+        <v>12</v>
+      </c>
+      <c r="J591" s="234">
+        <v>12</v>
+      </c>
+      <c r="K591" s="234">
+        <v>9</v>
+      </c>
+      <c r="L591" s="234">
+        <v>9</v>
+      </c>
+      <c r="M591" s="234">
+        <v>11</v>
+      </c>
+      <c r="N591" s="234">
+        <v>7</v>
+      </c>
+      <c r="O591" s="234">
+        <v>7</v>
+      </c>
+      <c r="P591" s="234">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="592" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A592" s="37"/>
+      <c r="B592" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C592" s="135"/>
+      <c r="D592" s="184"/>
+      <c r="E592" s="178">
+        <v>20</v>
+      </c>
+      <c r="F592" s="178">
+        <v>20</v>
+      </c>
+      <c r="G592" s="178">
+        <v>40</v>
+      </c>
+      <c r="H592" s="178">
+        <v>40</v>
+      </c>
+      <c r="I592" s="178">
+        <v>0</v>
+      </c>
+      <c r="J592" s="178">
+        <v>0</v>
+      </c>
+      <c r="K592" s="178">
+        <v>60</v>
+      </c>
+      <c r="L592" s="178">
+        <v>60</v>
+      </c>
+      <c r="M592" s="178">
+        <v>20</v>
+      </c>
+      <c r="N592" s="178">
+        <v>100</v>
+      </c>
+      <c r="O592" s="178">
+        <v>100</v>
+      </c>
+      <c r="P592" s="178">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="593" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A593" s="86" t="s">
+        <v>537</v>
+      </c>
+      <c r="B593" s="87" t="s">
+        <v>538</v>
+      </c>
+      <c r="C593" s="218">
+        <v>0.5</v>
+      </c>
+      <c r="D593" s="189">
+        <v>0.05</v>
+      </c>
+      <c r="E593" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="F593" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="G593" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H593" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I593" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="J593" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K593" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="L593" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="M593" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N593" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O593" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P593" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A594" s="89"/>
+      <c r="B594" s="90" t="s">
+        <v>18</v>
+      </c>
+      <c r="C594" s="133"/>
+      <c r="D594" s="164"/>
+      <c r="E594" s="237">
+        <v>0</v>
+      </c>
+      <c r="F594" s="237">
+        <v>14.358974358974359</v>
+      </c>
+      <c r="G594" s="237">
+        <v>82.307692307692307</v>
+      </c>
+      <c r="H594" s="237">
+        <v>80.512820512820511</v>
+      </c>
+      <c r="I594" s="237">
+        <v>70.256410256410263</v>
+      </c>
+      <c r="J594" s="237">
+        <v>68.461538461538467</v>
+      </c>
+      <c r="K594" s="237">
+        <v>68.717948717948715</v>
+      </c>
+      <c r="L594" s="237">
+        <v>80.512820512820511</v>
+      </c>
+      <c r="M594" s="237">
+        <v>45.897435897435891</v>
+      </c>
+      <c r="N594" s="237">
+        <v>100</v>
+      </c>
+      <c r="O594" s="237">
+        <v>88.205128205128219</v>
+      </c>
+      <c r="P594" s="237">
+        <v>65.384615384615387</v>
+      </c>
+    </row>
+    <row r="595" spans="1:16" customFormat="1" ht="30.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A595" s="119" t="s">
+        <v>539</v>
+      </c>
+      <c r="B595" s="36" t="s">
+        <v>540</v>
+      </c>
+      <c r="C595" s="133">
+        <v>0</v>
+      </c>
+      <c r="D595" s="164">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E595" s="230">
+        <v>0</v>
+      </c>
+      <c r="F595" s="230">
+        <v>0</v>
+      </c>
+      <c r="G595" s="230">
+        <v>0</v>
+      </c>
+      <c r="H595" s="230">
+        <v>0</v>
+      </c>
+      <c r="I595" s="230">
+        <v>0</v>
+      </c>
+      <c r="J595" s="230">
+        <v>0</v>
+      </c>
+      <c r="K595" s="230">
+        <v>0</v>
+      </c>
+      <c r="L595" s="230">
+        <v>0</v>
+      </c>
+      <c r="M595" s="230">
+        <v>0</v>
+      </c>
+      <c r="N595" s="230">
+        <v>0</v>
+      </c>
+      <c r="O595" s="230">
+        <v>0</v>
+      </c>
+      <c r="P595" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="596" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A596" s="120"/>
+      <c r="B596" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C596" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D596" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E596" s="234">
+        <v>0</v>
+      </c>
+      <c r="F596" s="234">
+        <v>0</v>
+      </c>
+      <c r="G596" s="234">
+        <v>0</v>
+      </c>
+      <c r="H596" s="234">
+        <v>0</v>
+      </c>
+      <c r="I596" s="234">
+        <v>0</v>
+      </c>
+      <c r="J596" s="234">
+        <v>0</v>
+      </c>
+      <c r="K596" s="234">
+        <v>0</v>
+      </c>
+      <c r="L596" s="234">
+        <v>0</v>
+      </c>
+      <c r="M596" s="234">
+        <v>0</v>
+      </c>
+      <c r="N596" s="234">
+        <v>0</v>
+      </c>
+      <c r="O596" s="234">
+        <v>0</v>
+      </c>
+      <c r="P596" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A597" s="120"/>
+      <c r="B597" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C597" s="135"/>
+      <c r="D597" s="184"/>
+      <c r="E597" s="230">
+        <v>0</v>
+      </c>
+      <c r="F597" s="230">
+        <v>0</v>
+      </c>
+      <c r="G597" s="230">
+        <v>0</v>
+      </c>
+      <c r="H597" s="230">
+        <v>0</v>
+      </c>
+      <c r="I597" s="230">
+        <v>0</v>
+      </c>
+      <c r="J597" s="230">
+        <v>0</v>
+      </c>
+      <c r="K597" s="230">
+        <v>0</v>
+      </c>
+      <c r="L597" s="230">
+        <v>0</v>
+      </c>
+      <c r="M597" s="230">
+        <v>0</v>
+      </c>
+      <c r="N597" s="230">
+        <v>0</v>
+      </c>
+      <c r="O597" s="230">
+        <v>0</v>
+      </c>
+      <c r="P597" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="598" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A598" s="121" t="s">
+        <v>541</v>
+      </c>
+      <c r="B598" s="36" t="s">
+        <v>542</v>
+      </c>
+      <c r="C598" s="133">
+        <v>0</v>
+      </c>
+      <c r="D598" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E598" s="230">
+        <v>0</v>
+      </c>
+      <c r="F598" s="230">
+        <v>0</v>
+      </c>
+      <c r="G598" s="230">
+        <v>0</v>
+      </c>
+      <c r="H598" s="230">
+        <v>0</v>
+      </c>
+      <c r="I598" s="230">
+        <v>0</v>
+      </c>
+      <c r="J598" s="230">
+        <v>0</v>
+      </c>
+      <c r="K598" s="230">
+        <v>0</v>
+      </c>
+      <c r="L598" s="230">
+        <v>0</v>
+      </c>
+      <c r="M598" s="230">
+        <v>0</v>
+      </c>
+      <c r="N598" s="230">
+        <v>0</v>
+      </c>
+      <c r="O598" s="230">
+        <v>0</v>
+      </c>
+      <c r="P598" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="599" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A599" s="120"/>
+      <c r="B599" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C599" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D599" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E599" s="234">
+        <v>0</v>
+      </c>
+      <c r="F599" s="234">
+        <v>0</v>
+      </c>
+      <c r="G599" s="234">
+        <v>0</v>
+      </c>
+      <c r="H599" s="234">
+        <v>0</v>
+      </c>
+      <c r="I599" s="234">
+        <v>0</v>
+      </c>
+      <c r="J599" s="234">
+        <v>0</v>
+      </c>
+      <c r="K599" s="234">
+        <v>0</v>
+      </c>
+      <c r="L599" s="234">
+        <v>0</v>
+      </c>
+      <c r="M599" s="234">
+        <v>0</v>
+      </c>
+      <c r="N599" s="234">
+        <v>0</v>
+      </c>
+      <c r="O599" s="234">
+        <v>0</v>
+      </c>
+      <c r="P599" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A600" s="120"/>
+      <c r="B600" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C600" s="135"/>
+      <c r="D600" s="184"/>
+      <c r="E600" s="230">
+        <v>0</v>
+      </c>
+      <c r="F600" s="230">
+        <v>0</v>
+      </c>
+      <c r="G600" s="230">
+        <v>0</v>
+      </c>
+      <c r="H600" s="230">
+        <v>0</v>
+      </c>
+      <c r="I600" s="230">
+        <v>0</v>
+      </c>
+      <c r="J600" s="230">
+        <v>0</v>
+      </c>
+      <c r="K600" s="230">
+        <v>0</v>
+      </c>
+      <c r="L600" s="230">
+        <v>0</v>
+      </c>
+      <c r="M600" s="230">
+        <v>0</v>
+      </c>
+      <c r="N600" s="230">
+        <v>0</v>
+      </c>
+      <c r="O600" s="230">
+        <v>0</v>
+      </c>
+      <c r="P600" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="601" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A601" s="121" t="s">
+        <v>543</v>
+      </c>
+      <c r="B601" s="36" t="s">
+        <v>544</v>
+      </c>
+      <c r="C601" s="133">
+        <v>0</v>
+      </c>
+      <c r="D601" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E601" s="230">
+        <v>0</v>
+      </c>
+      <c r="F601" s="230">
+        <v>0</v>
+      </c>
+      <c r="G601" s="230">
+        <v>0</v>
+      </c>
+      <c r="H601" s="230">
+        <v>0</v>
+      </c>
+      <c r="I601" s="230">
+        <v>0</v>
+      </c>
+      <c r="J601" s="230">
+        <v>0</v>
+      </c>
+      <c r="K601" s="230">
+        <v>0</v>
+      </c>
+      <c r="L601" s="230">
+        <v>0</v>
+      </c>
+      <c r="M601" s="230">
+        <v>0</v>
+      </c>
+      <c r="N601" s="230">
+        <v>0</v>
+      </c>
+      <c r="O601" s="230">
+        <v>0</v>
+      </c>
+      <c r="P601" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="602" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A602" s="120"/>
+      <c r="B602" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C602" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D602" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E602" s="234">
+        <v>0</v>
+      </c>
+      <c r="F602" s="234">
+        <v>0</v>
+      </c>
+      <c r="G602" s="234">
+        <v>0</v>
+      </c>
+      <c r="H602" s="234">
+        <v>0</v>
+      </c>
+      <c r="I602" s="234">
+        <v>0</v>
+      </c>
+      <c r="J602" s="234">
+        <v>0</v>
+      </c>
+      <c r="K602" s="234">
+        <v>0</v>
+      </c>
+      <c r="L602" s="234">
+        <v>0</v>
+      </c>
+      <c r="M602" s="234">
+        <v>0</v>
+      </c>
+      <c r="N602" s="234">
+        <v>0</v>
+      </c>
+      <c r="O602" s="234">
+        <v>0</v>
+      </c>
+      <c r="P602" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="603" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A603" s="120"/>
+      <c r="B603" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C603" s="135"/>
+      <c r="D603" s="184"/>
+      <c r="E603" s="230">
+        <v>0</v>
+      </c>
+      <c r="F603" s="230">
+        <v>0</v>
+      </c>
+      <c r="G603" s="230">
+        <v>0</v>
+      </c>
+      <c r="H603" s="230">
+        <v>0</v>
+      </c>
+      <c r="I603" s="230">
+        <v>0</v>
+      </c>
+      <c r="J603" s="230">
+        <v>0</v>
+      </c>
+      <c r="K603" s="230">
+        <v>0</v>
+      </c>
+      <c r="L603" s="230">
+        <v>0</v>
+      </c>
+      <c r="M603" s="230">
+        <v>0</v>
+      </c>
+      <c r="N603" s="230">
+        <v>0</v>
+      </c>
+      <c r="O603" s="230">
+        <v>0</v>
+      </c>
+      <c r="P603" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="604" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A604" s="121" t="s">
+        <v>545</v>
+      </c>
+      <c r="B604" s="36" t="s">
+        <v>546</v>
+      </c>
+      <c r="C604" s="133">
+        <v>0</v>
+      </c>
+      <c r="D604" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E604" s="230">
+        <v>0</v>
+      </c>
+      <c r="F604" s="230">
+        <v>0</v>
+      </c>
+      <c r="G604" s="230">
+        <v>0</v>
+      </c>
+      <c r="H604" s="230">
+        <v>0</v>
+      </c>
+      <c r="I604" s="230">
+        <v>0</v>
+      </c>
+      <c r="J604" s="230">
+        <v>0</v>
+      </c>
+      <c r="K604" s="230">
+        <v>0</v>
+      </c>
+      <c r="L604" s="230">
+        <v>0</v>
+      </c>
+      <c r="M604" s="230">
+        <v>0</v>
+      </c>
+      <c r="N604" s="230">
+        <v>0</v>
+      </c>
+      <c r="O604" s="230">
+        <v>0</v>
+      </c>
+      <c r="P604" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="605" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A605" s="120"/>
+      <c r="B605" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C605" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D605" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E605" s="234">
+        <v>0</v>
+      </c>
+      <c r="F605" s="234">
+        <v>0</v>
+      </c>
+      <c r="G605" s="234">
+        <v>0</v>
+      </c>
+      <c r="H605" s="234">
+        <v>0</v>
+      </c>
+      <c r="I605" s="234">
+        <v>0</v>
+      </c>
+      <c r="J605" s="234">
+        <v>0</v>
+      </c>
+      <c r="K605" s="234">
+        <v>0</v>
+      </c>
+      <c r="L605" s="234">
+        <v>0</v>
+      </c>
+      <c r="M605" s="234">
+        <v>0</v>
+      </c>
+      <c r="N605" s="234">
+        <v>0</v>
+      </c>
+      <c r="O605" s="234">
+        <v>0</v>
+      </c>
+      <c r="P605" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="606" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A606" s="120"/>
+      <c r="B606" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C606" s="135"/>
+      <c r="D606" s="184"/>
+      <c r="E606" s="230">
+        <v>0</v>
+      </c>
+      <c r="F606" s="230">
+        <v>0</v>
+      </c>
+      <c r="G606" s="230">
+        <v>0</v>
+      </c>
+      <c r="H606" s="230">
+        <v>0</v>
+      </c>
+      <c r="I606" s="230">
+        <v>0</v>
+      </c>
+      <c r="J606" s="230">
+        <v>0</v>
+      </c>
+      <c r="K606" s="230">
+        <v>0</v>
+      </c>
+      <c r="L606" s="230">
+        <v>0</v>
+      </c>
+      <c r="M606" s="230">
+        <v>0</v>
+      </c>
+      <c r="N606" s="230">
+        <v>0</v>
+      </c>
+      <c r="O606" s="230">
+        <v>0</v>
+      </c>
+      <c r="P606" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="607" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A607" s="121" t="s">
+        <v>547</v>
+      </c>
+      <c r="B607" s="36" t="s">
+        <v>548</v>
+      </c>
+      <c r="C607" s="133">
+        <v>1</v>
+      </c>
+      <c r="D607" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E607" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F607" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M607" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O607" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P607" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="608" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A608" s="120"/>
+      <c r="B608" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C608" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D608" s="220">
+        <v>0.5</v>
+      </c>
+      <c r="E608" s="234">
+        <v>4</v>
+      </c>
+      <c r="F608" s="234">
+        <v>4</v>
+      </c>
+      <c r="G608" s="234">
+        <v>2</v>
+      </c>
+      <c r="H608" s="234">
+        <v>2</v>
+      </c>
+      <c r="I608" s="234">
+        <v>2</v>
+      </c>
+      <c r="J608" s="234">
+        <v>2</v>
+      </c>
+      <c r="K608" s="234">
+        <v>2</v>
+      </c>
+      <c r="L608" s="234">
+        <v>2</v>
+      </c>
+      <c r="M608" s="234">
+        <v>3</v>
+      </c>
+      <c r="N608" s="234">
+        <v>2</v>
+      </c>
+      <c r="O608" s="234">
+        <v>2</v>
+      </c>
+      <c r="P608" s="234">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="609" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A609" s="120"/>
+      <c r="B609" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C609" s="135"/>
+      <c r="D609" s="184"/>
+      <c r="E609" s="230">
+        <v>0</v>
+      </c>
+      <c r="F609" s="230">
+        <v>0</v>
+      </c>
+      <c r="G609" s="230">
+        <v>100</v>
+      </c>
+      <c r="H609" s="230">
+        <v>100</v>
+      </c>
+      <c r="I609" s="230">
+        <v>100</v>
+      </c>
+      <c r="J609" s="230">
+        <v>100</v>
+      </c>
+      <c r="K609" s="230">
+        <v>100</v>
+      </c>
+      <c r="L609" s="230">
+        <v>100</v>
+      </c>
+      <c r="M609" s="230">
+        <v>50</v>
+      </c>
+      <c r="N609" s="230">
+        <v>100</v>
+      </c>
+      <c r="O609" s="230">
+        <v>100</v>
+      </c>
+      <c r="P609" s="230">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="610" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A610" s="121" t="s">
+        <v>549</v>
+      </c>
+      <c r="B610" s="36" t="s">
+        <v>550</v>
+      </c>
+      <c r="C610" s="133">
+        <v>1</v>
+      </c>
+      <c r="D610" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E610" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F610" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G610" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K610" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O610" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P610" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="611" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A611" s="120"/>
+      <c r="B611" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C611" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D611" s="220">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E611" s="234">
+        <v>15</v>
+      </c>
+      <c r="F611" s="234">
+        <v>13</v>
+      </c>
+      <c r="G611" s="234">
+        <v>8</v>
+      </c>
+      <c r="H611" s="234">
+        <v>7</v>
+      </c>
+      <c r="I611" s="234">
+        <v>7</v>
+      </c>
+      <c r="J611" s="234">
+        <v>6</v>
+      </c>
+      <c r="K611" s="234">
+        <v>9</v>
+      </c>
+      <c r="L611" s="234">
+        <v>7</v>
+      </c>
+      <c r="M611" s="234">
+        <v>7</v>
+      </c>
+      <c r="N611" s="234">
+        <v>5</v>
+      </c>
+      <c r="O611" s="234">
+        <v>7</v>
+      </c>
+      <c r="P611" s="234">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="612" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A612" s="120"/>
+      <c r="B612" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C612" s="135"/>
+      <c r="D612" s="184"/>
+      <c r="E612" s="230">
+        <v>0</v>
+      </c>
+      <c r="F612" s="230">
+        <v>20</v>
+      </c>
+      <c r="G612" s="230">
+        <v>70</v>
+      </c>
+      <c r="H612" s="230">
+        <v>80</v>
+      </c>
+      <c r="I612" s="230">
+        <v>80</v>
+      </c>
+      <c r="J612" s="230">
+        <v>90</v>
+      </c>
+      <c r="K612" s="230">
+        <v>60</v>
+      </c>
+      <c r="L612" s="230">
+        <v>80</v>
+      </c>
+      <c r="M612" s="230">
+        <v>80</v>
+      </c>
+      <c r="N612" s="230">
+        <v>100</v>
+      </c>
+      <c r="O612" s="230">
+        <v>80</v>
+      </c>
+      <c r="P612" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="613" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A613" s="121" t="s">
+        <v>551</v>
+      </c>
+      <c r="B613" s="36" t="s">
+        <v>552</v>
+      </c>
+      <c r="C613" s="133">
+        <v>1</v>
+      </c>
+      <c r="D613" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E613" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F613" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G613" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H613" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I613" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J613" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K613" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L613" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M613" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N613" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O613" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P613" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="614" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A614" s="120"/>
+      <c r="B614" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C614" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D614" s="220">
+        <v>0.38235294117647056</v>
+      </c>
+      <c r="E614" s="234">
+        <v>34</v>
+      </c>
+      <c r="F614" s="234">
+        <v>31</v>
+      </c>
+      <c r="G614" s="234">
+        <v>24</v>
+      </c>
+      <c r="H614" s="234">
+        <v>26</v>
+      </c>
+      <c r="I614" s="234">
+        <v>30</v>
+      </c>
+      <c r="J614" s="234">
+        <v>32</v>
+      </c>
+      <c r="K614" s="234">
+        <v>28</v>
+      </c>
+      <c r="L614" s="234">
+        <v>26</v>
+      </c>
+      <c r="M614" s="234">
+        <v>33</v>
+      </c>
+      <c r="N614" s="234">
         <v>21</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="130">
+      <c r="O614" s="234">
+        <v>23</v>
+      </c>
+      <c r="P614" s="234">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="615" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A615" s="37"/>
+      <c r="B615" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C615" s="135"/>
+      <c r="D615" s="184"/>
+      <c r="E615" s="178">
+        <v>0</v>
+      </c>
+      <c r="F615" s="178">
+        <v>23.07692307692308</v>
+      </c>
+      <c r="G615" s="178">
+        <v>76.92307692307692</v>
+      </c>
+      <c r="H615" s="178">
+        <v>61.53846153846154</v>
+      </c>
+      <c r="I615" s="178">
+        <v>30.769230769230774</v>
+      </c>
+      <c r="J615" s="178">
+        <v>15.384615384615387</v>
+      </c>
+      <c r="K615" s="178">
+        <v>46.153846153846153</v>
+      </c>
+      <c r="L615" s="178">
+        <v>61.53846153846154</v>
+      </c>
+      <c r="M615" s="178">
+        <v>7.6923076923076934</v>
+      </c>
+      <c r="N615" s="178">
+        <v>100</v>
+      </c>
+      <c r="O615" s="178">
+        <v>84.615384615384613</v>
+      </c>
+      <c r="P615" s="178">
+        <v>46.153846153846153</v>
+      </c>
+    </row>
+    <row r="616" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A616" s="86" t="s">
+        <v>553</v>
+      </c>
+      <c r="B616" s="87" t="s">
+        <v>554</v>
+      </c>
+      <c r="C616" s="218">
+        <v>0.5</v>
+      </c>
+      <c r="D616" s="189">
+        <v>0.05</v>
+      </c>
+      <c r="E616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="F616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="G616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="J616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="K616" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="L616" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="M616" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="N616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="O616" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="P616" s="229" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="617" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A617" s="89"/>
+      <c r="B617" s="90" t="s">
+        <v>18</v>
+      </c>
+      <c r="C617" s="133"/>
+      <c r="D617" s="164"/>
+      <c r="E617" s="71">
+        <v>80</v>
+      </c>
+      <c r="F617" s="71">
+        <v>80</v>
+      </c>
+      <c r="G617" s="71">
+        <v>80</v>
+      </c>
+      <c r="H617" s="71">
+        <v>80</v>
+      </c>
+      <c r="I617" s="71">
+        <v>100</v>
+      </c>
+      <c r="J617" s="71">
+        <v>100</v>
+      </c>
+      <c r="K617" s="71">
+        <v>0</v>
+      </c>
+      <c r="L617" s="71">
+        <v>0</v>
+      </c>
+      <c r="M617" s="71">
+        <v>0</v>
+      </c>
+      <c r="N617" s="71">
+        <v>100</v>
+      </c>
+      <c r="O617" s="71">
+        <v>100</v>
+      </c>
+      <c r="P617" s="71">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="618" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A618" s="44" t="s">
+        <v>555</v>
+      </c>
+      <c r="B618" s="34" t="s">
+        <v>556</v>
+      </c>
+      <c r="C618" s="132">
+        <v>0</v>
+      </c>
+      <c r="D618" s="164">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E618" s="221">
+        <v>0</v>
+      </c>
+      <c r="F618" s="221">
+        <v>0</v>
+      </c>
+      <c r="G618" s="221">
+        <v>0</v>
+      </c>
+      <c r="H618" s="221">
+        <v>0</v>
+      </c>
+      <c r="I618" s="221">
+        <v>0</v>
+      </c>
+      <c r="J618" s="221">
+        <v>0</v>
+      </c>
+      <c r="K618" s="221">
+        <v>0</v>
+      </c>
+      <c r="L618" s="221">
+        <v>0</v>
+      </c>
+      <c r="M618" s="221">
+        <v>0</v>
+      </c>
+      <c r="N618" s="221">
+        <v>0</v>
+      </c>
+      <c r="O618" s="221">
+        <v>0</v>
+      </c>
+      <c r="P618" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="619" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A619" s="35" t="s">
+        <v>557</v>
+      </c>
+      <c r="B619" s="36" t="s">
+        <v>558</v>
+      </c>
+      <c r="C619" s="133">
+        <v>0</v>
+      </c>
+      <c r="D619" s="164">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="E619" s="230">
+        <v>0</v>
+      </c>
+      <c r="F619" s="230">
+        <v>0</v>
+      </c>
+      <c r="G619" s="230">
+        <v>0</v>
+      </c>
+      <c r="H619" s="230">
+        <v>0</v>
+      </c>
+      <c r="I619" s="230">
+        <v>0</v>
+      </c>
+      <c r="J619" s="230">
+        <v>0</v>
+      </c>
+      <c r="K619" s="230">
+        <v>0</v>
+      </c>
+      <c r="L619" s="230">
+        <v>0</v>
+      </c>
+      <c r="M619" s="230">
+        <v>0</v>
+      </c>
+      <c r="N619" s="230">
+        <v>0</v>
+      </c>
+      <c r="O619" s="230">
+        <v>0</v>
+      </c>
+      <c r="P619" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A620" s="37"/>
+      <c r="B620" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C620" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D620" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E620" s="234">
+        <v>0</v>
+      </c>
+      <c r="F620" s="234">
+        <v>0</v>
+      </c>
+      <c r="G620" s="234">
+        <v>0</v>
+      </c>
+      <c r="H620" s="234">
+        <v>0</v>
+      </c>
+      <c r="I620" s="234">
+        <v>0</v>
+      </c>
+      <c r="J620" s="234">
+        <v>0</v>
+      </c>
+      <c r="K620" s="234">
+        <v>0</v>
+      </c>
+      <c r="L620" s="234">
+        <v>0</v>
+      </c>
+      <c r="M620" s="234">
+        <v>0</v>
+      </c>
+      <c r="N620" s="234">
+        <v>0</v>
+      </c>
+      <c r="O620" s="234">
+        <v>0</v>
+      </c>
+      <c r="P620" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="621" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A621" s="37"/>
+      <c r="B621" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C621" s="135"/>
+      <c r="D621" s="184"/>
+      <c r="E621" s="230">
+        <v>0</v>
+      </c>
+      <c r="F621" s="230">
+        <v>0</v>
+      </c>
+      <c r="G621" s="230">
+        <v>0</v>
+      </c>
+      <c r="H621" s="230">
+        <v>0</v>
+      </c>
+      <c r="I621" s="230">
+        <v>0</v>
+      </c>
+      <c r="J621" s="230">
+        <v>0</v>
+      </c>
+      <c r="K621" s="230">
+        <v>0</v>
+      </c>
+      <c r="L621" s="230">
+        <v>0</v>
+      </c>
+      <c r="M621" s="230">
+        <v>0</v>
+      </c>
+      <c r="N621" s="230">
+        <v>0</v>
+      </c>
+      <c r="O621" s="230">
+        <v>0</v>
+      </c>
+      <c r="P621" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="622" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A622" s="38" t="s">
+        <v>559</v>
+      </c>
+      <c r="B622" s="36" t="s">
+        <v>560</v>
+      </c>
+      <c r="C622" s="133">
+        <v>0</v>
+      </c>
+      <c r="D622" s="164">
+        <v>0.01</v>
+      </c>
+      <c r="E622" s="230">
+        <v>0</v>
+      </c>
+      <c r="F622" s="230">
+        <v>0</v>
+      </c>
+      <c r="G622" s="230">
+        <v>0</v>
+      </c>
+      <c r="H622" s="230">
+        <v>0</v>
+      </c>
+      <c r="I622" s="230">
+        <v>0</v>
+      </c>
+      <c r="J622" s="230">
+        <v>0</v>
+      </c>
+      <c r="K622" s="230">
+        <v>0</v>
+      </c>
+      <c r="L622" s="230">
+        <v>0</v>
+      </c>
+      <c r="M622" s="230">
+        <v>0</v>
+      </c>
+      <c r="N622" s="230">
+        <v>0</v>
+      </c>
+      <c r="O622" s="230">
+        <v>0</v>
+      </c>
+      <c r="P622" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="623" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A623" s="37"/>
+      <c r="B623" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C623" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D623" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E623" s="234">
+        <v>0</v>
+      </c>
+      <c r="F623" s="234">
+        <v>0</v>
+      </c>
+      <c r="G623" s="234">
+        <v>0</v>
+      </c>
+      <c r="H623" s="234">
+        <v>0</v>
+      </c>
+      <c r="I623" s="234">
+        <v>0</v>
+      </c>
+      <c r="J623" s="234">
+        <v>0</v>
+      </c>
+      <c r="K623" s="234">
+        <v>0</v>
+      </c>
+      <c r="L623" s="234">
+        <v>0</v>
+      </c>
+      <c r="M623" s="234">
+        <v>0</v>
+      </c>
+      <c r="N623" s="234">
+        <v>0</v>
+      </c>
+      <c r="O623" s="234">
+        <v>0</v>
+      </c>
+      <c r="P623" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="624" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A624" s="37"/>
+      <c r="B624" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C624" s="135"/>
+      <c r="D624" s="184"/>
+      <c r="E624" s="230">
+        <v>0</v>
+      </c>
+      <c r="F624" s="230">
+        <v>0</v>
+      </c>
+      <c r="G624" s="230">
+        <v>0</v>
+      </c>
+      <c r="H624" s="230">
+        <v>0</v>
+      </c>
+      <c r="I624" s="230">
+        <v>0</v>
+      </c>
+      <c r="J624" s="230">
+        <v>0</v>
+      </c>
+      <c r="K624" s="230">
+        <v>0</v>
+      </c>
+      <c r="L624" s="230">
+        <v>0</v>
+      </c>
+      <c r="M624" s="230">
+        <v>0</v>
+      </c>
+      <c r="N624" s="230">
+        <v>0</v>
+      </c>
+      <c r="O624" s="230">
+        <v>0</v>
+      </c>
+      <c r="P624" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="625" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A625" s="44" t="s">
+        <v>561</v>
+      </c>
+      <c r="B625" s="34" t="s">
+        <v>562</v>
+      </c>
+      <c r="C625" s="133">
+        <v>0</v>
+      </c>
+      <c r="D625" s="164">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E625" s="221">
+        <v>0</v>
+      </c>
+      <c r="F625" s="221">
+        <v>0</v>
+      </c>
+      <c r="G625" s="221">
+        <v>0</v>
+      </c>
+      <c r="H625" s="221">
+        <v>0</v>
+      </c>
+      <c r="I625" s="221">
+        <v>0</v>
+      </c>
+      <c r="J625" s="221">
+        <v>0</v>
+      </c>
+      <c r="K625" s="221">
+        <v>0</v>
+      </c>
+      <c r="L625" s="221">
+        <v>0</v>
+      </c>
+      <c r="M625" s="221">
+        <v>0</v>
+      </c>
+      <c r="N625" s="221">
+        <v>0</v>
+      </c>
+      <c r="O625" s="221">
+        <v>0</v>
+      </c>
+      <c r="P625" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="626" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A626" s="35" t="s">
+        <v>563</v>
+      </c>
+      <c r="B626" s="36" t="s">
+        <v>564</v>
+      </c>
+      <c r="C626" s="133">
+        <v>0</v>
+      </c>
+      <c r="D626" s="164">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E626" s="230">
+        <v>0</v>
+      </c>
+      <c r="F626" s="230">
+        <v>0</v>
+      </c>
+      <c r="G626" s="230">
+        <v>0</v>
+      </c>
+      <c r="H626" s="230">
+        <v>0</v>
+      </c>
+      <c r="I626" s="230">
+        <v>0</v>
+      </c>
+      <c r="J626" s="230">
+        <v>0</v>
+      </c>
+      <c r="K626" s="230">
+        <v>0</v>
+      </c>
+      <c r="L626" s="230">
+        <v>0</v>
+      </c>
+      <c r="M626" s="230">
+        <v>0</v>
+      </c>
+      <c r="N626" s="230">
+        <v>0</v>
+      </c>
+      <c r="O626" s="230">
+        <v>0</v>
+      </c>
+      <c r="P626" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="627" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A627" s="37"/>
+      <c r="B627" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C627" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D627" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E627" s="234">
+        <v>0</v>
+      </c>
+      <c r="F627" s="234">
+        <v>0</v>
+      </c>
+      <c r="G627" s="234">
+        <v>0</v>
+      </c>
+      <c r="H627" s="234">
+        <v>0</v>
+      </c>
+      <c r="I627" s="234">
+        <v>0</v>
+      </c>
+      <c r="J627" s="234">
+        <v>0</v>
+      </c>
+      <c r="K627" s="234">
+        <v>0</v>
+      </c>
+      <c r="L627" s="234">
+        <v>0</v>
+      </c>
+      <c r="M627" s="234">
+        <v>0</v>
+      </c>
+      <c r="N627" s="234">
+        <v>0</v>
+      </c>
+      <c r="O627" s="234">
+        <v>0</v>
+      </c>
+      <c r="P627" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="628" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A628" s="37"/>
+      <c r="B628" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C628" s="135"/>
+      <c r="D628" s="184"/>
+      <c r="E628" s="230">
+        <v>0</v>
+      </c>
+      <c r="F628" s="230">
+        <v>0</v>
+      </c>
+      <c r="G628" s="230">
+        <v>0</v>
+      </c>
+      <c r="H628" s="230">
+        <v>0</v>
+      </c>
+      <c r="I628" s="230">
+        <v>0</v>
+      </c>
+      <c r="J628" s="230">
+        <v>0</v>
+      </c>
+      <c r="K628" s="230">
+        <v>0</v>
+      </c>
+      <c r="L628" s="230">
+        <v>0</v>
+      </c>
+      <c r="M628" s="230">
+        <v>0</v>
+      </c>
+      <c r="N628" s="230">
+        <v>0</v>
+      </c>
+      <c r="O628" s="230">
+        <v>0</v>
+      </c>
+      <c r="P628" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="629" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A629" s="88"/>
+      <c r="B629" s="256"/>
+      <c r="C629" s="141"/>
+      <c r="D629" s="190"/>
+      <c r="E629" s="231"/>
+      <c r="F629" s="231"/>
+      <c r="G629" s="231"/>
+      <c r="H629" s="231"/>
+      <c r="I629" s="231"/>
+      <c r="J629" s="231"/>
+      <c r="K629" s="231"/>
+      <c r="L629" s="231"/>
+      <c r="M629" s="231"/>
+      <c r="N629" s="231"/>
+      <c r="O629" s="231"/>
+      <c r="P629" s="231"/>
+    </row>
+    <row r="630" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A630" s="44" t="s">
+        <v>565</v>
+      </c>
+      <c r="B630" s="34" t="s">
+        <v>566</v>
+      </c>
+      <c r="C630" s="132">
+        <v>0.5</v>
+      </c>
+      <c r="D630" s="163">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E630" s="221">
+        <v>80</v>
+      </c>
+      <c r="F630" s="221">
+        <v>80</v>
+      </c>
+      <c r="G630" s="221">
+        <v>80</v>
+      </c>
+      <c r="H630" s="221">
+        <v>80</v>
+      </c>
+      <c r="I630" s="221">
+        <v>100</v>
+      </c>
+      <c r="J630" s="221">
+        <v>100</v>
+      </c>
+      <c r="K630" s="221">
+        <v>0</v>
+      </c>
+      <c r="L630" s="221">
+        <v>0</v>
+      </c>
+      <c r="M630" s="221">
+        <v>0</v>
+      </c>
+      <c r="N630" s="221">
+        <v>100</v>
+      </c>
+      <c r="O630" s="221">
+        <v>100</v>
+      </c>
+      <c r="P630" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="631" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A631" s="38" t="s">
+        <v>567</v>
+      </c>
+      <c r="B631" s="36" t="s">
+        <v>568</v>
+      </c>
+      <c r="C631" s="133">
+        <v>1</v>
+      </c>
+      <c r="D631" s="164">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K631" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L631" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M631" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O631" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P631" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="632" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A632" s="37"/>
+      <c r="B632" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C632" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D632" s="220">
+        <v>0.35714285714285715</v>
+      </c>
+      <c r="E632" s="234">
+        <v>10</v>
+      </c>
+      <c r="F632" s="234">
+        <v>10</v>
+      </c>
+      <c r="G632" s="234">
+        <v>10</v>
+      </c>
+      <c r="H632" s="234">
+        <v>10</v>
+      </c>
+      <c r="I632" s="234">
+        <v>9</v>
+      </c>
+      <c r="J632" s="234">
+        <v>9</v>
+      </c>
+      <c r="K632" s="234">
+        <v>14</v>
+      </c>
+      <c r="L632" s="234">
+        <v>14</v>
+      </c>
+      <c r="M632" s="234">
+        <v>14</v>
+      </c>
+      <c r="N632" s="234">
+        <v>9</v>
+      </c>
+      <c r="O632" s="234">
+        <v>9</v>
+      </c>
+      <c r="P632" s="234">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="633" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A633" s="37"/>
+      <c r="B633" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C633" s="135"/>
+      <c r="D633" s="184"/>
+      <c r="E633" s="230">
+        <v>80</v>
+      </c>
+      <c r="F633" s="230">
+        <v>80</v>
+      </c>
+      <c r="G633" s="230">
+        <v>80</v>
+      </c>
+      <c r="H633" s="230">
+        <v>80</v>
+      </c>
+      <c r="I633" s="230">
+        <v>100</v>
+      </c>
+      <c r="J633" s="230">
+        <v>100</v>
+      </c>
+      <c r="K633" s="230">
+        <v>0</v>
+      </c>
+      <c r="L633" s="230">
+        <v>0</v>
+      </c>
+      <c r="M633" s="230">
+        <v>0</v>
+      </c>
+      <c r="N633" s="230">
+        <v>100</v>
+      </c>
+      <c r="O633" s="230">
+        <v>100</v>
+      </c>
+      <c r="P633" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="634" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A634" s="38" t="s">
+        <v>569</v>
+      </c>
+      <c r="B634" s="36" t="s">
+        <v>570</v>
+      </c>
+      <c r="C634" s="133">
+        <v>0</v>
+      </c>
+      <c r="D634" s="164">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="E634" s="230">
+        <v>0</v>
+      </c>
+      <c r="F634" s="230">
+        <v>0</v>
+      </c>
+      <c r="G634" s="230">
+        <v>0</v>
+      </c>
+      <c r="H634" s="230">
+        <v>0</v>
+      </c>
+      <c r="I634" s="230">
+        <v>0</v>
+      </c>
+      <c r="J634" s="230">
+        <v>0</v>
+      </c>
+      <c r="K634" s="230">
+        <v>0</v>
+      </c>
+      <c r="L634" s="230">
+        <v>0</v>
+      </c>
+      <c r="M634" s="230">
+        <v>0</v>
+      </c>
+      <c r="N634" s="230">
+        <v>0</v>
+      </c>
+      <c r="O634" s="230">
+        <v>0</v>
+      </c>
+      <c r="P634" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="635" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A635" s="37"/>
+      <c r="B635" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C635" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D635" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E635" s="234">
+        <v>0</v>
+      </c>
+      <c r="F635" s="234">
+        <v>0</v>
+      </c>
+      <c r="G635" s="234">
+        <v>0</v>
+      </c>
+      <c r="H635" s="234">
+        <v>0</v>
+      </c>
+      <c r="I635" s="234">
+        <v>0</v>
+      </c>
+      <c r="J635" s="234">
+        <v>0</v>
+      </c>
+      <c r="K635" s="234">
+        <v>0</v>
+      </c>
+      <c r="L635" s="234">
+        <v>0</v>
+      </c>
+      <c r="M635" s="234">
+        <v>0</v>
+      </c>
+      <c r="N635" s="234">
+        <v>0</v>
+      </c>
+      <c r="O635" s="234">
+        <v>0</v>
+      </c>
+      <c r="P635" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="636" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A636" s="37"/>
+      <c r="B636" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C636" s="135"/>
+      <c r="D636" s="184"/>
+      <c r="E636" s="230">
+        <v>0</v>
+      </c>
+      <c r="F636" s="230">
+        <v>0</v>
+      </c>
+      <c r="G636" s="230">
+        <v>0</v>
+      </c>
+      <c r="H636" s="230">
+        <v>0</v>
+      </c>
+      <c r="I636" s="230">
+        <v>0</v>
+      </c>
+      <c r="J636" s="230">
+        <v>0</v>
+      </c>
+      <c r="K636" s="230">
+        <v>0</v>
+      </c>
+      <c r="L636" s="230">
+        <v>0</v>
+      </c>
+      <c r="M636" s="230">
+        <v>0</v>
+      </c>
+      <c r="N636" s="230">
+        <v>0</v>
+      </c>
+      <c r="O636" s="230">
+        <v>0</v>
+      </c>
+      <c r="P636" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="637" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A637" s="86" t="s">
+        <v>571</v>
+      </c>
+      <c r="B637" s="87" t="s">
+        <v>572</v>
+      </c>
+      <c r="C637" s="218">
+        <v>0.5</v>
+      </c>
+      <c r="D637" s="189">
+        <v>0.05</v>
+      </c>
+      <c r="E637" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="F637" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="G637" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="H637" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="I637" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="J637" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="K637" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="L637" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="M637" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="N637" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="O637" s="229" t="s">
+        <v>649</v>
+      </c>
+      <c r="P637" s="229" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="638" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A638" s="89"/>
+      <c r="B638" s="100" t="s">
+        <v>18</v>
+      </c>
+      <c r="C638" s="215"/>
+      <c r="D638" s="216"/>
+      <c r="E638" s="238">
+        <v>100</v>
+      </c>
+      <c r="F638" s="238">
+        <v>100</v>
+      </c>
+      <c r="G638" s="238">
+        <v>100</v>
+      </c>
+      <c r="H638" s="238">
+        <v>100</v>
+      </c>
+      <c r="I638" s="238">
+        <v>100</v>
+      </c>
+      <c r="J638" s="238">
+        <v>100</v>
+      </c>
+      <c r="K638" s="238">
+        <v>0</v>
+      </c>
+      <c r="L638" s="238">
+        <v>0</v>
+      </c>
+      <c r="M638" s="238">
+        <v>0</v>
+      </c>
+      <c r="N638" s="238">
+        <v>0</v>
+      </c>
+      <c r="O638" s="238">
+        <v>0</v>
+      </c>
+      <c r="P638" s="238">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="639" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A639" s="44" t="s">
+        <v>573</v>
+      </c>
+      <c r="B639" s="34" t="s">
+        <v>574</v>
+      </c>
+      <c r="C639" s="132">
+        <v>1</v>
+      </c>
+      <c r="D639" s="163">
+        <v>0.05</v>
+      </c>
+      <c r="E639" s="221">
+        <v>100</v>
+      </c>
+      <c r="F639" s="221">
+        <v>100</v>
+      </c>
+      <c r="G639" s="221">
+        <v>100</v>
+      </c>
+      <c r="H639" s="221">
+        <v>100</v>
+      </c>
+      <c r="I639" s="221">
+        <v>100</v>
+      </c>
+      <c r="J639" s="221">
+        <v>100</v>
+      </c>
+      <c r="K639" s="221">
+        <v>0</v>
+      </c>
+      <c r="L639" s="221">
+        <v>0</v>
+      </c>
+      <c r="M639" s="221">
+        <v>0</v>
+      </c>
+      <c r="N639" s="221">
+        <v>0</v>
+      </c>
+      <c r="O639" s="221">
+        <v>0</v>
+      </c>
+      <c r="P639" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="640" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A640" s="35" t="s">
+        <v>575</v>
+      </c>
+      <c r="B640" s="36" t="s">
+        <v>576</v>
+      </c>
+      <c r="C640" s="133">
+        <v>1</v>
+      </c>
+      <c r="D640" s="164">
+        <v>0.05</v>
+      </c>
+      <c r="E640" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F640" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G640" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H640" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I640" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J640" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K640" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L640" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M640" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N640" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O640" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P640" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="641" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A641" s="40"/>
+      <c r="B641" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C641" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D641" s="220">
+        <v>1</v>
+      </c>
+      <c r="E641" s="234">
+        <v>0</v>
+      </c>
+      <c r="F641" s="234">
+        <v>0</v>
+      </c>
+      <c r="G641" s="234">
+        <v>0</v>
+      </c>
+      <c r="H641" s="234">
+        <v>0</v>
+      </c>
+      <c r="I641" s="234">
+        <v>0</v>
+      </c>
+      <c r="J641" s="234">
+        <v>0</v>
+      </c>
+      <c r="K641" s="234">
+        <v>270</v>
+      </c>
+      <c r="L641" s="234">
+        <v>270</v>
+      </c>
+      <c r="M641" s="234">
+        <v>270</v>
+      </c>
+      <c r="N641" s="234">
+        <v>270</v>
+      </c>
+      <c r="O641" s="234">
+        <v>270</v>
+      </c>
+      <c r="P641" s="234">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="642" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A642" s="40"/>
+      <c r="B642" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C642" s="135"/>
+      <c r="D642" s="184"/>
+      <c r="E642" s="230">
+        <v>100</v>
+      </c>
+      <c r="F642" s="230">
+        <v>100</v>
+      </c>
+      <c r="G642" s="230">
+        <v>100</v>
+      </c>
+      <c r="H642" s="230">
+        <v>100</v>
+      </c>
+      <c r="I642" s="230">
+        <v>100</v>
+      </c>
+      <c r="J642" s="230">
+        <v>100</v>
+      </c>
+      <c r="K642" s="230">
+        <v>0</v>
+      </c>
+      <c r="L642" s="230">
+        <v>0</v>
+      </c>
+      <c r="M642" s="230">
+        <v>0</v>
+      </c>
+      <c r="N642" s="230">
+        <v>0</v>
+      </c>
+      <c r="O642" s="230">
+        <v>0</v>
+      </c>
+      <c r="P642" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="643" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A643" s="44" t="s">
+        <v>577</v>
+      </c>
+      <c r="B643" s="34" t="s">
+        <v>578</v>
+      </c>
+      <c r="C643" s="133">
+        <v>0</v>
+      </c>
+      <c r="D643" s="164">
+        <v>0.05</v>
+      </c>
+      <c r="E643" s="221">
+        <v>0</v>
+      </c>
+      <c r="F643" s="221">
+        <v>0</v>
+      </c>
+      <c r="G643" s="221">
+        <v>0</v>
+      </c>
+      <c r="H643" s="221">
+        <v>0</v>
+      </c>
+      <c r="I643" s="221">
+        <v>0</v>
+      </c>
+      <c r="J643" s="221">
+        <v>0</v>
+      </c>
+      <c r="K643" s="221">
+        <v>0</v>
+      </c>
+      <c r="L643" s="221">
+        <v>0</v>
+      </c>
+      <c r="M643" s="221">
+        <v>0</v>
+      </c>
+      <c r="N643" s="221">
+        <v>0</v>
+      </c>
+      <c r="O643" s="221">
+        <v>0</v>
+      </c>
+      <c r="P643" s="221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="644" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A644" s="38" t="s">
+        <v>579</v>
+      </c>
+      <c r="B644" s="36" t="s">
+        <v>580</v>
+      </c>
+      <c r="C644" s="133">
+        <v>0</v>
+      </c>
+      <c r="D644" s="164">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E644" s="230">
+        <v>0</v>
+      </c>
+      <c r="F644" s="230">
+        <v>0</v>
+      </c>
+      <c r="G644" s="230">
+        <v>0</v>
+      </c>
+      <c r="H644" s="230">
+        <v>0</v>
+      </c>
+      <c r="I644" s="230">
+        <v>0</v>
+      </c>
+      <c r="J644" s="230">
+        <v>0</v>
+      </c>
+      <c r="K644" s="230">
+        <v>0</v>
+      </c>
+      <c r="L644" s="230">
+        <v>0</v>
+      </c>
+      <c r="M644" s="230">
+        <v>0</v>
+      </c>
+      <c r="N644" s="230">
+        <v>0</v>
+      </c>
+      <c r="O644" s="230">
+        <v>0</v>
+      </c>
+      <c r="P644" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="645" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A645" s="40"/>
+      <c r="B645" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C645" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D645" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E645" s="234">
+        <v>0</v>
+      </c>
+      <c r="F645" s="234">
+        <v>0</v>
+      </c>
+      <c r="G645" s="234">
+        <v>0</v>
+      </c>
+      <c r="H645" s="234">
+        <v>0</v>
+      </c>
+      <c r="I645" s="234">
+        <v>0</v>
+      </c>
+      <c r="J645" s="234">
+        <v>0</v>
+      </c>
+      <c r="K645" s="234">
+        <v>0</v>
+      </c>
+      <c r="L645" s="234">
+        <v>0</v>
+      </c>
+      <c r="M645" s="234">
+        <v>0</v>
+      </c>
+      <c r="N645" s="234">
+        <v>0</v>
+      </c>
+      <c r="O645" s="234">
+        <v>0</v>
+      </c>
+      <c r="P645" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="646" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A646" s="40"/>
+      <c r="B646" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C646" s="135"/>
+      <c r="D646" s="184"/>
+      <c r="E646" s="230">
+        <v>0</v>
+      </c>
+      <c r="F646" s="230">
+        <v>0</v>
+      </c>
+      <c r="G646" s="230">
+        <v>0</v>
+      </c>
+      <c r="H646" s="230">
+        <v>0</v>
+      </c>
+      <c r="I646" s="230">
+        <v>0</v>
+      </c>
+      <c r="J646" s="230">
+        <v>0</v>
+      </c>
+      <c r="K646" s="230">
+        <v>0</v>
+      </c>
+      <c r="L646" s="230">
+        <v>0</v>
+      </c>
+      <c r="M646" s="230">
+        <v>0</v>
+      </c>
+      <c r="N646" s="230">
+        <v>0</v>
+      </c>
+      <c r="O646" s="230">
+        <v>0</v>
+      </c>
+      <c r="P646" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="647" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A647" s="38" t="s">
+        <v>581</v>
+      </c>
+      <c r="B647" s="36" t="s">
+        <v>582</v>
+      </c>
+      <c r="C647" s="133">
+        <v>0</v>
+      </c>
+      <c r="D647" s="164">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="E647" s="230">
+        <v>0</v>
+      </c>
+      <c r="F647" s="230">
+        <v>0</v>
+      </c>
+      <c r="G647" s="230">
+        <v>0</v>
+      </c>
+      <c r="H647" s="230">
+        <v>0</v>
+      </c>
+      <c r="I647" s="230">
+        <v>0</v>
+      </c>
+      <c r="J647" s="230">
+        <v>0</v>
+      </c>
+      <c r="K647" s="230">
+        <v>0</v>
+      </c>
+      <c r="L647" s="230">
+        <v>0</v>
+      </c>
+      <c r="M647" s="230">
+        <v>0</v>
+      </c>
+      <c r="N647" s="230">
+        <v>0</v>
+      </c>
+      <c r="O647" s="230">
+        <v>0</v>
+      </c>
+      <c r="P647" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="648" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A648" s="40"/>
+      <c r="B648" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C648" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D648" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E648" s="234">
+        <v>0</v>
+      </c>
+      <c r="F648" s="234">
+        <v>0</v>
+      </c>
+      <c r="G648" s="234">
+        <v>0</v>
+      </c>
+      <c r="H648" s="234">
+        <v>0</v>
+      </c>
+      <c r="I648" s="234">
+        <v>0</v>
+      </c>
+      <c r="J648" s="234">
+        <v>0</v>
+      </c>
+      <c r="K648" s="234">
+        <v>0</v>
+      </c>
+      <c r="L648" s="234">
+        <v>0</v>
+      </c>
+      <c r="M648" s="234">
+        <v>0</v>
+      </c>
+      <c r="N648" s="234">
+        <v>0</v>
+      </c>
+      <c r="O648" s="234">
+        <v>0</v>
+      </c>
+      <c r="P648" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="649" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A649" s="40"/>
+      <c r="B649" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C649" s="135"/>
+      <c r="D649" s="184"/>
+      <c r="E649" s="230">
+        <v>0</v>
+      </c>
+      <c r="F649" s="230">
+        <v>0</v>
+      </c>
+      <c r="G649" s="230">
+        <v>0</v>
+      </c>
+      <c r="H649" s="230">
+        <v>0</v>
+      </c>
+      <c r="I649" s="230">
+        <v>0</v>
+      </c>
+      <c r="J649" s="230">
+        <v>0</v>
+      </c>
+      <c r="K649" s="230">
+        <v>0</v>
+      </c>
+      <c r="L649" s="230">
+        <v>0</v>
+      </c>
+      <c r="M649" s="230">
+        <v>0</v>
+      </c>
+      <c r="N649" s="230">
+        <v>0</v>
+      </c>
+      <c r="O649" s="230">
+        <v>0</v>
+      </c>
+      <c r="P649" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="650" spans="1:16" customFormat="1" ht="45" hidden="1" outlineLevel="2">
+      <c r="A650" s="38" t="s">
+        <v>583</v>
+      </c>
+      <c r="B650" s="36" t="s">
+        <v>584</v>
+      </c>
+      <c r="C650" s="133">
+        <v>0</v>
+      </c>
+      <c r="D650" s="164">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E650" s="230">
+        <v>0</v>
+      </c>
+      <c r="F650" s="230">
+        <v>0</v>
+      </c>
+      <c r="G650" s="230">
+        <v>0</v>
+      </c>
+      <c r="H650" s="230">
+        <v>0</v>
+      </c>
+      <c r="I650" s="230">
+        <v>0</v>
+      </c>
+      <c r="J650" s="230">
+        <v>0</v>
+      </c>
+      <c r="K650" s="230">
+        <v>0</v>
+      </c>
+      <c r="L650" s="230">
+        <v>0</v>
+      </c>
+      <c r="M650" s="230">
+        <v>0</v>
+      </c>
+      <c r="N650" s="230">
+        <v>0</v>
+      </c>
+      <c r="O650" s="230">
+        <v>0</v>
+      </c>
+      <c r="P650" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="651" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A651" s="40"/>
+      <c r="B651" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C651" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D651" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E651" s="234">
+        <v>0</v>
+      </c>
+      <c r="F651" s="234">
+        <v>0</v>
+      </c>
+      <c r="G651" s="234">
+        <v>0</v>
+      </c>
+      <c r="H651" s="234">
+        <v>0</v>
+      </c>
+      <c r="I651" s="234">
+        <v>0</v>
+      </c>
+      <c r="J651" s="234">
+        <v>0</v>
+      </c>
+      <c r="K651" s="234">
+        <v>0</v>
+      </c>
+      <c r="L651" s="234">
+        <v>0</v>
+      </c>
+      <c r="M651" s="234">
+        <v>0</v>
+      </c>
+      <c r="N651" s="234">
+        <v>0</v>
+      </c>
+      <c r="O651" s="234">
+        <v>0</v>
+      </c>
+      <c r="P651" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="652" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A652" s="40"/>
+      <c r="B652" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="C652" s="135"/>
+      <c r="D652" s="184"/>
+      <c r="E652" s="230">
+        <v>0</v>
+      </c>
+      <c r="F652" s="230">
+        <v>0</v>
+      </c>
+      <c r="G652" s="230">
+        <v>0</v>
+      </c>
+      <c r="H652" s="230">
+        <v>0</v>
+      </c>
+      <c r="I652" s="230">
+        <v>0</v>
+      </c>
+      <c r="J652" s="230">
+        <v>0</v>
+      </c>
+      <c r="K652" s="230">
+        <v>0</v>
+      </c>
+      <c r="L652" s="230">
+        <v>0</v>
+      </c>
+      <c r="M652" s="230">
+        <v>0</v>
+      </c>
+      <c r="N652" s="230">
+        <v>0</v>
+      </c>
+      <c r="O652" s="230">
+        <v>0</v>
+      </c>
+      <c r="P652" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="653" spans="1:16" customFormat="1" ht="30" hidden="1" outlineLevel="2">
+      <c r="A653" s="38" t="s">
+        <v>585</v>
+      </c>
+      <c r="B653" s="36" t="s">
+        <v>586</v>
+      </c>
+      <c r="C653" s="133">
+        <v>0</v>
+      </c>
+      <c r="D653" s="164">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="E653" s="230">
+        <v>0</v>
+      </c>
+      <c r="F653" s="230">
+        <v>0</v>
+      </c>
+      <c r="G653" s="230">
+        <v>0</v>
+      </c>
+      <c r="H653" s="230">
+        <v>0</v>
+      </c>
+      <c r="I653" s="230">
+        <v>0</v>
+      </c>
+      <c r="J653" s="230">
+        <v>0</v>
+      </c>
+      <c r="K653" s="230">
+        <v>0</v>
+      </c>
+      <c r="L653" s="230">
+        <v>0</v>
+      </c>
+      <c r="M653" s="230">
+        <v>0</v>
+      </c>
+      <c r="N653" s="230">
+        <v>0</v>
+      </c>
+      <c r="O653" s="230">
+        <v>0</v>
+      </c>
+      <c r="P653" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="654" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A654" s="40"/>
+      <c r="B654" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C654" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D654" s="220" t="s">
+        <v>652</v>
+      </c>
+      <c r="E654" s="234">
+        <v>0</v>
+      </c>
+      <c r="F654" s="234">
+        <v>0</v>
+      </c>
+      <c r="G654" s="234">
+        <v>0</v>
+      </c>
+      <c r="H654" s="234">
+        <v>0</v>
+      </c>
+      <c r="I654" s="234">
+        <v>0</v>
+      </c>
+      <c r="J654" s="234">
+        <v>0</v>
+      </c>
+      <c r="K654" s="234">
+        <v>0</v>
+      </c>
+      <c r="L654" s="234">
+        <v>0</v>
+      </c>
+      <c r="M654" s="234">
+        <v>0</v>
+      </c>
+      <c r="N654" s="234">
+        <v>0</v>
+      </c>
+      <c r="O654" s="234">
+        <v>0</v>
+      </c>
+      <c r="P654" s="234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="655" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A655" s="109"/>
+      <c r="B655" s="257" t="s">
+        <v>30</v>
+      </c>
+      <c r="C655" s="147"/>
+      <c r="D655" s="191"/>
+      <c r="E655" s="178">
+        <v>0</v>
+      </c>
+      <c r="F655" s="178">
+        <v>0</v>
+      </c>
+      <c r="G655" s="178">
+        <v>0</v>
+      </c>
+      <c r="H655" s="178">
+        <v>0</v>
+      </c>
+      <c r="I655" s="178">
+        <v>0</v>
+      </c>
+      <c r="J655" s="178">
+        <v>0</v>
+      </c>
+      <c r="K655" s="178">
+        <v>0</v>
+      </c>
+      <c r="L655" s="178">
+        <v>0</v>
+      </c>
+      <c r="M655" s="178">
+        <v>0</v>
+      </c>
+      <c r="N655" s="178">
+        <v>0</v>
+      </c>
+      <c r="O655" s="178">
+        <v>0</v>
+      </c>
+      <c r="P655" s="178">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="656" spans="1:16" customFormat="1" ht="39.950000000000003" customHeight="1" collapsed="1" thickTop="1">
+      <c r="A656" s="110" t="s">
+        <v>587</v>
+      </c>
+      <c r="B656" s="111" t="s">
+        <v>588</v>
+      </c>
+      <c r="C656" s="154" t="s">
+        <v>1</v>
+      </c>
+      <c r="D656" s="192" t="s">
+        <v>17</v>
+      </c>
+      <c r="E656" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="H656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="I656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="J656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="K656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="O656" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="P656" s="229" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="657" spans="1:20" customFormat="1" ht="21" customHeight="1" collapsed="1" thickBot="1">
+      <c r="A657" s="131"/>
+      <c r="B657" s="94" t="s">
+        <v>589</v>
+      </c>
+      <c r="C657" s="148"/>
+      <c r="D657" s="193"/>
+      <c r="E657" s="71">
+        <v>39.362450915018151</v>
+      </c>
+      <c r="F657" s="71">
+        <v>42.823576147751467</v>
+      </c>
+      <c r="G657" s="71">
+        <v>51.412428508763817</v>
+      </c>
+      <c r="H657" s="71">
+        <v>47.269601627256975</v>
+      </c>
+      <c r="I657" s="71">
+        <v>49.530396993713019</v>
+      </c>
+      <c r="J657" s="71">
+        <v>46.078251679983737</v>
+      </c>
+      <c r="K657" s="71">
+        <v>51.650981310458469</v>
+      </c>
+      <c r="L657" s="71">
+        <v>56.662207575474852</v>
+      </c>
+      <c r="M657" s="71">
+        <v>42.862181366569423</v>
+      </c>
+      <c r="N657" s="71">
+        <v>54.665437059776465</v>
+      </c>
+      <c r="O657" s="71">
+        <v>50.037151514970333</v>
+      </c>
+      <c r="P657" s="71">
+        <v>41.15599803114133</v>
+      </c>
+    </row>
+    <row r="658" spans="1:20" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A658" s="92" t="s">
+        <v>590</v>
+      </c>
+      <c r="B658" s="93" t="s">
+        <v>591</v>
+      </c>
+      <c r="C658" s="153">
+        <v>1.5</v>
+      </c>
+      <c r="D658" s="187">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="E658" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F658" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="G658" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="H658" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="I658" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="J658" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="K658" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="L658" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M658" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="N658" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="O658" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="P658" s="229" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="659" spans="1:20" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A659" s="76"/>
+      <c r="B659" s="94" t="s">
+        <v>592</v>
+      </c>
+      <c r="C659" s="155"/>
+      <c r="D659" s="194"/>
+      <c r="E659" s="71">
+        <v>33.333333333333336</v>
+      </c>
+      <c r="F659" s="71">
+        <v>27.424500178684561</v>
+      </c>
+      <c r="G659" s="71">
+        <v>33.212560287203118</v>
+      </c>
+      <c r="H659" s="71">
+        <v>34.59259143576265</v>
+      </c>
+      <c r="I659" s="71">
+        <v>28.200757425272815</v>
+      </c>
+      <c r="J659" s="71">
+        <v>32.151161203065406</v>
+      </c>
+      <c r="K659" s="71">
+        <v>68.275161074109306</v>
+      </c>
+      <c r="L659" s="71">
+        <v>70.067276358667101</v>
+      </c>
+      <c r="M659" s="71">
+        <v>50.422262717358841</v>
+      </c>
+      <c r="N659" s="71">
+        <v>54.1558065450333</v>
+      </c>
+      <c r="O659" s="71">
+        <v>53.781468552384723</v>
+      </c>
+      <c r="P659" s="71">
+        <v>35.564296623496517</v>
+      </c>
+    </row>
+    <row r="660" spans="1:20" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A660" s="122" t="s">
+        <v>593</v>
+      </c>
+      <c r="B660" s="62" t="s">
+        <v>594</v>
+      </c>
+      <c r="C660" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D660" s="195">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="E660" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="F660" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="G660" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="H660" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="I660" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="J660" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="K660" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="L660" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="M660" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="N660" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="O660" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="P660" s="178" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="661" spans="1:20" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A661" s="123"/>
+      <c r="B661" s="64" t="s">
+        <v>595</v>
+      </c>
+      <c r="C661" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D661" s="220">
+        <v>0.27655677655677652</v>
+      </c>
+      <c r="E661" s="251">
+        <v>3.95</v>
+      </c>
+      <c r="F661" s="251">
+        <v>4.66</v>
+      </c>
+      <c r="G661" s="251">
+        <v>4.99</v>
+      </c>
+      <c r="H661" s="251">
+        <v>4.07</v>
+      </c>
+      <c r="I661" s="251">
+        <v>4.95</v>
+      </c>
+      <c r="J661" s="251">
+        <v>4.05</v>
+      </c>
+      <c r="K661" s="251">
+        <v>4.38</v>
+      </c>
+      <c r="L661" s="251">
+        <v>5.27</v>
+      </c>
+      <c r="M661" s="251">
+        <v>5.09</v>
+      </c>
+      <c r="N661" s="251">
+        <v>5.46</v>
+      </c>
+      <c r="O661" s="251">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="P661" s="251">
+        <v>5.29</v>
+      </c>
+    </row>
+    <row r="662" spans="1:20" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A662" s="123"/>
+      <c r="B662" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C662" s="198"/>
+      <c r="D662" s="199"/>
+      <c r="E662" s="178">
+        <v>100</v>
+      </c>
+      <c r="F662" s="178">
+        <v>52.980132450331119</v>
+      </c>
+      <c r="G662" s="178">
+        <v>31.125827814569533</v>
+      </c>
+      <c r="H662" s="178">
+        <v>92.05298013245033</v>
+      </c>
+      <c r="I662" s="178">
+        <v>33.774834437086085</v>
+      </c>
+      <c r="J662" s="178">
+        <v>93.377483443708627</v>
+      </c>
+      <c r="K662" s="178">
+        <v>71.523178807947033</v>
+      </c>
+      <c r="L662" s="178">
+        <v>12.582781456953668</v>
+      </c>
+      <c r="M662" s="178">
+        <v>24.50331125827816</v>
+      </c>
+      <c r="N662" s="178">
+        <v>0</v>
+      </c>
+      <c r="O662" s="178">
+        <v>59.602649006622549</v>
+      </c>
+      <c r="P662" s="178">
+        <v>11.258278145695357</v>
+      </c>
+      <c r="T662" s="258"/>
+    </row>
+    <row r="663" spans="1:20" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A663" s="124" t="s">
+        <v>596</v>
+      </c>
+      <c r="B663" s="67" t="s">
+        <v>597</v>
+      </c>
+      <c r="C663" s="133">
+        <v>1</v>
+      </c>
+      <c r="D663" s="200">
+        <v>5</v>
+      </c>
+      <c r="E663" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="F663" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="G663" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="H663" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="I663" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="J663" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="K663" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="L663" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="M663" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="N663" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="O663" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="P663" s="178" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="664" spans="1:20" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A664" s="123"/>
+      <c r="B664" s="64" t="s">
+        <v>107</v>
+      </c>
+      <c r="C664" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D664" s="220">
+        <v>0.48275862068965519</v>
+      </c>
+      <c r="E664" s="233">
+        <v>58</v>
+      </c>
+      <c r="F664" s="233">
+        <v>51</v>
+      </c>
+      <c r="G664" s="233">
+        <v>50</v>
+      </c>
+      <c r="H664" s="233">
+        <v>54</v>
+      </c>
+      <c r="I664" s="233">
+        <v>53</v>
+      </c>
+      <c r="J664" s="233">
+        <v>57</v>
+      </c>
+      <c r="K664" s="233">
+        <v>35</v>
+      </c>
+      <c r="L664" s="233">
+        <v>31</v>
+      </c>
+      <c r="M664" s="233">
+        <v>34</v>
+      </c>
+      <c r="N664" s="233">
+        <v>30</v>
+      </c>
+      <c r="O664" s="233">
+        <v>34</v>
+      </c>
+      <c r="P664" s="233">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="665" spans="1:20" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A665" s="123"/>
+      <c r="B665" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C665" s="198"/>
+      <c r="D665" s="201"/>
+      <c r="E665" s="178">
+        <v>0</v>
+      </c>
+      <c r="F665" s="178">
+        <v>25</v>
+      </c>
+      <c r="G665" s="178">
+        <v>28.571428571428569</v>
+      </c>
+      <c r="H665" s="178">
+        <v>14.285714285714292</v>
+      </c>
+      <c r="I665" s="178">
+        <v>17.857142857142861</v>
+      </c>
+      <c r="J665" s="178">
+        <v>3.5714285714285694</v>
+      </c>
+      <c r="K665" s="178">
+        <v>82.142857142857139</v>
+      </c>
+      <c r="L665" s="178">
+        <v>96.428571428571431</v>
+      </c>
+      <c r="M665" s="178">
+        <v>85.714285714285708</v>
+      </c>
+      <c r="N665" s="178">
+        <v>100</v>
+      </c>
+      <c r="O665" s="178">
+        <v>85.714285714285708</v>
+      </c>
+      <c r="P665" s="178">
+        <v>89.285714285714292</v>
+      </c>
+    </row>
+    <row r="666" spans="1:20" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A666" s="124" t="s">
+        <v>598</v>
+      </c>
+      <c r="B666" s="67" t="s">
+        <v>599</v>
+      </c>
+      <c r="C666" s="133">
+        <v>2</v>
+      </c>
+      <c r="D666" s="200">
+        <v>9.9</v>
+      </c>
+      <c r="E666" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="F666" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="G666" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="H666" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="I666" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="J666" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="K666" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="L666" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="M666" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="N666" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="O666" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="P666" s="178" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="667" spans="1:20" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A667" s="123"/>
+      <c r="B667" s="64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C667" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D667" s="220">
+        <v>0.20690275031457847</v>
+      </c>
+      <c r="E667" s="112">
+        <v>4412</v>
+      </c>
+      <c r="F667" s="112">
+        <v>4521</v>
+      </c>
+      <c r="G667" s="112">
+        <v>4839</v>
+      </c>
+      <c r="H667" s="112">
+        <v>4431</v>
+      </c>
+      <c r="I667" s="112">
+        <v>4748</v>
+      </c>
+      <c r="J667" s="112">
+        <v>4418</v>
+      </c>
+      <c r="K667" s="112">
+        <v>5090</v>
+      </c>
+      <c r="L667" s="112">
+        <v>5563</v>
+      </c>
+      <c r="M667" s="112">
+        <v>5013</v>
+      </c>
+      <c r="N667" s="112">
+        <v>5239</v>
+      </c>
+      <c r="O667" s="112">
+        <v>4797</v>
+      </c>
+      <c r="P667" s="112">
+        <v>4722</v>
+      </c>
+    </row>
+    <row r="668" spans="1:20" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A668" s="123"/>
+      <c r="B668" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C668" s="198"/>
+      <c r="D668" s="199"/>
+      <c r="E668" s="178">
+        <v>0</v>
+      </c>
+      <c r="F668" s="178">
+        <v>9.4700260642919201</v>
+      </c>
+      <c r="G668" s="178">
+        <v>37.098175499565592</v>
+      </c>
+      <c r="H668" s="178">
+        <v>1.6507384882710687</v>
+      </c>
+      <c r="I668" s="178">
+        <v>29.192006950477847</v>
+      </c>
+      <c r="J668" s="178">
+        <v>0.52128583840139009</v>
+      </c>
+      <c r="K668" s="178">
+        <v>58.905299739357083</v>
+      </c>
+      <c r="L668" s="178">
+        <v>100</v>
+      </c>
+      <c r="M668" s="178">
+        <v>52.215464813205905</v>
+      </c>
+      <c r="N668" s="178">
+        <v>71.850564726324933</v>
+      </c>
+      <c r="O668" s="178">
+        <v>33.449174630755863</v>
+      </c>
+      <c r="P668" s="178">
+        <v>26.933101650738489</v>
+      </c>
+    </row>
+    <row r="669" spans="1:20" customFormat="1" ht="15.75" hidden="1" outlineLevel="2">
+      <c r="A669" s="124" t="s">
+        <v>600</v>
+      </c>
+      <c r="B669" s="67" t="s">
+        <v>601</v>
+      </c>
+      <c r="C669" s="133">
+        <v>0</v>
+      </c>
+      <c r="D669" s="202">
+        <v>0.05</v>
+      </c>
+      <c r="E669" s="178">
+        <v>0</v>
+      </c>
+      <c r="F669" s="178">
+        <v>0</v>
+      </c>
+      <c r="G669" s="178">
+        <v>0</v>
+      </c>
+      <c r="H669" s="178">
+        <v>0</v>
+      </c>
+      <c r="I669" s="178">
+        <v>0</v>
+      </c>
+      <c r="J669" s="178">
+        <v>0</v>
+      </c>
+      <c r="K669" s="178">
+        <v>0</v>
+      </c>
+      <c r="L669" s="178">
+        <v>0</v>
+      </c>
+      <c r="M669" s="178">
+        <v>0</v>
+      </c>
+      <c r="N669" s="178">
+        <v>0</v>
+      </c>
+      <c r="O669" s="178">
+        <v>0</v>
+      </c>
+      <c r="P669" s="178">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="670" spans="1:20" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A670" s="63"/>
+      <c r="B670" s="64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C670" s="138" t="s">
+        <v>651</v>
+      </c>
+      <c r="D670" s="220">
+        <v>3.4242957746478876E-2</v>
+      </c>
+      <c r="E670" s="112">
+        <v>88782</v>
+      </c>
+      <c r="F670" s="112">
+        <v>88686</v>
+      </c>
+      <c r="G670" s="112">
+        <v>87768</v>
+      </c>
+      <c r="H670" s="112">
+        <v>87822</v>
+      </c>
+      <c r="I670" s="112">
+        <v>89807</v>
+      </c>
+      <c r="J670" s="112">
+        <v>89860</v>
+      </c>
+      <c r="K670" s="112">
+        <v>90880</v>
+      </c>
+      <c r="L670" s="112">
+        <v>90827</v>
+      </c>
+      <c r="M670" s="112">
+        <v>89734</v>
+      </c>
+      <c r="N670" s="112">
+        <v>89821</v>
+      </c>
+      <c r="O670" s="112">
+        <v>89875</v>
+      </c>
+      <c r="P670" s="112">
+        <v>88728</v>
+      </c>
+    </row>
+    <row r="671" spans="1:20" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A671" s="63"/>
+      <c r="B671" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C671" s="198"/>
+      <c r="D671" s="199"/>
+      <c r="E671" s="178">
+        <v>0</v>
+      </c>
+      <c r="F671" s="178">
+        <v>0</v>
+      </c>
+      <c r="G671" s="178">
+        <v>0</v>
+      </c>
+      <c r="H671" s="178">
+        <v>0</v>
+      </c>
+      <c r="I671" s="178">
+        <v>0</v>
+      </c>
+      <c r="J671" s="178">
+        <v>0</v>
+      </c>
+      <c r="K671" s="178">
+        <v>0</v>
+      </c>
+      <c r="L671" s="178">
+        <v>0</v>
+      </c>
+      <c r="M671" s="178">
+        <v>0</v>
+      </c>
+      <c r="N671" s="178">
+        <v>0</v>
+      </c>
+      <c r="O671" s="178">
+        <v>0</v>
+      </c>
+      <c r="P671" s="178">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="672" spans="1:20" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A672" s="74" t="s">
+        <v>602</v>
+      </c>
+      <c r="B672" s="73" t="s">
+        <v>603</v>
+      </c>
+      <c r="C672" s="218">
+        <v>1</v>
+      </c>
+      <c r="D672" s="203">
+        <v>0.18179999999999999</v>
+      </c>
+      <c r="E672" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F672" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G672" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="H672" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="I672" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="J672" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="K672" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L672" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="M672" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="N672" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O672" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="P672" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="673" spans="1:19" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1">
+      <c r="A673" s="76"/>
+      <c r="B673" s="94" t="s">
+        <v>592</v>
+      </c>
+      <c r="C673" s="252">
+        <v>2</v>
+      </c>
+      <c r="D673" s="204"/>
+      <c r="E673" s="71">
+        <v>25</v>
+      </c>
+      <c r="F673" s="71">
+        <v>46.052270075288178</v>
+      </c>
+      <c r="G673" s="71">
+        <v>56.715380196122531</v>
+      </c>
+      <c r="H673" s="71">
+        <v>46.18802386117811</v>
+      </c>
+      <c r="I673" s="71">
+        <v>54.599839952277897</v>
+      </c>
+      <c r="J673" s="71">
+        <v>44.072483617333475</v>
+      </c>
+      <c r="K673" s="71">
+        <v>58.614995917110967</v>
+      </c>
+      <c r="L673" s="71">
+        <v>69.141991803368867</v>
+      </c>
+      <c r="M673" s="71">
+        <v>66.291188722784725</v>
+      </c>
+      <c r="N673" s="71">
+        <v>72.100167827273523</v>
+      </c>
+      <c r="O673" s="71">
+        <v>61.572811492329109</v>
+      </c>
+      <c r="P673" s="71">
+        <v>69.249004298002859</v>
+      </c>
+    </row>
+    <row r="674" spans="1:19" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A674" s="122" t="s">
+        <v>604</v>
+      </c>
+      <c r="B674" s="62" t="s">
+        <v>605</v>
+      </c>
+      <c r="C674" s="133">
+        <v>1</v>
+      </c>
+      <c r="D674" s="205">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E674" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="F674" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="G674" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="H674" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="I674" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="J674" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="K674" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="L674" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="M674" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="N674" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="O674" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="P674" s="178" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="675" spans="1:19" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A675" s="123"/>
+      <c r="B675" s="64" t="s">
+        <v>606</v>
+      </c>
+      <c r="C675" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D675" s="220">
+        <v>0.43333333333333335</v>
+      </c>
+      <c r="E675" s="112">
+        <v>210</v>
+      </c>
+      <c r="F675" s="112">
+        <v>140</v>
+      </c>
+      <c r="G675" s="112">
+        <v>146</v>
+      </c>
+      <c r="H675" s="112">
+        <v>166</v>
+      </c>
+      <c r="I675" s="112">
+        <v>176</v>
+      </c>
+      <c r="J675" s="112">
+        <v>196</v>
+      </c>
+      <c r="K675" s="112">
+        <v>210</v>
+      </c>
+      <c r="L675" s="112">
+        <v>190</v>
+      </c>
+      <c r="M675" s="112">
+        <v>183</v>
+      </c>
+      <c r="N675" s="112">
+        <v>126</v>
+      </c>
+      <c r="O675" s="112">
+        <v>146</v>
+      </c>
+      <c r="P675" s="112">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="676" spans="1:19" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A676" s="123"/>
+      <c r="B676" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C676" s="198"/>
+      <c r="D676" s="199"/>
+      <c r="E676" s="230">
+        <v>0</v>
+      </c>
+      <c r="F676" s="230">
+        <v>76.92307692307692</v>
+      </c>
+      <c r="G676" s="230">
+        <v>70.329670329670336</v>
+      </c>
+      <c r="H676" s="230">
+        <v>48.35164835164835</v>
+      </c>
+      <c r="I676" s="230">
+        <v>37.362637362637365</v>
+      </c>
+      <c r="J676" s="230">
+        <v>15.384615384615387</v>
+      </c>
+      <c r="K676" s="230">
+        <v>0</v>
+      </c>
+      <c r="L676" s="230">
+        <v>21.978021978021971</v>
+      </c>
+      <c r="M676" s="230">
+        <v>29.670329670329664</v>
+      </c>
+      <c r="N676" s="230">
+        <v>92.307692307692307</v>
+      </c>
+      <c r="O676" s="230">
+        <v>70.329670329670336</v>
+      </c>
+      <c r="P676" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="677" spans="1:19" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A677" s="124" t="s">
+        <v>607</v>
+      </c>
+      <c r="B677" s="67" t="s">
+        <v>608</v>
+      </c>
+      <c r="C677" s="133">
+        <v>2</v>
+      </c>
+      <c r="D677" s="200">
+        <v>3.3</v>
+      </c>
+      <c r="E677" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F677" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G677" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H677" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I677" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J677" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K677" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="L677" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M677" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N677" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O677" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P677" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="678" spans="1:19" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A678" s="63"/>
+      <c r="B678" s="64" t="s">
+        <v>606</v>
+      </c>
+      <c r="C678" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D678" s="220">
+        <v>0.72721734980442376</v>
+      </c>
+      <c r="E678" s="112">
+        <v>416973</v>
+      </c>
+      <c r="F678" s="112">
+        <v>285843</v>
+      </c>
+      <c r="G678" s="112">
+        <v>285843</v>
+      </c>
+      <c r="H678" s="112">
+        <v>416973</v>
+      </c>
+      <c r="I678" s="112">
+        <v>285843</v>
+      </c>
+      <c r="J678" s="112">
+        <v>416973</v>
+      </c>
+      <c r="K678" s="112">
+        <v>246673</v>
+      </c>
+      <c r="L678" s="112">
+        <v>115543</v>
+      </c>
+      <c r="M678" s="112">
+        <v>115543</v>
+      </c>
+      <c r="N678" s="112">
+        <v>113743</v>
+      </c>
+      <c r="O678" s="112">
+        <v>244873</v>
+      </c>
+      <c r="P678" s="112">
+        <v>113743</v>
+      </c>
+    </row>
+    <row r="679" spans="1:19" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A679" s="63"/>
+      <c r="B679" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C679" s="135"/>
+      <c r="D679" s="184"/>
+      <c r="E679" s="178">
+        <v>0</v>
+      </c>
+      <c r="F679" s="178">
+        <v>43.24440193912212</v>
+      </c>
+      <c r="G679" s="178">
+        <v>43.24440193912212</v>
+      </c>
+      <c r="H679" s="178">
+        <v>0</v>
+      </c>
+      <c r="I679" s="178">
+        <v>43.24440193912212</v>
+      </c>
+      <c r="J679" s="178">
+        <v>0</v>
+      </c>
+      <c r="K679" s="178">
+        <v>56.161989249084854</v>
+      </c>
+      <c r="L679" s="178">
+        <v>99.406391188206968</v>
+      </c>
+      <c r="M679" s="178">
+        <v>99.406391188206968</v>
+      </c>
+      <c r="N679" s="178">
+        <v>100</v>
+      </c>
+      <c r="O679" s="178">
+        <v>56.75559806087788</v>
+      </c>
+      <c r="P679" s="178">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="680" spans="1:19" customFormat="1" ht="18.75" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A680" s="124" t="s">
+        <v>609</v>
+      </c>
+      <c r="B680" s="69" t="s">
+        <v>610</v>
+      </c>
+      <c r="C680" s="156">
+        <v>2</v>
+      </c>
+      <c r="D680" s="195">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="E680" s="259">
+        <v>0</v>
+      </c>
+      <c r="F680" s="259">
+        <v>3.3304809944154172</v>
+      </c>
+      <c r="G680" s="259">
+        <v>30.176995136011531</v>
+      </c>
+      <c r="H680" s="259">
+        <v>21.741578094037109</v>
+      </c>
+      <c r="I680" s="259">
+        <v>72.047829219960363</v>
+      </c>
+      <c r="J680" s="259">
+        <v>63.612412177985945</v>
+      </c>
+      <c r="K680" s="259">
+        <v>91.564582958025568</v>
+      </c>
+      <c r="L680" s="259">
+        <v>100</v>
+      </c>
+      <c r="M680" s="259">
+        <v>64.285714285714278</v>
+      </c>
+      <c r="N680" s="259">
+        <v>96.953251666366413</v>
+      </c>
+      <c r="O680" s="259">
+        <v>88.517834624392009</v>
+      </c>
+      <c r="P680" s="259">
+        <v>61.238965952080704</v>
+      </c>
+    </row>
+    <row r="681" spans="1:19" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A681" s="66" t="s">
+        <v>611</v>
+      </c>
+      <c r="B681" s="67" t="s">
+        <v>612</v>
+      </c>
+      <c r="C681" s="133">
+        <v>1</v>
+      </c>
+      <c r="D681" s="195">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E681" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="F681" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="G681" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="H681" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="I681" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="J681" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="K681" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="L681" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="M681" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="N681" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="O681" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="P681" s="178" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="682" spans="1:19" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A682" s="63"/>
+      <c r="B682" s="64" t="s">
+        <v>107</v>
+      </c>
+      <c r="C682" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D682" s="220">
+        <v>0.47457627118644069</v>
+      </c>
+      <c r="E682" s="112">
+        <v>59</v>
+      </c>
+      <c r="F682" s="112">
+        <v>58</v>
+      </c>
+      <c r="G682" s="112">
+        <v>54</v>
+      </c>
+      <c r="H682" s="112">
+        <v>58</v>
+      </c>
+      <c r="I682" s="112">
+        <v>46</v>
+      </c>
+      <c r="J682" s="112">
+        <v>50</v>
+      </c>
+      <c r="K682" s="112">
+        <v>35</v>
+      </c>
+      <c r="L682" s="112">
+        <v>31</v>
+      </c>
+      <c r="M682" s="112">
+        <v>37</v>
+      </c>
+      <c r="N682" s="112">
+        <v>32</v>
+      </c>
+      <c r="O682" s="112">
+        <v>36</v>
+      </c>
+      <c r="P682" s="112">
+        <v>38</v>
+      </c>
+      <c r="Q682" s="227"/>
+      <c r="R682" s="227"/>
+      <c r="S682" s="227"/>
+    </row>
+    <row r="683" spans="1:19" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A683" s="63"/>
+      <c r="B683" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C683" s="135"/>
+      <c r="D683" s="184"/>
+      <c r="E683" s="230">
+        <v>0</v>
+      </c>
+      <c r="F683" s="230">
+        <v>3.5714285714285694</v>
+      </c>
+      <c r="G683" s="230">
+        <v>17.857142857142861</v>
+      </c>
+      <c r="H683" s="230">
+        <v>3.5714285714285694</v>
+      </c>
+      <c r="I683" s="230">
+        <v>46.428571428571431</v>
+      </c>
+      <c r="J683" s="230">
+        <v>32.142857142857139</v>
+      </c>
+      <c r="K683" s="230">
+        <v>85.714285714285708</v>
+      </c>
+      <c r="L683" s="230">
+        <v>100</v>
+      </c>
+      <c r="M683" s="230">
+        <v>78.571428571428569</v>
+      </c>
+      <c r="N683" s="230">
+        <v>96.428571428571431</v>
+      </c>
+      <c r="O683" s="230">
+        <v>82.142857142857139</v>
+      </c>
+      <c r="P683" s="230">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="684" spans="1:19" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A684" s="66" t="s">
+        <v>613</v>
+      </c>
+      <c r="B684" s="67" t="s">
+        <v>614</v>
+      </c>
+      <c r="C684" s="133">
+        <v>1</v>
+      </c>
+      <c r="D684" s="195">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="E684" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F684" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="G684" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H684" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="I684" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J684" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K684" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L684" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M684" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N684" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O684" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P684" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="685" spans="1:19" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A685" s="63"/>
+      <c r="B685" s="64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C685" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D685" s="220">
+        <v>0.34085536213195788</v>
+      </c>
+      <c r="E685" s="112">
+        <v>4653</v>
+      </c>
+      <c r="F685" s="112">
+        <v>4604</v>
+      </c>
+      <c r="G685" s="112">
+        <v>3979</v>
+      </c>
+      <c r="H685" s="112">
+        <v>4020</v>
+      </c>
+      <c r="I685" s="112">
+        <v>3104</v>
+      </c>
+      <c r="J685" s="112">
+        <v>3145</v>
+      </c>
+      <c r="K685" s="112">
+        <v>3108</v>
+      </c>
+      <c r="L685" s="112">
+        <v>3067</v>
+      </c>
+      <c r="M685" s="112">
+        <v>3860</v>
+      </c>
+      <c r="N685" s="112">
+        <v>3107</v>
+      </c>
+      <c r="O685" s="112">
+        <v>3148</v>
+      </c>
+      <c r="P685" s="112">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="686" spans="1:19" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A686" s="63"/>
+      <c r="B686" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C686" s="135"/>
+      <c r="D686" s="184"/>
+      <c r="E686" s="178">
+        <v>0</v>
+      </c>
+      <c r="F686" s="178">
+        <v>3.0895334174022651</v>
+      </c>
+      <c r="G686" s="178">
+        <v>42.4968474148802</v>
+      </c>
+      <c r="H686" s="178">
+        <v>39.911727616645649</v>
+      </c>
+      <c r="I686" s="178">
+        <v>97.667087011349309</v>
+      </c>
+      <c r="J686" s="178">
+        <v>95.081967213114751</v>
+      </c>
+      <c r="K686" s="178">
+        <v>97.414880201765442</v>
+      </c>
+      <c r="L686" s="178">
+        <v>100</v>
+      </c>
+      <c r="M686" s="178">
+        <v>50</v>
+      </c>
+      <c r="N686" s="178">
+        <v>97.477931904161409</v>
+      </c>
+      <c r="O686" s="178">
+        <v>94.892812105926865</v>
+      </c>
+      <c r="P686" s="178">
+        <v>47.477931904161416</v>
+      </c>
+    </row>
+    <row r="687" spans="1:19" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A687" s="125" t="s">
+        <v>615</v>
+      </c>
+      <c r="B687" s="60" t="s">
+        <v>616</v>
+      </c>
+      <c r="C687" s="156">
+        <v>2.5</v>
+      </c>
+      <c r="D687" s="195">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="E687" s="221">
+        <v>100</v>
+      </c>
+      <c r="F687" s="221">
+        <v>85.909007224500755</v>
+      </c>
+      <c r="G687" s="221">
+        <v>61.462157324206402</v>
+      </c>
+      <c r="H687" s="221">
+        <v>69.93935589483327</v>
+      </c>
+      <c r="I687" s="221">
+        <v>59.044822071437608</v>
+      </c>
+      <c r="J687" s="221">
+        <v>67.522020642064476</v>
+      </c>
+      <c r="K687" s="221">
+        <v>38.199908168765404</v>
+      </c>
+      <c r="L687" s="221">
+        <v>29.721267803392433</v>
+      </c>
+      <c r="M687" s="221">
+        <v>22.342938643870045</v>
+      </c>
+      <c r="N687" s="221">
+        <v>15.384615384615387</v>
+      </c>
+      <c r="O687" s="221">
+        <v>23.861813955242251</v>
+      </c>
+      <c r="P687" s="221">
+        <v>8.0048444303468926</v>
+      </c>
+    </row>
+    <row r="688" spans="1:19" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A688" s="66" t="s">
+        <v>617</v>
+      </c>
+      <c r="B688" s="67" t="s">
+        <v>618</v>
+      </c>
+      <c r="C688" s="133">
+        <v>1</v>
+      </c>
+      <c r="D688" s="195">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E688" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="F688" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="G688" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="H688" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="I688" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="J688" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="K688" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="L688" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="M688" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="N688" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="O688" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="P688" s="178" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="689" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A689" s="63"/>
+      <c r="B689" s="64" t="s">
+        <v>107</v>
+      </c>
+      <c r="C689" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D689" s="220">
+        <v>0.8125</v>
+      </c>
+      <c r="E689" s="112">
         <v>3</v>
       </c>
-      <c r="D6" s="159">
-[...46 lines deleted...]
-      <c r="C7" s="130">
+      <c r="F689" s="112">
+        <v>5</v>
+      </c>
+      <c r="G689" s="112">
+        <v>8</v>
+      </c>
+      <c r="H689" s="112">
+        <v>7</v>
+      </c>
+      <c r="I689" s="112">
+        <v>9</v>
+      </c>
+      <c r="J689" s="112">
+        <v>8</v>
+      </c>
+      <c r="K689" s="112">
+        <v>10</v>
+      </c>
+      <c r="L689" s="112">
+        <v>11</v>
+      </c>
+      <c r="M689" s="112">
+        <v>15</v>
+      </c>
+      <c r="N689" s="112">
+        <v>12</v>
+      </c>
+      <c r="O689" s="112">
+        <v>11</v>
+      </c>
+      <c r="P689" s="112">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="690" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A690" s="63"/>
+      <c r="B690" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C690" s="135"/>
+      <c r="D690" s="184"/>
+      <c r="E690" s="230">
+        <v>100</v>
+      </c>
+      <c r="F690" s="230">
+        <v>84.615384615384613</v>
+      </c>
+      <c r="G690" s="230">
+        <v>61.53846153846154</v>
+      </c>
+      <c r="H690" s="230">
+        <v>69.230769230769226</v>
+      </c>
+      <c r="I690" s="230">
+        <v>53.846153846153847</v>
+      </c>
+      <c r="J690" s="230">
+        <v>61.53846153846154</v>
+      </c>
+      <c r="K690" s="230">
+        <v>46.153846153846153</v>
+      </c>
+      <c r="L690" s="230">
+        <v>38.46153846153846</v>
+      </c>
+      <c r="M690" s="230">
+        <v>7.6923076923076934</v>
+      </c>
+      <c r="N690" s="230">
+        <v>30.769230769230774</v>
+      </c>
+      <c r="O690" s="230">
+        <v>38.46153846153846</v>
+      </c>
+      <c r="P690" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="691" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A691" s="66" t="s">
+        <v>619</v>
+      </c>
+      <c r="B691" s="67" t="s">
+        <v>620</v>
+      </c>
+      <c r="C691" s="133">
+        <v>1</v>
+      </c>
+      <c r="D691" s="195">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E691" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F691" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G691" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="H691" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I691" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J691" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K691" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L691" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="M691" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="N691" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O691" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P691" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="692" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A692" s="63"/>
+      <c r="B692" s="64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C692" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D692" s="220">
+        <v>0.74024504781420764</v>
+      </c>
+      <c r="E692" s="112">
+        <v>12169</v>
+      </c>
+      <c r="F692" s="112">
+        <v>16607</v>
+      </c>
+      <c r="G692" s="112">
+        <v>25560</v>
+      </c>
+      <c r="H692" s="112">
+        <v>22348</v>
+      </c>
+      <c r="I692" s="112">
+        <v>24569</v>
+      </c>
+      <c r="J692" s="112">
+        <v>21357</v>
+      </c>
+      <c r="K692" s="112">
+        <v>36359</v>
+      </c>
+      <c r="L692" s="112">
+        <v>39572</v>
+      </c>
+      <c r="M692" s="112">
+        <v>34019</v>
+      </c>
+      <c r="N692" s="112">
+        <v>46848</v>
+      </c>
+      <c r="O692" s="112">
+        <v>43636</v>
+      </c>
+      <c r="P692" s="112">
+        <v>41296</v>
+      </c>
+    </row>
+    <row r="693" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A693" s="63"/>
+      <c r="B693" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C693" s="135"/>
+      <c r="D693" s="184"/>
+      <c r="E693" s="178">
+        <v>100</v>
+      </c>
+      <c r="F693" s="178">
+        <v>87.202629833616882</v>
+      </c>
+      <c r="G693" s="178">
+        <v>61.38585310995127</v>
+      </c>
+      <c r="H693" s="178">
+        <v>70.647942558897313</v>
+      </c>
+      <c r="I693" s="178">
+        <v>64.243490296721362</v>
+      </c>
+      <c r="J693" s="178">
+        <v>73.505579745667404</v>
+      </c>
+      <c r="K693" s="178">
+        <v>30.245970183684648</v>
+      </c>
+      <c r="L693" s="178">
+        <v>20.980997145246405</v>
+      </c>
+      <c r="M693" s="178">
+        <v>36.993569595432398</v>
+      </c>
+      <c r="N693" s="178">
+        <v>0</v>
+      </c>
+      <c r="O693" s="178">
+        <v>9.2620894489460426</v>
+      </c>
+      <c r="P693" s="178">
+        <v>16.009688860693785</v>
+      </c>
+    </row>
+    <row r="694" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A694" s="125" t="s">
+        <v>621</v>
+      </c>
+      <c r="B694" s="60" t="s">
+        <v>622</v>
+      </c>
+      <c r="C694" s="156">
         <v>2.5</v>
       </c>
-      <c r="D7" s="160">
-[...40 lines deleted...]
-      <c r="A8" s="9" t="s">
+      <c r="D694" s="195">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="E694" s="221">
+        <v>0</v>
+      </c>
+      <c r="F694" s="221">
+        <v>30.270935960591132</v>
+      </c>
+      <c r="G694" s="221">
+        <v>78.530377668308688</v>
+      </c>
+      <c r="H694" s="221">
+        <v>78.078817733990149</v>
+      </c>
+      <c r="I694" s="221">
+        <v>52.175697865353037</v>
+      </c>
+      <c r="J694" s="221">
+        <v>51.724137931034484</v>
+      </c>
+      <c r="K694" s="221">
+        <v>78.078817733990149</v>
+      </c>
+      <c r="L694" s="221">
+        <v>78.530377668308688</v>
+      </c>
+      <c r="M694" s="221">
+        <v>100</v>
+      </c>
+      <c r="N694" s="221">
+        <v>78.530377668308688</v>
+      </c>
+      <c r="O694" s="221">
+        <v>78.078817733990149</v>
+      </c>
+      <c r="P694" s="221">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="695" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A695" s="61" t="s">
+        <v>623</v>
+      </c>
+      <c r="B695" s="62" t="s">
+        <v>624</v>
+      </c>
+      <c r="C695" s="133">
+        <v>1</v>
+      </c>
+      <c r="D695" s="195">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E695" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="F695" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="G695" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="H695" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="I695" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="J695" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="K695" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="L695" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="M695" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="N695" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="O695" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="P695" s="178" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="696" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A696" s="63"/>
+      <c r="B696" s="70" t="s">
+        <v>107</v>
+      </c>
+      <c r="C696" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D696" s="220">
+        <v>0.5</v>
+      </c>
+      <c r="E696" s="112">
+        <v>6</v>
+      </c>
+      <c r="F696" s="112">
+        <v>5</v>
+      </c>
+      <c r="G696" s="112">
+        <v>4</v>
+      </c>
+      <c r="H696" s="112">
+        <v>4</v>
+      </c>
+      <c r="I696" s="112">
+        <v>5</v>
+      </c>
+      <c r="J696" s="112">
+        <v>5</v>
+      </c>
+      <c r="K696" s="112">
+        <v>4</v>
+      </c>
+      <c r="L696" s="112">
+        <v>4</v>
+      </c>
+      <c r="M696" s="112">
+        <v>3</v>
+      </c>
+      <c r="N696" s="112">
+        <v>4</v>
+      </c>
+      <c r="O696" s="112">
+        <v>4</v>
+      </c>
+      <c r="P696" s="112">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="697" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A697" s="63"/>
+      <c r="B697" s="68" t="s">
+        <v>30</v>
+      </c>
+      <c r="C697" s="135"/>
+      <c r="D697" s="184"/>
+      <c r="E697" s="230">
+        <v>0</v>
+      </c>
+      <c r="F697" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="G697" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="H697" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="I697" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="J697" s="230">
+        <v>33.333333333333329</v>
+      </c>
+      <c r="K697" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="L697" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="M697" s="230">
+        <v>100</v>
+      </c>
+      <c r="N697" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="O697" s="230">
+        <v>66.666666666666657</v>
+      </c>
+      <c r="P697" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="698" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A698" s="61" t="s">
+        <v>625</v>
+      </c>
+      <c r="B698" s="62" t="s">
+        <v>626</v>
+      </c>
+      <c r="C698" s="133">
+        <v>1</v>
+      </c>
+      <c r="D698" s="195">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="E698" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F698" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I698" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="J698" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O698" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="P698" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="699" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A699" s="63"/>
+      <c r="B699" s="70" t="s">
+        <v>194</v>
+      </c>
+      <c r="C699" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D699" s="220">
+        <v>0.58840579710144925</v>
+      </c>
+      <c r="E699" s="112">
+        <v>10350</v>
+      </c>
+      <c r="F699" s="112">
+        <v>8693</v>
+      </c>
+      <c r="G699" s="112">
+        <v>4845</v>
+      </c>
+      <c r="H699" s="112">
+        <v>4900</v>
+      </c>
+      <c r="I699" s="112">
+        <v>6025</v>
+      </c>
+      <c r="J699" s="112">
+        <v>6080</v>
+      </c>
+      <c r="K699" s="112">
+        <v>4900</v>
+      </c>
+      <c r="L699" s="112">
+        <v>4845</v>
+      </c>
+      <c r="M699" s="112">
+        <v>4260</v>
+      </c>
+      <c r="N699" s="112">
+        <v>4845</v>
+      </c>
+      <c r="O699" s="112">
+        <v>4900</v>
+      </c>
+      <c r="P699" s="112">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="700" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A700" s="211"/>
+      <c r="B700" s="212" t="s">
+        <v>30</v>
+      </c>
+      <c r="C700" s="147"/>
+      <c r="D700" s="191"/>
+      <c r="E700" s="178">
+        <v>0</v>
+      </c>
+      <c r="F700" s="178">
+        <v>27.208538587848935</v>
+      </c>
+      <c r="G700" s="178">
+        <v>90.394088669950733</v>
+      </c>
+      <c r="H700" s="178">
+        <v>89.490968801313628</v>
+      </c>
+      <c r="I700" s="178">
+        <v>71.018062397372745</v>
+      </c>
+      <c r="J700" s="178">
+        <v>70.114942528735639</v>
+      </c>
+      <c r="K700" s="178">
+        <v>89.490968801313628</v>
+      </c>
+      <c r="L700" s="178">
+        <v>90.394088669950733</v>
+      </c>
+      <c r="M700" s="178">
+        <v>100</v>
+      </c>
+      <c r="N700" s="178">
+        <v>90.394088669950733</v>
+      </c>
+      <c r="O700" s="178">
+        <v>89.490968801313628</v>
+      </c>
+      <c r="P700" s="178">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="701" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A701" s="92" t="s">
+        <v>627</v>
+      </c>
+      <c r="B701" s="93" t="s">
+        <v>612</v>
+      </c>
+      <c r="C701" s="153">
+        <v>1.5</v>
+      </c>
+      <c r="D701" s="196">
+        <v>0.2727</v>
+      </c>
+      <c r="E701" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="F701" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G701" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="H701" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="I701" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="J701" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="K701" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="L701" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M701" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="N701" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="O701" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="P701" s="229" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="702" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A702" s="76"/>
+      <c r="B702" s="94" t="s">
+        <v>592</v>
+      </c>
+      <c r="C702" s="157"/>
+      <c r="D702" s="197"/>
+      <c r="E702" s="71">
+        <v>55.440097799511001</v>
+      </c>
+      <c r="F702" s="71">
+        <v>50.592810334293084</v>
+      </c>
+      <c r="G702" s="71">
+        <v>38.313941649606043</v>
+      </c>
+      <c r="H702" s="71">
+        <v>47.380748011096955</v>
+      </c>
+      <c r="I702" s="71">
+        <v>36.809484150008842</v>
+      </c>
+      <c r="J702" s="71">
+        <v>45.864062921673742</v>
+      </c>
+      <c r="K702" s="71">
+        <v>59.647788378842492</v>
+      </c>
+      <c r="L702" s="71">
+        <v>50.593206956226894</v>
+      </c>
+      <c r="M702" s="71">
+        <v>29.871993218604672</v>
+      </c>
+      <c r="N702" s="71">
+        <v>28.772906344853617</v>
+      </c>
+      <c r="O702" s="71">
+        <v>37.839712706344528</v>
+      </c>
+      <c r="P702" s="71">
+        <v>8.0639155142420229</v>
+      </c>
+    </row>
+    <row r="703" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A703" s="122" t="s">
+        <v>628</v>
+      </c>
+      <c r="B703" s="62" t="s">
+        <v>629</v>
+      </c>
+      <c r="C703" s="133">
+        <v>1</v>
+      </c>
+      <c r="D703" s="195">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="E703" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="F703" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="G703" s="178" t="s">
+        <v>646</v>
+      </c>
+      <c r="H703" s="178" t="s">
+        <v>650</v>
+      </c>
+      <c r="I703" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="J703" s="178" t="s">
+        <v>647</v>
+      </c>
+      <c r="K703" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="L703" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="M703" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="N703" s="178" t="s">
+        <v>649</v>
+      </c>
+      <c r="O703" s="178" t="s">
+        <v>645</v>
+      </c>
+      <c r="P703" s="178" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="704" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A704" s="123"/>
+      <c r="B704" s="64" t="s">
+        <v>630</v>
+      </c>
+      <c r="C704" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D704" s="220">
+        <v>0.56347048545947032</v>
+      </c>
+      <c r="E704" s="112">
+        <v>7306019</v>
+      </c>
+      <c r="F704" s="112">
+        <v>10245186</v>
+      </c>
+      <c r="G704" s="112">
+        <v>11437515</v>
+      </c>
+      <c r="H704" s="112">
+        <v>8897788</v>
+      </c>
+      <c r="I704" s="112">
+        <v>12988478</v>
+      </c>
+      <c r="J704" s="112">
+        <v>10448752</v>
+      </c>
+      <c r="K704" s="112">
+        <v>14196871</v>
+      </c>
+      <c r="L704" s="112">
+        <v>16736598</v>
+      </c>
+      <c r="M704" s="112">
+        <v>15866580</v>
+      </c>
+      <c r="N704" s="112">
+        <v>16180338</v>
+      </c>
+      <c r="O704" s="112">
+        <v>13640611</v>
+      </c>
+      <c r="P704" s="112">
+        <v>15310320</v>
+      </c>
+    </row>
+    <row r="705" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A705" s="123"/>
+      <c r="B705" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C705" s="135"/>
+      <c r="D705" s="184"/>
+      <c r="E705" s="230">
+        <v>100</v>
+      </c>
+      <c r="F705" s="230">
+        <v>68.833652737546657</v>
+      </c>
+      <c r="G705" s="230">
+        <v>56.190431149561441</v>
+      </c>
+      <c r="H705" s="230">
+        <v>83.121195421829356</v>
+      </c>
+      <c r="I705" s="230">
+        <v>39.7443253484224</v>
+      </c>
+      <c r="J705" s="230">
+        <v>66.675079016887508</v>
+      </c>
+      <c r="K705" s="230">
+        <v>26.930764272267908</v>
+      </c>
+      <c r="L705" s="230">
+        <v>0</v>
+      </c>
+      <c r="M705" s="230">
+        <v>9.2254993039133666</v>
+      </c>
+      <c r="N705" s="230">
+        <v>5.8984713451846318</v>
+      </c>
+      <c r="O705" s="230">
+        <v>32.829235617452539</v>
+      </c>
+      <c r="P705" s="230">
+        <v>15.123970649097998</v>
+      </c>
+    </row>
+    <row r="706" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A706" s="124" t="s">
+        <v>631</v>
+      </c>
+      <c r="B706" s="67" t="s">
+        <v>632</v>
+      </c>
+      <c r="C706" s="133">
+        <v>1</v>
+      </c>
+      <c r="D706" s="195">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="E706" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F706" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G706" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H706" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="I706" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J706" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="K706" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L706" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M706" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N706" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O706" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P706" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="707" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A707" s="123"/>
+      <c r="B707" s="64" t="s">
+        <v>630</v>
+      </c>
+      <c r="C707" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D707" s="220">
+        <v>0.78124733715517314</v>
+      </c>
+      <c r="E707" s="112">
+        <v>3445165</v>
+      </c>
+      <c r="F707" s="112">
+        <v>5864783</v>
+      </c>
+      <c r="G707" s="112">
+        <v>9389660</v>
+      </c>
+      <c r="H707" s="112">
+        <v>6165174</v>
+      </c>
+      <c r="I707" s="112">
+        <v>11138940</v>
+      </c>
+      <c r="J707" s="112">
+        <v>7914454</v>
+      </c>
+      <c r="K707" s="112">
+        <v>12232696</v>
+      </c>
+      <c r="L707" s="112">
+        <v>15457182</v>
+      </c>
+      <c r="M707" s="112">
+        <v>13349303</v>
+      </c>
+      <c r="N707" s="112">
+        <v>15749134</v>
+      </c>
+      <c r="O707" s="112">
+        <v>12524648</v>
+      </c>
+      <c r="P707" s="112">
+        <v>13641256</v>
+      </c>
+    </row>
+    <row r="708" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A708" s="123"/>
+      <c r="B708" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C708" s="135"/>
+      <c r="D708" s="184"/>
+      <c r="E708" s="230">
+        <v>100</v>
+      </c>
+      <c r="F708" s="230">
+        <v>80.334654614295602</v>
+      </c>
+      <c r="G708" s="230">
+        <v>51.68636234372827</v>
+      </c>
+      <c r="H708" s="230">
+        <v>77.893239165345747</v>
+      </c>
+      <c r="I708" s="230">
+        <v>37.46916137386237</v>
+      </c>
+      <c r="J708" s="230">
+        <v>63.676038195479848</v>
+      </c>
+      <c r="K708" s="230">
+        <v>28.57970464652503</v>
+      </c>
+      <c r="L708" s="230">
+        <v>2.3728278249075601</v>
+      </c>
+      <c r="M708" s="230">
+        <v>19.504527360236366</v>
+      </c>
+      <c r="N708" s="230">
+        <v>0</v>
+      </c>
+      <c r="O708" s="230">
+        <v>26.206876821617485</v>
+      </c>
+      <c r="P708" s="230">
+        <v>17.131691407870093</v>
+      </c>
+    </row>
+    <row r="709" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A709" s="124" t="s">
+        <v>633</v>
+      </c>
+      <c r="B709" s="67" t="s">
+        <v>634</v>
+      </c>
+      <c r="C709" s="133">
+        <v>2</v>
+      </c>
+      <c r="D709" s="195">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="E709" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F709" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G709" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="H709" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I709" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="J709" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="K709" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="L709" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="M709" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="N709" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="O709" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="P709" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="710" spans="1:16" customFormat="1" ht="15.75" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A710" s="63"/>
+      <c r="B710" s="64" t="s">
+        <v>635</v>
+      </c>
+      <c r="C710" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D710" s="220">
+        <v>0.15833075255497059</v>
+      </c>
+      <c r="E710" s="112">
+        <v>25387</v>
+      </c>
+      <c r="F710" s="112">
+        <v>24744</v>
+      </c>
+      <c r="G710" s="112">
+        <v>24904</v>
+      </c>
+      <c r="H710" s="112">
+        <v>25249</v>
+      </c>
+      <c r="I710" s="112">
+        <v>24400</v>
+      </c>
+      <c r="J710" s="112">
+        <v>24746</v>
+      </c>
+      <c r="K710" s="112">
+        <v>22088</v>
+      </c>
+      <c r="L710" s="112">
+        <v>21742</v>
+      </c>
+      <c r="M710" s="112">
+        <v>23976</v>
+      </c>
+      <c r="N710" s="112">
+        <v>23599</v>
+      </c>
+      <c r="O710" s="112">
+        <v>23944</v>
+      </c>
+      <c r="P710" s="112">
+        <v>25832</v>
+      </c>
+    </row>
+    <row r="711" spans="1:16" customFormat="1" ht="14.1" hidden="1" customHeight="1" outlineLevel="2" thickBot="1">
+      <c r="A711" s="211"/>
+      <c r="B711" s="213" t="s">
+        <v>30</v>
+      </c>
+      <c r="C711" s="135"/>
+      <c r="D711" s="184"/>
+      <c r="E711" s="178">
+        <v>10.880195599022002</v>
+      </c>
+      <c r="F711" s="178">
+        <v>26.601466992665038</v>
+      </c>
+      <c r="G711" s="178">
+        <v>22.689486552567232</v>
+      </c>
+      <c r="H711" s="178">
+        <v>14.254278728606351</v>
+      </c>
+      <c r="I711" s="178">
+        <v>35.012224938875306</v>
+      </c>
+      <c r="J711" s="178">
+        <v>26.552567237163814</v>
+      </c>
+      <c r="K711" s="178">
+        <v>91.540342298288508</v>
+      </c>
+      <c r="L711" s="178">
+        <v>100</v>
+      </c>
+      <c r="M711" s="178">
+        <v>45.378973105134477</v>
+      </c>
+      <c r="N711" s="178">
+        <v>54.596577017114917</v>
+      </c>
+      <c r="O711" s="178">
+        <v>46.161369193154037</v>
+      </c>
+      <c r="P711" s="178">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="712" spans="1:16" customFormat="1" ht="30" hidden="1" customHeight="1" outlineLevel="1" thickTop="1">
+      <c r="A712" s="214" t="s">
+        <v>636</v>
+      </c>
+      <c r="B712" s="217" t="s">
+        <v>637</v>
+      </c>
+      <c r="C712" s="153">
+        <v>1.5</v>
+      </c>
+      <c r="D712" s="196">
+        <v>0.2727</v>
+      </c>
+      <c r="E712" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="F712" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="G712" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="H712" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="I712" s="229" t="s">
+        <v>650</v>
+      </c>
+      <c r="J712" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="K712" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="L712" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="M712" s="229" t="s">
+        <v>645</v>
+      </c>
+      <c r="N712" s="229" t="s">
+        <v>647</v>
+      </c>
+      <c r="O712" s="229" t="s">
+        <v>646</v>
+      </c>
+      <c r="P712" s="229" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="713" spans="1:16" customFormat="1" ht="20.100000000000001" hidden="1" customHeight="1" outlineLevel="1" thickBot="1">
+      <c r="A713" s="76"/>
+      <c r="B713" s="94" t="s">
+        <v>592</v>
+      </c>
+      <c r="C713" s="157"/>
+      <c r="D713" s="197"/>
+      <c r="E713" s="71">
+        <v>38.888888888888886</v>
+      </c>
+      <c r="F713" s="71">
+        <v>48.300955311918955</v>
+      </c>
+      <c r="G713" s="71">
+        <v>79.175482464576518</v>
+      </c>
+      <c r="H713" s="71">
+        <v>60.556517278963902</v>
+      </c>
+      <c r="I713" s="71">
+        <v>80.201320766814135</v>
+      </c>
+      <c r="J713" s="71">
+        <v>61.556709623645574</v>
+      </c>
+      <c r="K713" s="71">
+        <v>22.387318073988588</v>
+      </c>
+      <c r="L713" s="71">
+        <v>41.006283259601204</v>
+      </c>
+      <c r="M713" s="71">
+        <v>32.672949926267876</v>
+      </c>
+      <c r="N713" s="71">
+        <v>69.444444444444443</v>
+      </c>
+      <c r="O713" s="71">
+        <v>50.799833301275889</v>
+      </c>
+      <c r="P713" s="71">
+        <v>61.111111111111114</v>
+      </c>
+    </row>
+    <row r="714" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A714" s="122" t="s">
+        <v>638</v>
+      </c>
+      <c r="B714" s="62" t="s">
+        <v>639</v>
+      </c>
+      <c r="C714" s="133">
+        <v>1.5</v>
+      </c>
+      <c r="D714" s="195">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="E714" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="F714" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="G714" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H714" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I714" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="J714" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K714" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="L714" s="230" t="s">
+        <v>647</v>
+      </c>
+      <c r="M714" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="N714" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="O714" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="P714" s="230" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="715" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A715" s="123"/>
+      <c r="B715" s="70" t="s">
+        <v>640</v>
+      </c>
+      <c r="C715" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D715" s="220">
+        <v>0.44444444444444442</v>
+      </c>
+      <c r="E715" s="112">
+        <v>7</v>
+      </c>
+      <c r="F715" s="112">
+        <v>7</v>
+      </c>
+      <c r="G715" s="112">
+        <v>9</v>
+      </c>
+      <c r="H715" s="112">
+        <v>9</v>
+      </c>
+      <c r="I715" s="112">
+        <v>9</v>
+      </c>
+      <c r="J715" s="112">
+        <v>9</v>
+      </c>
+      <c r="K715" s="112">
+        <v>6</v>
+      </c>
+      <c r="L715" s="112">
+        <v>6</v>
+      </c>
+      <c r="M715" s="112">
+        <v>5</v>
+      </c>
+      <c r="N715" s="112">
+        <v>8</v>
+      </c>
+      <c r="O715" s="112">
+        <v>8</v>
+      </c>
+      <c r="P715" s="112">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="716" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A716" s="123"/>
+      <c r="B716" s="68" t="s">
+        <v>30</v>
+      </c>
+      <c r="C716" s="135"/>
+      <c r="D716" s="184"/>
+      <c r="E716" s="230">
+        <v>50</v>
+      </c>
+      <c r="F716" s="230">
+        <v>50</v>
+      </c>
+      <c r="G716" s="230">
+        <v>100</v>
+      </c>
+      <c r="H716" s="230">
+        <v>100</v>
+      </c>
+      <c r="I716" s="230">
+        <v>100</v>
+      </c>
+      <c r="J716" s="230">
+        <v>100</v>
+      </c>
+      <c r="K716" s="230">
         <v>25</v>
       </c>
-      <c r="B8" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="130">
+      <c r="L716" s="230">
+        <v>25</v>
+      </c>
+      <c r="M716" s="230">
+        <v>0</v>
+      </c>
+      <c r="N716" s="230">
+        <v>75</v>
+      </c>
+      <c r="O716" s="230">
+        <v>75</v>
+      </c>
+      <c r="P716" s="230">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="717" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A717" s="124" t="s">
+        <v>641</v>
+      </c>
+      <c r="B717" s="67" t="s">
+        <v>642</v>
+      </c>
+      <c r="C717" s="133">
+        <v>1</v>
+      </c>
+      <c r="D717" s="195">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="E717" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F717" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="G717" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="H717" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="I717" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="J717" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="K717" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="L717" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="M717" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="N717" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="O717" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="P717" s="230" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="718" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A718" s="123"/>
+      <c r="B718" s="70" t="s">
+        <v>194</v>
+      </c>
+      <c r="C718" s="138" t="s">
+        <v>648</v>
+      </c>
+      <c r="D718" s="220">
+        <v>1</v>
+      </c>
+      <c r="E718" s="112">
+        <v>60419</v>
+      </c>
+      <c r="F718" s="112">
+        <v>60419</v>
+      </c>
+      <c r="G718" s="112">
+        <v>60419</v>
+      </c>
+      <c r="H718" s="112">
+        <v>60419</v>
+      </c>
+      <c r="I718" s="112">
+        <v>60419</v>
+      </c>
+      <c r="J718" s="112">
+        <v>60419</v>
+      </c>
+      <c r="K718" s="112">
+        <v>0</v>
+      </c>
+      <c r="L718" s="112">
+        <v>0</v>
+      </c>
+      <c r="M718" s="112">
+        <v>0</v>
+      </c>
+      <c r="N718" s="112">
+        <v>0</v>
+      </c>
+      <c r="O718" s="112">
+        <v>0</v>
+      </c>
+      <c r="P718" s="112">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="719" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickBot="1">
+      <c r="A719" s="123"/>
+      <c r="B719" s="68" t="s">
+        <v>30</v>
+      </c>
+      <c r="C719" s="135"/>
+      <c r="D719" s="184"/>
+      <c r="E719" s="230">
+        <v>100</v>
+      </c>
+      <c r="F719" s="230">
+        <v>100</v>
+      </c>
+      <c r="G719" s="230">
+        <v>100</v>
+      </c>
+      <c r="H719" s="230">
+        <v>100</v>
+      </c>
+      <c r="I719" s="230">
+        <v>100</v>
+      </c>
+      <c r="J719" s="230">
+        <v>100</v>
+      </c>
+      <c r="K719" s="230">
+        <v>0</v>
+      </c>
+      <c r="L719" s="230">
+        <v>0</v>
+      </c>
+      <c r="M719" s="230">
+        <v>0</v>
+      </c>
+      <c r="N719" s="230">
+        <v>0</v>
+      </c>
+      <c r="O719" s="230">
+        <v>0</v>
+      </c>
+      <c r="P719" s="230">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="720" spans="1:16" customFormat="1" ht="17.25" hidden="1" outlineLevel="2" thickTop="1" thickBot="1">
+      <c r="A720" s="124" t="s">
+        <v>643</v>
+      </c>
+      <c r="B720" s="67" t="s">
+        <v>644</v>
+      </c>
+      <c r="C720" s="133">
         <v>2</v>
       </c>
-      <c r="D8" s="161">
-[...55 lines deleted...]
-      <c r="F9" s="217" t="s">
+      <c r="D720" s="195">
+        <v>0.121</v>
+      </c>
+      <c r="E720" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="F720" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="G720" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="H720" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="I720" s="230" t="s">
+        <v>646</v>
+      </c>
+      <c r="J720" s="230" t="s">
+        <v>649</v>
+      </c>
+      <c r="K720" s="230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L720" s="230" t="s">
         <v>647</v>
       </c>
-      <c r="G9" s="217" t="s">
+      <c r="M720" s="230" t="s">
         <v>647</v>
       </c>
-      <c r="H9" s="217" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="217" t="s">
+      <c r="N720" s="230" t="s">
+        <v>650</v>
+      </c>
+      <c r="O720" s="230" t="s">
         <v>646</v>
       </c>
-      <c r="J9" s="217" t="s">
-[...8 lines deleted...]
-      <c r="M9" s="217" t="s">
+      <c r="P720" s="230" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="721" spans="1:16" customFormat="1" ht="16.5" hidden="1" outlineLevel="2" thickTop="1">
+      <c r="A721" s="123"/>
+      <c r="B721" s="70" t="s">
+        <v>635</v>
+      </c>
+      <c r="C721" s="138" t="s">
         <v>648</v>
       </c>
-      <c r="N9" s="217" t="s">
-[...59 lines deleted...]
-      <c r="B11" s="47" t="s">
+      <c r="D721" s="220">
+        <v>0.72389306599832914</v>
+      </c>
+      <c r="E721" s="112">
+        <v>2394</v>
+      </c>
+      <c r="F721" s="112">
+        <v>2027</v>
+      </c>
+      <c r="G721" s="112">
+        <v>1473</v>
+      </c>
+      <c r="H721" s="112">
+        <v>2199</v>
+      </c>
+      <c r="I721" s="112">
+        <v>1433</v>
+      </c>
+      <c r="J721" s="112">
+        <v>2160</v>
+      </c>
+      <c r="K721" s="112">
+        <v>1846</v>
+      </c>
+      <c r="L721" s="112">
+        <v>1120</v>
+      </c>
+      <c r="M721" s="112">
+        <v>1120</v>
+      </c>
+      <c r="N721" s="112">
+        <v>661</v>
+      </c>
+      <c r="O721" s="112">
+        <v>1388</v>
+      </c>
+      <c r="P721" s="112">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="722" spans="1:16" customFormat="1" hidden="1" outlineLevel="2">
+      <c r="A722" s="63"/>
+      <c r="B722" s="68" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="136"/>
-[...33902 lines deleted...]
-      <c r="F722" s="225">
+      <c r="C722" s="135"/>
+      <c r="D722" s="184"/>
+      <c r="E722" s="230">
+        <v>0</v>
+      </c>
+      <c r="F722" s="230">
         <v>21.177149451817655</v>
       </c>
-      <c r="G722" s="225">
+      <c r="G722" s="230">
         <v>53.14483554529717</v>
       </c>
-      <c r="H722" s="225">
+      <c r="H722" s="230">
         <v>11.252163877668778</v>
       </c>
-      <c r="I722" s="225">
+      <c r="I722" s="230">
         <v>55.452971725331793</v>
       </c>
-      <c r="J722" s="225">
+      <c r="J722" s="230">
         <v>13.502596653202545</v>
       </c>
-      <c r="K722" s="225">
+      <c r="K722" s="230">
         <v>31.621465666474322</v>
       </c>
-      <c r="L722" s="225">
+      <c r="L722" s="230">
         <v>73.514137334102713</v>
       </c>
-      <c r="M722" s="225">
+      <c r="M722" s="230">
         <v>73.514137334102713</v>
       </c>
-      <c r="N722" s="225">
-[...2 lines deleted...]
-      <c r="O722" s="225">
+      <c r="N722" s="230">
+        <v>100</v>
+      </c>
+      <c r="O722" s="230">
         <v>58.049624927870745</v>
       </c>
-      <c r="P722" s="225">
-[...3 lines deleted...]
-    <row r="723" spans="1:16" ht="15.75" collapsed="1" thickTop="1"/>
+      <c r="P722" s="230">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="723" spans="1:16" customFormat="1" ht="15.75" collapsed="1" thickTop="1">
+      <c r="B723" s="3"/>
+      <c r="C723" s="4"/>
+      <c r="D723" s="158"/>
+      <c r="E723" s="228"/>
+      <c r="F723" s="2"/>
+    </row>
   </sheetData>
   <conditionalFormatting sqref="A7:C7">
-    <cfRule type="cellIs" dxfId="57" priority="16" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="15" operator="equal">
       <formula>"!"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="56" priority="17" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="16" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="55" priority="18" operator="equal">
+    <cfRule type="cellIs" dxfId="54" priority="17" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="54" priority="19" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="18" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="53" priority="20" operator="equal">
+    <cfRule type="cellIs" dxfId="52" priority="19" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="52" priority="21" operator="equal">
+    <cfRule type="cellIs" dxfId="51" priority="20" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A203:C203">
-    <cfRule type="cellIs" dxfId="51" priority="9" operator="equal">
+    <cfRule type="cellIs" dxfId="50" priority="8" operator="equal">
       <formula>"!"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="50" priority="10" operator="equal">
+    <cfRule type="cellIs" dxfId="49" priority="9" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="49" priority="11" operator="equal">
+    <cfRule type="cellIs" dxfId="48" priority="10" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="48" priority="12" operator="equal">
+    <cfRule type="cellIs" dxfId="47" priority="11" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="47" priority="13" operator="equal">
+    <cfRule type="cellIs" dxfId="46" priority="12" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="46" priority="14" operator="equal">
+    <cfRule type="cellIs" dxfId="45" priority="13" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A201:D201">
-    <cfRule type="cellIs" dxfId="45" priority="38" operator="equal">
+    <cfRule type="cellIs" dxfId="44" priority="37" operator="equal">
       <formula>"!"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="44" priority="39" operator="equal">
+    <cfRule type="cellIs" dxfId="43" priority="38" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="43" priority="40" operator="equal">
+    <cfRule type="cellIs" dxfId="42" priority="39" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="42" priority="41" operator="equal">
+    <cfRule type="cellIs" dxfId="41" priority="40" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="41" priority="42" operator="equal">
+    <cfRule type="cellIs" dxfId="40" priority="41" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="40" priority="43" operator="equal">
+    <cfRule type="cellIs" dxfId="39" priority="42" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A374:D374">
-    <cfRule type="cellIs" dxfId="39" priority="3" operator="equal">
+    <cfRule type="cellIs" dxfId="38" priority="2" operator="equal">
       <formula>"!"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="38" priority="4" operator="equal">
+    <cfRule type="cellIs" dxfId="37" priority="3" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="37" priority="5" operator="equal">
+    <cfRule type="cellIs" dxfId="36" priority="4" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="36" priority="6" operator="equal">
+    <cfRule type="cellIs" dxfId="35" priority="5" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="35" priority="7" operator="equal">
+    <cfRule type="cellIs" dxfId="34" priority="6" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="34" priority="8" operator="equal">
+    <cfRule type="cellIs" dxfId="33" priority="7" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A1:D6 D7 A8:D200 A202:D202 D203 A204:D373 D660:P660 E1:XFD374 A375:XFD657 D658:XFD659 D661:XFD722">
-    <cfRule type="cellIs" dxfId="33" priority="51" operator="equal">
+  <conditionalFormatting sqref="A1:D6 D7 A8:D200 A202:D202 D203 A204:D373 A723:P723 E1:P374 Q1:XFD723 A375:P657 D658:P722">
+    <cfRule type="cellIs" dxfId="32" priority="50" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="32" priority="53" operator="equal">
+    <cfRule type="cellIs" dxfId="31" priority="52" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="31" priority="54" operator="equal">
+    <cfRule type="cellIs" dxfId="30" priority="53" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="30" priority="55" operator="equal">
+    <cfRule type="cellIs" dxfId="29" priority="54" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="29" priority="56" operator="equal">
+    <cfRule type="cellIs" dxfId="28" priority="55" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A658:B722 U660:XFD660 A1:D6 D7 A8:D200 A202:D202 D203 A204:D373 D660:P660 E1:XFD374 A375:XFD657 D658:XFD659 D661:XFD722">
-    <cfRule type="cellIs" dxfId="28" priority="45" operator="equal">
+  <conditionalFormatting sqref="A658:B722 A1:D6 D7 A8:D200 A202:D202 D203 A204:D373 D659:P722 A723:P723 Q659:XFD723 E1:XFD374 A375:XFD657 D658:XFD658">
+    <cfRule type="cellIs" dxfId="27" priority="44" operator="equal">
       <formula>"!"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A658:B722 U660:XFD660">
-    <cfRule type="cellIs" dxfId="27" priority="46" operator="equal">
+  <conditionalFormatting sqref="A658:B722">
+    <cfRule type="cellIs" dxfId="26" priority="45" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="26" priority="47" operator="equal">
+    <cfRule type="cellIs" dxfId="25" priority="46" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="25" priority="48" operator="equal">
+    <cfRule type="cellIs" dxfId="24" priority="47" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="24" priority="49" operator="equal">
+    <cfRule type="cellIs" dxfId="23" priority="48" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="23" priority="50" operator="equal">
+    <cfRule type="cellIs" dxfId="22" priority="49" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C1:C672">
-    <cfRule type="cellIs" dxfId="22" priority="2" operator="equal">
+    <cfRule type="cellIs" dxfId="21" priority="1" operator="equal">
       <formula>"irrelevant"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C4 C6 C8:C9 C12 C15:C16 C19 C22:C23 C26 C29:C31 C34 C37:C38 C41 C44:C45 C48 C51 C54 C57 C60:C61 C64 C67:C68 C71 C73:C75 C78 C81 C84:C85 C88 C91 C94:C95 C98 C101 C104:C105 C108 C111 C114:C115 C118 C121 C124:C126 C129 C132 C135:C137 C140 C143:C144 C147 C150 C153:C154 C157 C160 C163:C164 C167 C170 C173:C174 C177 C180 C183:C184 C187 C190:C191 C194 C197 C200 C205:C206 C209:C211 C214 C217 C220 C223 C225:C226 C229 C232:C233 C236 C239 C241:C243 C246 C249:C250 C253 C256:C257 C260 C263:C264 C267 C270:C271 C274 C277:C278 C281 C284:C286 C289 C292:C293 C296 C299:C300 C303 C306:C307 C310 C313:C314 C317 C320:C321 C324 C327:C329 C332 C335 C338 C340:C341 C344:C345 C348 C351:C353 C356 C359 C361:C363 C366 C369 C372:C373 C376 C379:C382 C385 C388:C389 C392 C395:C396 C399 C402:C403 C406 C409:C410 C413 C416:C417 C420 C423:C424 C427 C430 C433 C436 C439 C442 C444:C446 C449 C452 C455:C456 C459 C462 C465:C466 C469 C472 C475:C476 C479 C482 C485 C488 C490:C492 C495 C498 C501 C504:C506 C509 C512 C515 C520 C522:C523 C526 C529:C530 C533 C536 C539 C541:C543 C546 C549 C552 C555 C557 C560 C563 C565 C568 C571 C574 C576:C577 C580 C583:C584 C587 C590 C593 C595 C598 C601 C604 C607 C610 C613 C616 C618:C619 C622 C625:C626 C630:C631 C634 C637 C639:C640 C643:C644 C647 C650 C653">
-    <cfRule type="cellIs" dxfId="21" priority="58" operator="equal">
+    <cfRule type="cellIs" dxfId="20" priority="57" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C7">
-    <cfRule type="cellIs" dxfId="20" priority="22" operator="equal">
+    <cfRule type="cellIs" dxfId="19" priority="21" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C27 C32">
-    <cfRule type="cellIs" dxfId="19" priority="57" operator="equal">
+    <cfRule type="cellIs" dxfId="18" priority="56" operator="equal">
       <formula>"irrelevant"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C203">
-    <cfRule type="cellIs" dxfId="18" priority="15" operator="equal">
+    <cfRule type="cellIs" dxfId="17" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C658:C672">
-    <cfRule type="cellIs" dxfId="17" priority="23" operator="equal">
+    <cfRule type="cellIs" dxfId="16" priority="22" operator="equal">
       <formula>"!"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="16" priority="24" operator="equal">
+    <cfRule type="cellIs" dxfId="15" priority="23" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="15" priority="25" operator="equal">
+    <cfRule type="cellIs" dxfId="14" priority="24" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="14" priority="26" operator="equal">
+    <cfRule type="cellIs" dxfId="13" priority="25" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="13" priority="27" operator="equal">
+    <cfRule type="cellIs" dxfId="12" priority="26" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="12" priority="28" operator="equal">
+    <cfRule type="cellIs" dxfId="11" priority="27" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C672">
-    <cfRule type="cellIs" dxfId="11" priority="29" operator="equal">
+    <cfRule type="cellIs" dxfId="10" priority="28" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C674 C677 C680:C681 C684 C687:C688 C691 C694:C695 C698 C701 C703 C706 C709 C712 C714 C717 C720 C658 C660 C663 C666 C669">
-    <cfRule type="cellIs" dxfId="10" priority="37" operator="equal">
+    <cfRule type="cellIs" dxfId="9" priority="36" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C674:C722">
-    <cfRule type="cellIs" dxfId="9" priority="31" operator="equal">
+    <cfRule type="cellIs" dxfId="8" priority="30" operator="equal">
       <formula>"!"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="8" priority="32" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="31" operator="equal">
       <formula>"++"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="7" priority="33" operator="equal">
+    <cfRule type="cellIs" dxfId="6" priority="32" operator="equal">
       <formula>"+"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="34" operator="equal">
+    <cfRule type="cellIs" dxfId="5" priority="33" operator="equal">
       <formula>"o"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="5" priority="35" operator="equal">
+    <cfRule type="cellIs" dxfId="4" priority="34" operator="equal">
       <formula>"-"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="4" priority="36" operator="equal">
+    <cfRule type="cellIs" dxfId="3" priority="35" operator="equal">
       <formula>"--"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C674:C722">
-    <cfRule type="cellIs" dxfId="3" priority="30" operator="equal">
+  <conditionalFormatting sqref="C674:C723">
+    <cfRule type="cellIs" dxfId="2" priority="29" operator="equal">
       <formula>"irrelevant"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D1">
-    <cfRule type="cellIs" dxfId="2" priority="52" operator="equal">
+    <cfRule type="cellIs" dxfId="1" priority="51" operator="equal">
       <formula>"irrelevant"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E2:P722">
-    <cfRule type="expression" dxfId="1" priority="44">
+    <cfRule type="expression" dxfId="0" priority="43">
       <formula>AND(E$3="",E$2="")</formula>
-    </cfRule>
-[...3 lines deleted...]
-      <formula>AND(Q$3="",Q$2="")</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="abe8968d-c8c8-420d-a143-cb2ce8408494">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="196db7af-30b6-4388-815f-af9ee0b1e0d3" xsi:nil="true"/>
     <Pfadl_x00e4_nge xmlns="abe8968d-c8c8-420d-a143-cb2ce8408494">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Pfadl_x00e4_nge>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="abe8968d-c8c8-420d-a143-cb2ce8408494" xmlns:ns3="196db7af-30b6-4388-815f-af9ee0b1e0d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="21a8cff3f450c89bce6270052fb9e615" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010018F2DC0132089A4EA4F49055F95F3FC2" ma:contentTypeVersion="22" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="847f838a00d9a6a70c5edb9af4d43e33">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="abe8968d-c8c8-420d-a143-cb2ce8408494" xmlns:ns3="196db7af-30b6-4388-815f-af9ee0b1e0d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="77f26e8e6d6f00abd7ca369151cb3fb4" ns2:_="" ns3:_="">
     <xsd:import namespace="abe8968d-c8c8-420d-a143-cb2ce8408494"/>
     <xsd:import namespace="196db7af-30b6-4388-815f-af9ee0b1e0d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -40169,90 +40062,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F0FDE51-2538-4CAF-AF2F-8BAF723C6217}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="196db7af-30b6-4388-815f-af9ee0b1e0d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="abe8968d-c8c8-420d-a143-cb2ce8408494"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95022FD9-CBA3-4A3F-9DE0-A61EE63F23B4}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE3B1357-D9A3-4902-ADB5-2E5E26855FFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="abe8968d-c8c8-420d-a143-cb2ce8408494"/>
     <ds:schemaRef ds:uri="196db7af-30b6-4388-815f-af9ee0b1e0d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94321995-D6AA-4E34-9D78-D609A20EB386}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabelle1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
@@ -40268,27 +40170,51 @@
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nutzwertanalyse</dc:title>
   <dc:subject/>
   <dc:creator>TM</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010018F2DC0132089A4EA4F49055F95F3FC2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_SetDate">
+    <vt:lpwstr>2026-01-07T09:06:49Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_Name">
+    <vt:lpwstr>DB Intern</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_SiteId">
+    <vt:lpwstr>a1a72d9c-49e6-4f6d-9af6-5aafa1183bfd</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_ActionId">
+    <vt:lpwstr>ad55cd09-79f7-4d42-b4ba-3f726c585378</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_3dac9f92-1d4e-4aae-b975-a9900684008d_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>